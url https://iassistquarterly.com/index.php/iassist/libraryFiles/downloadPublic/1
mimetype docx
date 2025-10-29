--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -5107,80 +5107,148 @@
       <w:r w:rsidR="00B01BE1">
         <w:t xml:space="preserve">, but rather use the link in the editor’s email to </w:t>
       </w:r>
       <w:r w:rsidR="00944314">
         <w:t>upload revisions</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>. If you have</w:t>
       </w:r>
       <w:r w:rsidR="00B01BE1">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> problem in uploading please contact </w:t>
       </w:r>
       <w:r w:rsidR="001A751B" w:rsidRPr="00B22759">
         <w:t>the editor</w:t>
       </w:r>
       <w:r w:rsidR="00664899">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001A751B" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3488D8AC" w14:textId="121B3391" w:rsidR="00944314" w:rsidRPr="00B22759" w:rsidRDefault="00944314" w:rsidP="00B22759">
+    <w:p w14:paraId="7B3A44AC" w14:textId="77777777" w:rsidR="00A464FB" w:rsidRDefault="00944314" w:rsidP="00B22759">
       <w:r>
         <w:t xml:space="preserve">When getting ready to upload your revised file, </w:t>
       </w:r>
       <w:r w:rsidRPr="00096195">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">please rename it in this </w:t>
       </w:r>
       <w:r w:rsidR="00096195" w:rsidRPr="00096195">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>format</w:t>
       </w:r>
       <w:r w:rsidR="00096195">
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="009F03B0">
         <w:t>change -v1 at the end of the filename to</w:t>
       </w:r>
       <w:r w:rsidR="00096195">
         <w:t xml:space="preserve"> -Rev.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3488D8AC" w14:textId="008EA41B" w:rsidR="00944314" w:rsidRPr="00B22759" w:rsidRDefault="00A464FB" w:rsidP="00B22759">
+      <w:r w:rsidRPr="00A464FB">
+        <w:t xml:space="preserve">To upload your revised manuscript, log into your account (aka “dashboard”) on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>IASSIST Quarterly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:t> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>IQ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:t>) website.  In the My Queue tab, click View to the right of the relevant submission.  Navigate to the “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:t xml:space="preserve">” tab (within the default </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Workflow </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:t>tab). Scroll down to the “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Revisions”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:t> panel and click the “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Upload File”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A464FB">
+        <w:t> to upload your revised file. Please make sure to include “-Rev” at the end of the filename to indicate the Journal’s editorial team that this is your revision.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E7EB9CB" w14:textId="2022D935" w:rsidR="000A7106" w:rsidRPr="00B22759" w:rsidRDefault="00A67AF7" w:rsidP="00B22759">
       <w:r w:rsidRPr="00B22759">
         <w:t>Review notes may also include suggestions for changes to the language</w:t>
       </w:r>
       <w:r w:rsidR="00471399" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> as a service to </w:t>
       </w:r>
       <w:r w:rsidR="000A49E6">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>especially</w:t>
       </w:r>
       <w:r w:rsidR="000A49E6">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> non-native English </w:t>
       </w:r>
       <w:r w:rsidR="00190112" w:rsidRPr="00B22759">
         <w:t>writers</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
@@ -5444,51 +5512,58 @@
         </w:rPr>
         <w:t xml:space="preserve">might include </w:t>
       </w:r>
       <w:r w:rsidR="00F66CD2">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>broken</w:t>
       </w:r>
       <w:r w:rsidR="004F5870">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D61AB">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>hyperlinks, unlinked DOIs</w:t>
       </w:r>
       <w:r w:rsidR="00F66CD2">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
-        <w:t>, misspelled author names, incomplete citations, etc.)</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66CD2">
+        <w:rPr>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>misspelled author names, incomplete citations, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="0089681A">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve">  There are too many citation managers for us to provide directions here, but </w:t>
       </w:r>
       <w:r w:rsidR="00875891">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve">you may Google ”unlink references” together with the name of the software you are using </w:t>
       </w:r>
       <w:r w:rsidR="00B66FC8">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>to fin</w:t>
       </w:r>
       <w:r w:rsidR="00C66D61">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>d the proper procedure</w:t>
       </w:r>
@@ -5516,51 +5591,50 @@
         </w:rPr>
         <w:t>If your paper is based on a dataset, don’t forget to</w:t>
       </w:r>
       <w:r w:rsidR="005A7CC0" w:rsidRPr="001862A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve"> include a citation for the data source in the Reference list</w:t>
       </w:r>
       <w:r w:rsidRPr="001862A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210E90A1" w14:textId="73142560" w:rsidR="00EE0D0E" w:rsidRDefault="00EE0D0E" w:rsidP="007222B4">
       <w:pPr>
         <w:pStyle w:val="Reference"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE0D0E">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bosak, Jon (1997) ‘XML, Java, and the future of the Web’, (Available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00FF65FE" w:rsidRPr="00527682">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.xml.com/pub/a/w3j/s3.bosak.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE0D0E">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CF3F03" w14:textId="77777777" w:rsidR="009B2B83" w:rsidRDefault="003A76B2" w:rsidP="00F20AC0">
       <w:pPr>
         <w:pStyle w:val="Reference"/>
       </w:pPr>
       <w:r w:rsidRPr="003A76B2">
         <w:t>Frankfurt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003A76B2">
@@ -5610,61 +5684,61 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00052B6D" w:rsidRPr="00052B6D" w:rsidSect="003F2E2F">
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E76C52D" w14:textId="77777777" w:rsidR="00151DAF" w:rsidRDefault="00151DAF" w:rsidP="00855C56">
+    <w:p w14:paraId="52473E03" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E8DF274" w14:textId="77777777" w:rsidR="00151DAF" w:rsidRDefault="00151DAF" w:rsidP="00855C56">
+    <w:p w14:paraId="5E503721" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="59AFC42C" w14:textId="0061946B" w:rsidR="0071299F" w:rsidRDefault="00AD7865" w:rsidP="002F5BD6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0071299F">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -6372,61 +6446,61 @@
         <w:t>https://doi.org/do.be/doo</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="000A38C4" w:rsidRPr="00663BC6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0F5CA96D" w14:textId="77777777" w:rsidR="00E44B34" w:rsidRPr="00663BC6" w:rsidRDefault="00E44B34">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A387580" w14:textId="77777777" w:rsidR="00151DAF" w:rsidRDefault="00151DAF" w:rsidP="00855C56">
+    <w:p w14:paraId="1E40918C" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18900A09" w14:textId="77777777" w:rsidR="00151DAF" w:rsidRDefault="00151DAF" w:rsidP="00855C56">
+    <w:p w14:paraId="1172BDB6" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06D96ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8BCA7A0"/>
     <w:lvl w:ilvl="0" w:tplc="0406000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7143,51 +7217,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="9111354">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="864640244">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1447389256">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="53507371">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32511004">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="234510861">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -7297,50 +7371,51 @@
     <w:rsid w:val="00384EA0"/>
     <w:rsid w:val="003863EE"/>
     <w:rsid w:val="00390520"/>
     <w:rsid w:val="00390C61"/>
     <w:rsid w:val="00397BAC"/>
     <w:rsid w:val="003A76B2"/>
     <w:rsid w:val="003D11B0"/>
     <w:rsid w:val="003D3E18"/>
     <w:rsid w:val="003E09D6"/>
     <w:rsid w:val="003F2E2F"/>
     <w:rsid w:val="003F3260"/>
     <w:rsid w:val="00400B62"/>
     <w:rsid w:val="00405ACC"/>
     <w:rsid w:val="004212C6"/>
     <w:rsid w:val="0042162F"/>
     <w:rsid w:val="00422136"/>
     <w:rsid w:val="00436712"/>
     <w:rsid w:val="004438BE"/>
     <w:rsid w:val="004456F1"/>
     <w:rsid w:val="00445899"/>
     <w:rsid w:val="0045025C"/>
     <w:rsid w:val="004517C2"/>
     <w:rsid w:val="004555B7"/>
     <w:rsid w:val="00456FDF"/>
     <w:rsid w:val="0046711D"/>
+    <w:rsid w:val="004674D7"/>
     <w:rsid w:val="00471399"/>
     <w:rsid w:val="004744B5"/>
     <w:rsid w:val="00474939"/>
     <w:rsid w:val="00476F33"/>
     <w:rsid w:val="0048023A"/>
     <w:rsid w:val="0049026E"/>
     <w:rsid w:val="00493C4F"/>
     <w:rsid w:val="0049547A"/>
     <w:rsid w:val="004A1DB3"/>
     <w:rsid w:val="004B404F"/>
     <w:rsid w:val="004D2668"/>
     <w:rsid w:val="004D44FA"/>
     <w:rsid w:val="004D4860"/>
     <w:rsid w:val="004E3BDB"/>
     <w:rsid w:val="004F441C"/>
     <w:rsid w:val="004F5870"/>
     <w:rsid w:val="004F70C1"/>
     <w:rsid w:val="00500957"/>
     <w:rsid w:val="00502288"/>
     <w:rsid w:val="005204CD"/>
     <w:rsid w:val="005230B1"/>
     <w:rsid w:val="00524164"/>
     <w:rsid w:val="005323F4"/>
     <w:rsid w:val="00537A8F"/>
     <w:rsid w:val="0054022C"/>
@@ -7487,50 +7562,51 @@
     <w:rsid w:val="00982878"/>
     <w:rsid w:val="009840EC"/>
     <w:rsid w:val="00984FCE"/>
     <w:rsid w:val="0099074B"/>
     <w:rsid w:val="00990BFD"/>
     <w:rsid w:val="009A4B9B"/>
     <w:rsid w:val="009B2B83"/>
     <w:rsid w:val="009B798F"/>
     <w:rsid w:val="009C33DF"/>
     <w:rsid w:val="009D1612"/>
     <w:rsid w:val="009E100F"/>
     <w:rsid w:val="009E1410"/>
     <w:rsid w:val="009E3C86"/>
     <w:rsid w:val="009E4E7A"/>
     <w:rsid w:val="009F03B0"/>
     <w:rsid w:val="009F0CA7"/>
     <w:rsid w:val="009F10CE"/>
     <w:rsid w:val="009F2053"/>
     <w:rsid w:val="00A00E5B"/>
     <w:rsid w:val="00A14262"/>
     <w:rsid w:val="00A15961"/>
     <w:rsid w:val="00A24BEC"/>
     <w:rsid w:val="00A33EF0"/>
     <w:rsid w:val="00A367D7"/>
     <w:rsid w:val="00A43EAF"/>
+    <w:rsid w:val="00A464FB"/>
     <w:rsid w:val="00A637FF"/>
     <w:rsid w:val="00A659F6"/>
     <w:rsid w:val="00A67AF7"/>
     <w:rsid w:val="00A7254A"/>
     <w:rsid w:val="00A752CA"/>
     <w:rsid w:val="00A75FAD"/>
     <w:rsid w:val="00A80FB7"/>
     <w:rsid w:val="00A82E5C"/>
     <w:rsid w:val="00AA5667"/>
     <w:rsid w:val="00AB7F99"/>
     <w:rsid w:val="00AD06BD"/>
     <w:rsid w:val="00AD2FFA"/>
     <w:rsid w:val="00AD35A4"/>
     <w:rsid w:val="00AD38DD"/>
     <w:rsid w:val="00AD7865"/>
     <w:rsid w:val="00AE4D4F"/>
     <w:rsid w:val="00AE5053"/>
     <w:rsid w:val="00AE65C1"/>
     <w:rsid w:val="00AF1C1F"/>
     <w:rsid w:val="00AF42B0"/>
     <w:rsid w:val="00B01BE1"/>
     <w:rsid w:val="00B02264"/>
     <w:rsid w:val="00B04EB7"/>
     <w:rsid w:val="00B05B8B"/>
     <w:rsid w:val="00B0764C"/>
@@ -7543,50 +7619,51 @@
     <w:rsid w:val="00B620EF"/>
     <w:rsid w:val="00B62D1D"/>
     <w:rsid w:val="00B66FC8"/>
     <w:rsid w:val="00B82E74"/>
     <w:rsid w:val="00B90401"/>
     <w:rsid w:val="00B97B4D"/>
     <w:rsid w:val="00BA41D8"/>
     <w:rsid w:val="00BA6DA5"/>
     <w:rsid w:val="00BB201D"/>
     <w:rsid w:val="00BB3E99"/>
     <w:rsid w:val="00BC0754"/>
     <w:rsid w:val="00BC0E8D"/>
     <w:rsid w:val="00BD1206"/>
     <w:rsid w:val="00BD73CD"/>
     <w:rsid w:val="00BD7E74"/>
     <w:rsid w:val="00BE1F4C"/>
     <w:rsid w:val="00BE4C7F"/>
     <w:rsid w:val="00C00B5D"/>
     <w:rsid w:val="00C00EF1"/>
     <w:rsid w:val="00C032E5"/>
     <w:rsid w:val="00C21D8B"/>
     <w:rsid w:val="00C22854"/>
     <w:rsid w:val="00C26092"/>
     <w:rsid w:val="00C3326F"/>
     <w:rsid w:val="00C42EA0"/>
+    <w:rsid w:val="00C553A9"/>
     <w:rsid w:val="00C55600"/>
     <w:rsid w:val="00C60E69"/>
     <w:rsid w:val="00C66D61"/>
     <w:rsid w:val="00C70E6F"/>
     <w:rsid w:val="00C7696F"/>
     <w:rsid w:val="00C813F5"/>
     <w:rsid w:val="00C8585A"/>
     <w:rsid w:val="00C85BE0"/>
     <w:rsid w:val="00C92B9B"/>
     <w:rsid w:val="00C94A85"/>
     <w:rsid w:val="00CC024B"/>
     <w:rsid w:val="00CC6D99"/>
     <w:rsid w:val="00CD226B"/>
     <w:rsid w:val="00CE1AF7"/>
     <w:rsid w:val="00CE240F"/>
     <w:rsid w:val="00CE37F5"/>
     <w:rsid w:val="00CE57C9"/>
     <w:rsid w:val="00CE7FDC"/>
     <w:rsid w:val="00CF59F0"/>
     <w:rsid w:val="00CF6177"/>
     <w:rsid w:val="00D01B6C"/>
     <w:rsid w:val="00D04364"/>
     <w:rsid w:val="00D0469B"/>
     <w:rsid w:val="00D11275"/>
     <w:rsid w:val="00D36275"/>
@@ -8734,50 +8811,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000495138423DB5E4A865EB5CC64CECA3E" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3391d86171018bd74a1e1f78cf330669">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="73b32362-1278-4af1-9d93-8e814056b109" xmlns:ns4="3df647c9-4739-45e3-b751-835e4943c7bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e2d8bdea04c4ef722ee188f0f69d1655" ns3:_="" ns4:_="">
     <xsd:import namespace="73b32362-1278-4af1-9d93-8e814056b109"/>
     <xsd:import namespace="3df647c9-4739-45e3-b751-835e4943c7bc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
@@ -8986,146 +9067,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="3df647c9-4739-45e3-b751-835e4943c7bc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F31B10-0730-CB40-9A9D-6D81C765EEC9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DDBCD19-05A6-4DF9-AD19-BD8447138D0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="73b32362-1278-4af1-9d93-8e814056b109"/>
     <ds:schemaRef ds:uri="3df647c9-4739-45e3-b751-835e4943c7bc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F31B10-0730-CB40-9A9D-6D81C765EEC9}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BB54FD8-622C-441A-B86D-47F30C024675}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08EA384C-4AB8-475D-8A7C-CD01EDEFF0E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3df647c9-4739-45e3-b751-835e4943c7bc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2710</Words>
-  <Characters>15449</Characters>
+  <Words>2781</Words>
+  <Characters>15858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Instructions for authors of the IASSIST Quarterly</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Syddansk Universitet - Samfundsvidenskab</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18123</CharactersWithSpaces>
+  <CharactersWithSpaces>18602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Instructions for authors of the IASSIST Quarterly</dc:title>
   <dc:creator>Karsten Boye Rasmussen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000495138423DB5E4A865EB5CC64CECA3E</vt:lpwstr>
   </property>
 </Properties>