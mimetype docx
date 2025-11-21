--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -184,368 +184,416 @@
           <w:rStyle w:val="EndnoteReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:endnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00A67AF7" w:rsidRPr="0071288C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and Michele Hayslett</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EndnoteReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:endnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500E6769" w14:textId="7DBBFA8D" w:rsidR="00654E92" w:rsidRDefault="00654E92" w:rsidP="00654E92">
+    <w:p w14:paraId="4BEEF995" w14:textId="4ED74809" w:rsidR="00C75264" w:rsidRDefault="00F016A5" w:rsidP="00654E92">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please read the full template document before you begin pasting over its text.  This file contains much information about </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00F48">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">our publication process.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00482E39">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In fact, you may wish to save a copy of the file </w:t>
+      </w:r>
+      <w:r w:rsidR="0026002F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to edit and preserve the original for later reference.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A2BA40" w14:textId="583C07EA" w:rsidR="005B7295" w:rsidRPr="00F016A5" w:rsidRDefault="00E34280" w:rsidP="00654E92">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This template was l</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7295">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ast edited November 14, 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500E6769" w14:textId="3A08847C" w:rsidR="00654E92" w:rsidRDefault="00654E92" w:rsidP="00654E92">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00654E92">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(For </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D2668">
+        <w:t xml:space="preserve">Please note that </w:t>
+      </w:r>
+      <w:r w:rsidR="00196DFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">the rest of this document, notes that appear in italics like this are for information purposes and may be deleted—they are not part of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA41D8">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654E92">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">template.)  </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> title must be in sentence case</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00654E92">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please note that </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00196DFD">
+        <w:t>:  only</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00654E92">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>your</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00654E92">
+        <w:t xml:space="preserve"> the first word is capitalized (other than proper nouns and acronyms).  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> title must be in sentence case</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00654E92">
+        <w:t>A s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:  only</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00654E92">
+        <w:t xml:space="preserve">ubtitle </w:t>
+      </w:r>
+      <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the first word is capitalized (other than proper nouns and acronyms).  </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F165B9">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>A s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA41D8">
+        <w:t xml:space="preserve">fine but </w:t>
+      </w:r>
+      <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ubtitle </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F165B9">
+        <w:t xml:space="preserve">when uploading your manuscript in our system, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">please enter </w:t>
+      </w:r>
       <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>it</w:t>
       </w:r>
       <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">fine but </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F165B9">
+        <w:t xml:space="preserve"> in the same </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4754A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">when uploading your manuscript in our system, </w:t>
+        <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">please enter </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F165B9">
+        <w:t xml:space="preserve">itle field with the </w:t>
+      </w:r>
+      <w:r w:rsidR="004822A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>it</w:t>
+        <w:t xml:space="preserve">main </w:t>
       </w:r>
       <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the same </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4754A">
+        <w:t>title</w:t>
+      </w:r>
+      <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA41D8">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005204CD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>itle field with the title</w:t>
+        <w:t xml:space="preserve"> separated by a colon (:)</w:t>
       </w:r>
       <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005204CD">
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="004438BE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> separated by a colon (:)</w:t>
+        <w:t xml:space="preserve">shown </w:t>
       </w:r>
       <w:r w:rsidR="00F165B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004438BE">
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4754A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">shown </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F165B9">
+        <w:t xml:space="preserve">—if entered in the </w:t>
+      </w:r>
+      <w:r w:rsidR="005204CD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>above</w:t>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D4754A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">—if entered in the </w:t>
+        <w:t xml:space="preserve">ubtitle </w:t>
       </w:r>
       <w:r w:rsidR="005204CD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4754A">
+        <w:t xml:space="preserve">field, </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5D19">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ubtitle </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005204CD">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4754A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">field, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B5D19">
+        <w:t xml:space="preserve"> won’t appear on the published article’s landing page</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA41D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>it</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4754A">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654E92">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> won’t appear on the published article’s landing page</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA41D8">
+        <w:t xml:space="preserve">Please also </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75FAD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00654E92">
+        <w:t>note that the author’s name, first and last</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5D19">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please also </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A75FAD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>note that the author’s name, first and last</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> should use initial capital letters only.  </w:t>
+      </w:r>
+      <w:r w:rsidR="0055386C" w:rsidRPr="00E339CB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A75FAD">
+        <w:t>Please do not</w:t>
+      </w:r>
+      <w:r w:rsidR="0055386C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should use initial capital letters only.  Neither </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00422136">
+        <w:t xml:space="preserve"> enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75FAD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">title nor name should be entered </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00422136">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>in</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all capital letters.</w:t>
+        <w:t>title or name in all capital letters.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43014248" w14:textId="6D3634FE" w:rsidR="00A67AF7" w:rsidRPr="00390520" w:rsidRDefault="00A67AF7" w:rsidP="00A67AF7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="225896F4" w14:textId="3AED5DB3" w:rsidR="00A67AF7" w:rsidRPr="0071288C" w:rsidRDefault="00A67AF7" w:rsidP="00563F1D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071288C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Abstract </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3037B5E3" w14:textId="2A9AF754" w:rsidR="0097503B" w:rsidRDefault="00A67AF7" w:rsidP="00717837">
       <w:pPr>
@@ -1012,51 +1060,58 @@
       <w:r w:rsidR="00FC4912">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tooltip="IQ website" w:history="1">
         <w:r w:rsidR="00843E83">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://iassistquarterly.com/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000737A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0097503B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which is an Open Journal System supported by the University of Alberta</w:t>
+        <w:t xml:space="preserve"> which is an Open Journal System supported by the University of </w:t>
+      </w:r>
+      <w:r w:rsidR="0097503B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Alberta</w:t>
       </w:r>
       <w:r w:rsidR="000737A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. If you have not registered </w:t>
       </w:r>
       <w:r w:rsidR="0097503B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">on the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0097503B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>website</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0097503B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1116,51 +1171,50 @@
       </w:r>
       <w:r w:rsidR="00DF651F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>—just click the Order button after adding your co-authors</w:t>
       </w:r>
       <w:r w:rsidR="00C42EA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A32ECE0" w14:textId="34C8F89C" w:rsidR="00A67AF7" w:rsidRDefault="00FC4912" w:rsidP="00717837">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Submitted papers are expected in </w:t>
       </w:r>
       <w:r w:rsidR="00BD7E74" w:rsidRPr="00BD7E74">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Microsoft Word document file format</w:t>
       </w:r>
       <w:r w:rsidR="0048023A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04EB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> We ask that you follow APA style</w:t>
@@ -1673,69 +1727,66 @@
     <w:p w14:paraId="29B4FE6A" w14:textId="23CD9430" w:rsidR="001862A7" w:rsidRDefault="001862A7" w:rsidP="00563F1D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DCFD6B" w14:textId="3F6F4C6F" w:rsidR="001862A7" w:rsidRDefault="001862A7" w:rsidP="001862A7">
       <w:r w:rsidRPr="001862A7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>IASSIST Quarterly</w:t>
       </w:r>
       <w:r w:rsidRPr="001862A7">
         <w:t xml:space="preserve"> strongly encourages authors to deposit datasets used in their research in data repositories to enable interlinking of articles and data and support FAIR data principles. Data could be deposited in</w:t>
       </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://zenodo.org/"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidRPr="001862A7">
-        <w:fldChar w:fldCharType="begin"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001862A7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zenodo</w:t>
       </w:r>
-      <w:r w:rsidRPr="001862A7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001862A7">
         <w:t>,</w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="001862A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> OpenICPSR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001862A7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008C1BB4">
         <w:t xml:space="preserve">the author’s institutional repository, or </w:t>
       </w:r>
       <w:r w:rsidRPr="001862A7">
         <w:t xml:space="preserve">another </w:t>
       </w:r>
       <w:r w:rsidR="008C1BB4">
         <w:t xml:space="preserve">open </w:t>
       </w:r>
@@ -1807,147 +1858,168 @@
       <w:r w:rsidR="00066053">
         <w:t xml:space="preserve">  If the author(s) has/have deposited their data with a repository, no Data section is needed</w:t>
       </w:r>
       <w:r w:rsidR="00493C4F">
         <w:t>; the researchers should simply cite them in the References.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F449D50" w14:textId="77777777" w:rsidR="00C7696F" w:rsidRPr="001862A7" w:rsidRDefault="00C7696F" w:rsidP="001862A7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AB5558D" w14:textId="6789BA17" w:rsidR="00A67AF7" w:rsidRPr="0071288C" w:rsidRDefault="00A67AF7" w:rsidP="00563F1D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071288C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The numbered list </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299FE8CD" w14:textId="174D9CDE" w:rsidR="00A67AF7" w:rsidRDefault="00167AEE" w:rsidP="00A67AF7">
+    <w:p w14:paraId="299FE8CD" w14:textId="565FBA0F" w:rsidR="00A67AF7" w:rsidRDefault="00167AEE" w:rsidP="00A67AF7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00676F14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ollowing the guidelines</w:t>
       </w:r>
       <w:r w:rsidR="0097503B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> shown here </w:t>
       </w:r>
       <w:r w:rsidR="00676F14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>facilitates t</w:t>
       </w:r>
       <w:r w:rsidR="00A67AF7" w:rsidRPr="0071288C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">he processing of your submission. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00595573">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please name your file with the title of the article and </w:t>
+      </w:r>
+      <w:r w:rsidR="00595573">
+        <w:t xml:space="preserve">-v1 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00595573">
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00595573">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E50134">
+        <w:t>end of the name, e.g., The-best-article-Ive-ever-written-v1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75BB0">
+        <w:t>, or TheBestArticleIveEverWritten-v1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50134">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="53F581AA" w14:textId="0061FA08" w:rsidR="0064786C" w:rsidRPr="00897526" w:rsidRDefault="0064786C" w:rsidP="0064786C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Submission at </w:t>
       </w:r>
       <w:r w:rsidRPr="000737A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>https://iassis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tquarterly.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50726DEB" w14:textId="6DE6EB48" w:rsidR="0064786C" w:rsidRDefault="0064786C" w:rsidP="0064786C">
+    <w:p w14:paraId="50726DEB" w14:textId="0AD9538B" w:rsidR="0064786C" w:rsidRDefault="00D75BB0" w:rsidP="0064786C">
       <w:pPr>
         <w:pStyle w:val="Farvetliste-markeringsfarve11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Y</w:t>
-[...11 lines deleted...]
-        <w:t>login at the top right corner at 'Login'</w:t>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="0064786C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ogin at the top right corner at 'Login'</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08541CF8" w14:textId="1F60534A" w:rsidR="0064786C" w:rsidRDefault="0064786C" w:rsidP="0064786C">
       <w:pPr>
         <w:pStyle w:val="Farvetliste-markeringsfarve11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If you </w:t>
       </w:r>
       <w:r w:rsidRPr="0064786C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">have not </w:t>
       </w:r>
@@ -2019,64 +2091,77 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703F7408" w14:textId="1ACF8600" w:rsidR="00384EA0" w:rsidRDefault="00384EA0" w:rsidP="0064786C">
       <w:pPr>
         <w:pStyle w:val="Farvetliste-markeringsfarve11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>From the front page you choose 'A</w:t>
       </w:r>
       <w:r w:rsidR="005E2FAD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>uthors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">' and in the drop-down menu you choose 'Submission'. </w:t>
+        <w:t xml:space="preserve">' and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the drop-down menu you choose 'Submission'. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C42F3DE" w14:textId="5BCCA32B" w:rsidR="00384EA0" w:rsidRPr="00925784" w:rsidRDefault="00384EA0" w:rsidP="0064786C">
       <w:pPr>
         <w:pStyle w:val="Farvetliste-markeringsfarve11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The new page includes a '</w:t>
       </w:r>
       <w:r w:rsidRPr="00384EA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Submission Preparation Checklist</w:t>
       </w:r>
@@ -2492,51 +2577,51 @@
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="lt1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr rtlCol="0" anchor="ctr"/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3B3AD17D" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:399.35pt;margin-top:77.35pt;width:450.55pt;height:116.85pt;z-index:-251657728;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="121920,46020" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAKf2yzNwMAANoHAAAOAAAAZHJzL2Uyb0RvYy54bWycVVtv2yAUfp+0/4D8&#10;3vqWS2M1qaZ2qSZVW9RuP4BgbKNiQECS5t/vALaTNt16eYhjzLl85zvfgcurp5ajLdWGSTGP0vMk&#10;QlQQWTJRz6M/v5dnFxEyFosScynoPNpTE10tvn653KmCZrKRvKQaQRBhip2aR421qohjQxraYnMu&#10;FRWwWUndYgtLXcelxjuI3vI4S5JJvJO6VFoSagx8vQmb0cLHrypK7K+qMtQiPo8Am/VP7Z9r94wX&#10;l7ioNVYNIx0M/AkULWYCkg6hbrDFaKPZSaiWES2NrOw5kW0sq4oR6muAatLkRTW3Wm6Ur6UudrUa&#10;aAJqX/D06bDk5/ZWqwe10sDETtXAhV+5Wp4q3bp/QImePGX7gTL6ZBGBj+Npls5m0wgR2EtHF/l0&#10;lAdSSQPMn/iR5nvnmYIjdBCa4lxHkyRLpt417jPHz/AoRgr4dSTA2wkJb4sFvOxG06gL0r4rRov1&#10;40adQb8UtmzNOLN7rz3ojAMltitGVjosgM+VRqyEirJZNh5PZqMICdyC9MHKJUeHDaDcBXA+IQJ2&#10;Fd5J8miQkNcNFjX9ZhSIGLh1rMbPzf3yWfo1Z2rJOHdtc+9doSD4F4J5hasgxhtJNi0VNkyXphxq&#10;lsI0TJkI6YK2awrF6R+lB4QLYzW1pHEJK0h8D2Ad0KMNj/IAzJVgQG/vVdjbOgHWtLG3VLbIvQA6&#10;AAHNwQXe3pkOTm/SkRgQeGgAyEkfzh/T8wWrE8Y+NGIPDVYUILiwB0mA3GFEJtMcDsWgCUcXdJlT&#10;dLTnJ9H7DXNp/kXZOB2Nkww0BjM0zvMURhHccdHPZz7J8yydhCG7mM3SiT/zhhn7IHe4ENLpy+fg&#10;Au3cCZCOE8+2kZyVvfqMrtfXXKMthpN3uYRB7xMfmQEMLqAjjqbQEf9m95y6Iri4pxUME5wzWcjg&#10;rgU6hMWEgFLTsNXgkoZsgOeQrPfwmvQBXeQg1S52F6C3DEH62EHMnb1n1t8qA7Cu9P85097DZ5bC&#10;Ds4tE1K/VhmHqrrMwb4nKVDjWFrLcg9Hjbb8WobLDQvSSBh1YrV3dlagae/qLxDPQXfZuRvqeO2t&#10;Dlfy4i8AAAD//wMAUEsDBAoAAAAAAAAAIQBs8ns1BlYBAAZWAQAUAAAAZHJzL21lZGlhL2ltYWdl&#10;MS5wbmeJUE5HDQoaCgAAAA1JSERSAAAGIwAAAlEIAgAAAKh7U64AAAABc1JHQgCuzhzpAAD/yklE&#10;QVR4XuydB2AURfvGkxAIhNB774hU6QRUFGmCBVBRERX9QFQsCAoWihSRYgEVEeSPvaFSBQQEBKQ3&#10;gVCk19BCCBBqgPyfy4Rh2bvb29ty9dmP79zszbzzzm9m926fe+fdyKKdFkRwIwESIAESIAESIAES&#10;IAESIAESIAESIAESIAHTBKJMW6ABEiABEiABEiABEiABEiABEiABEiABEiABEnAQoNLEeUACJEAC&#10;JEACJEACJEACJEACJEACJEACJGANASpN1nCkFRIgARIgARIgARIgARIgARIgARIgARIgASpNnAMk&#10;QAIkQAIkQAIkQAIkQAIkQAIkQAIkQALWEKDSZA1HWiEBEiABEiABEiABEiABEiABEiABEiABEqDS&#10;xDlAAiRAAiRAAiRAAiRAAiRAAiRAAiRAAiRgDYHIop0WWGOJVkiABEiABEiABEjAQSA9Ij39+iuJ&#10;kAAJkID3BCIjIyIiI8QrNxIgARIggWAjQKUp2EaM/gYBgch03GLh25EJV3GLhs2MBRONsyoJkAAJ&#10;mCGQHhcT2blpwYqxB8+eOnb29EkztliXBEggDAlkj43Lnbfo/rRS4+adiojECgx+IQrDWcAukwAJ&#10;BDcBvytNNt2Th51Z7WnoSrYIO0Q+g4CGrPpClGEKxoTv3EiABEggGAikpz/VNF/pK6tLV65evFSl&#10;6KzZgsFp+kgCJBBABK6kXU48sHPX1nVXi9z54cyTGWITNxIgARIggWAi4OcLN8LrERVr8rZchNVm&#10;3ItnWgpDs9qTjojE5PDNPDE5n5VDmWGKMlMwXVLpKwmQQETE1Uqx+4qVrVy6fDXKTJwPJEACBgjg&#10;0lG6QrVbazYumL4vIv2aAQusQgIkQAIk4F8CflaabLonD1uzHvUmKVuELSKldmMTBGtPaepM1vKk&#10;NRIgAdsJXLt68czx4qUq2t4QGyABEghpAoWKlz51/EBE+tWQ7iU7RwIkQAKhSSBLXI2nQ6ZnFq5a&#10;UjIJLrPaoxlcfaG3GE0L5bCQOdPZERIggUAmkH7tSv1Ch6rUig9kJ+kbCZBA4BOIypJl55Y1yxML&#10;RUZFB7639JAESMBWAnGRpxvl3da++MrGWedXOj25/NkZ5a6sLJdlR/aoy5ez5L2UHmNr6zRugICf&#10;Y5oMeKxRxaZ78uAyq400uPpCb609QWiNBEiABHxCgLGYPsHMRkggXAjwkhIuI81+koBLAnGRZxtd&#10;+eWRq4PqXv65xNWttxS6XCB3zJnzV04cOZh2dG2zHHP6lZ5Q99x3+bOmEmBAEQipmKaAIktnSIAE&#10;SIAESCAcCVy70rj4iQq31gnHvrPPJEAClhLYvW39CkdMU1ZLrdIYCZBA0BC4q1L6WzX/qhB7OOpq&#10;WmT6teOnLs9bd2LB+qO7j54/fOrSnqPnVm07euhE6p0lkj55LNvu1MJ7UrIHTd9C3dGQimkK9cFi&#10;/0iABEiABEiABEiABEiABEiABEgg9Ak82SB93NPZKpYrXT++yR133xERk2fFttQ9B1NiIiOzREVm&#10;i47KliUay2w37k76fdXxlItZPrr93wfLHgp9LkHSw8iinRYYcHX9p02K5fewGPJI8qU6Ly8zYNym&#10;Kkd+aOZsed2uM/cNXGusRZcG3Zkq9sRC/a3AsrJ8w1vy9u9UsWrpnDmyZblw+erWA+eG/Lhr1X8p&#10;+g16LPlg4+KqMtOXJ3qs5VUBd7i8IqNs0fIB9ao7LEwCJOCOQMmC2b94uTouWSiA69XznyYcSrpI&#10;XOFDIP3Khd71trbs0NVMlxet2xeXI1v9qurPJjM2WZcESCDoCMybMvHDtVUjo3MEned0mARIwCSB&#10;+BKp379cJD3i6qo/vorJnj0qJm742JlnT58vEJsj7crVvLGxV65cOXn5atLlK6cvXEw+efLB2295&#10;p2v7y9lyPf977H8XK5hsndXNEzCoNKmkEJd+6CljvgP6LTj7gyNCuDEmNkmD7nrqsYA755UG33u6&#10;cvvGRVbvOD3ujwNQl6A6vXBf6QaV80xdfuydb3bo776ekjlzRFcrmzt/XLaYrFHOSlODW/Nv2Xfm&#10;3IUrekw5l3FJycwksXxAjfWLtUiABCQBcYG6s3q+JQmn+mVcoIY+XVn8Ka5gZBUOBMwoTceTz307&#10;698te06UK5YXrLbuPdG6caUu998WDtzYRxIgAWcCVJo4K0ggPAkUynn1p8dPVa5RIyL98sa53184&#10;e2reyl2rEo4VzJkzZ1SWR9q0vXbuzN5DhzYeSEyLjt559NjhpORrVy59M+TZmKyRew4eGbzrsZS0&#10;2PBEFzi9DqzVc9AOVP/+GFTPVlivjd+OH97tbsVwFyAzPX5Xsbe+2tHlw03iJg2v2McRyE+4qTNs&#10;2bkiZKb4W/NHR0UtTUhyaRZvoQCKWdio5aYCfEAt7y8NkkCAEFj2YaOt4+/4qleN2Jgsjw/fiMsU&#10;4pjwDzv4s2DubD+9WQsFUCxAHKYbgUmg76fzC+bN+dXAdgOeuwv/PnmjzYEjKR98F0Dx0YHJjV6R&#10;AAmQAAmQQCgReL1lTJHCBSKzxWbJkbti9YZlK9faeeR8zixRJXLnevGJJytXurVQ6QqlSpaNr1a9&#10;QsmSBfPkzZUzLj09y96kC9myZStXsvDLLRgI6f/p4J3ShEVzQgmC4ypJCG9Z0huspVL+c27IqzVr&#10;Hl2avvJYwGoTQmaCe3BS1REcQZQTltR57KD+AohmOn/p2vItSe6ilvAWCqCYfpu+L2lyQPs8XB43&#10;w6q5jSM47vu+sEUSCCIC5YvGPvPR5qrdl3YctgGCuDyVcPo80Kgw4kbLP7MYBVAsiDpFV31MYPL8&#10;LfWrllBGMBXOnxN60/6jp9dstXhBt5munUm91G3ojL2HT5kxwrokQAIkQAIkQAIuCRTLE/nIbZF5&#10;8uXLki1bZJasOQuUSLoQfeL0lZaNGnZq/2iOuDxX067kiMtVuFjJAvnylyharFihgtliY3PnzRMT&#10;l7fULbWr3dPpuUeR6idbGOL9undN5Z3snq+aTn67NvJa+B4F1CHvlCbkZtpz9DwSMDkEoORLcgcH&#10;8Zbq/tyS/uD+xFl7ssSyNGJSm7DWGWntwUZFELXkUmYSZbAURaRBsWQrWSgWi+Y27knRtoYCKIbC&#10;ljRqkxHDA4p748eaFvtoyl7VlMMRHA8WsQmRbjgTrY1383akrHIAYitMQarw1gFj5a1yW9k6QnjE&#10;hRHXfXFcdEp5xLkMoizl5dTlUDobcT7iEoIdfZQNycVx8Pn5tqXEqYRXKOa4oKGYu9Vz8EoVWKrT&#10;Tz3F9JRxfKIZOmskdgt/AjHmibE5H2i1lv67/+F7qjp71Tq+4uJ1e73yFjLQg71/uueFb/Bv9I8r&#10;vKrLwiRAAiRAAiRAAn4k0KJqdLY8+aJzZIu4diUiOluWvEWPnr1yPDk5X778h04cXb9hVeK+3edP&#10;nz544ODR5FNXLl/JnTvXhXPnorNGl6hYPX+VxrlK1Y7OkrV1nbx+7IK/msZiAuWd7J1vrMJqg4+e&#10;u9X3/gz6YZd3ShNc/GreIVTDzgOD1omE35//sR8HsWO3JGQHIHE798XL1ZBsu25Fi6N15q7PXIYm&#10;d/R34f1nKmOJnHM0k/KmDj7rN6hdsnTh2KPJFz3mYEIBFENhne0qxUdxL+csR6rK6LTsrpiZAe3S&#10;ogQm88S56gcW4AiO412TvrkkYOENqnAPN/M4E/UnxPHxba1XzUFs7f/tDoTJmCevMWHsU+Vg+e9N&#10;yeLC2KpOQdHQsy1Lthu8Xhzp2qqkyzIoho6Lii6H0tkIjqgasg+aR8tI1bR25xlxKuEV++2bOJQm&#10;jQ2XX9DwaDmgCmDs5EBgTIPO/4CCKZzZuucEgpicHUOgE8Ka9DsMman/uIWje7VeMO5p/KtZqSii&#10;kPRXZ0kSIAESIAESIAE/Emh5+y1ZClWJiM0XEZUeGZ0rKq5EWlRco1vK58mdPeHgkcSkk8kXTu8+&#10;eGDbwd2n0y4mnUo6ezY17cqVrBFX8xQuFxVbLALVrl1oXsuymAw/otDftCqaSdwUI18qnsxTr5LF&#10;Kocer6BjeK003V49P6qdSk0TzxJCNBNuJG4rb7H3yp/03WkT+DFZTyc1ylgojUknEaImHYOmKFqX&#10;O/odzheXFfqXhgqDmxykM3c2iLsd1BL3PMp97aZzx0Ynnbksy2g8eA7FUFh/R1SQNf7Ub9NdSWfj&#10;XtkEc5XMJFcA4TjehTURYmM4vsll971yMqwKg/nmfanB22WIRDJtPy6VNcrG4eKA510K8QgCNC6n&#10;zmXwVr44rVPM2QiUHaWujT/9C+2fhOR5605IH0oUiDns6dlzk+Yd6tWhnH/d9rZ1DCg+CmUGPWeR&#10;2luD7sq7u5Lrv8Jb5YnddkoXzeOyiS17TxTKo/cXDmGhcpkCxQtlfjNpVr9c7jjH03IvXb765qfz&#10;EeWEcCe59m31lsMi9An/sI9iYnHcorV7UQzlUQsHERglykz7e5toYt+RFBE2JY/YzYf2SYAESIAE&#10;SCAcCJQrEhcRER2Bh05GpUdEXIuIzBIZFV29fPkKpSrd27DuPXfdWb7CrTFxcflzxkRniz5w7Gi2&#10;6MjIiIir166WKlcpIsKxizV3ZYrkDQdWso/4Dbv+q8uVN5v4Ewch2lgYnuIVUq+VplIZy/zw4DO8&#10;YskffrHHzq2lMRss26ChYF2YipSSGn7tx/d7y5+8ZrgDSt+Qi2TcrAPQFEW6H7xiH6C8Cl3Ro0fg&#10;ZhJPzXP2GXc74DPkqcpoF6/Y13P/g4fNHTpxXg8BFENhPSVlGee+A4gzItyBe2XWubDLmCn9NjGp&#10;lFEJysV0OI53YUqsBgrwxXQybkjciOKfELmdg3fE0EwbUEesXRIr78S8FdyEaikOQuBwXqIljstW&#10;VLTlujBh32NzyuruCosWpXtClXYeZVXTonVJQOyrmkAZZBRS9UUycdeubEhb+0Z+IqhmJQpml5Iu&#10;xBfkyVZ6LsqIIzh5xcA5d03bCMqrzMouKK257BfqyjxlGHdx+cJBMcT6TyVcc+RlBwOEjzePl+sZ&#10;K4/vOXrBub/u/HTnjPO4aw+rmbWZQoBWrftTOQD7cmIIpC5PNJdjJPsor+rKCxT29V/h9Y+df0si&#10;dgmpmpx9WLpu3x11y+r3DRrT+YtpA8cvFCKR3Mb9trpogThEOSHc6bvZG/Eu/v23L2n2mM44+P5L&#10;zT/6YbmIfjp7/tLcFbsmv99x+MstYrJlgZZ09GQqiuFf+RL5lQVQ6+d5CYyZ0j86LEkCJEACJEAC&#10;2gSK5HP8PuTQjNIhG+EWNSVv3iyFYuMir0ZdSU69mnw+a9YcaamXChUoWaNEyWa31cuZLS5rdJZS&#10;FSrnzYufrC6nXz17Ne1c3pzXbOXsnNtX3oqa+XppxmcRCSQ31Z9mLBur651kgDbKFXUkcoeYgq+5&#10;resWxA7+RJImvKru8405hFpIdI1HYmugeaZlSSF1BeAGDWXGwLrQ45D7FqoEXrGPI9a6iqQnDSrn&#10;GfKjYxmj8yZuSyBh6pSZrPXN2Ro4KA+6Q+SuO165p0on71Xdr+cffvG+MvJeTi6mwxEcx7vCmpnF&#10;dMYizrzqhbIwgkQQKqLirywg3sLCHyREww4eHCYWduH8kvfPON1wBHMJC4Vqlc8t9jG7pJ27aubH&#10;QVSUC8TkW016rxQjgrVRuJfW05ys61xY9AUNwROpGUG4cdlBVdMuGaqaQBnRF2UHwUSjXYgIp1Kv&#10;iD5qiCmAiZgjBL9AA3IX3SPLwA3hvEDqvCbL2QhiiOSI4Mqg6qzsgvK4y35BJYHcI7qDeY51i8Is&#10;ljHCGe15CCnWWcpEp4rnj8FSa1EXBYRi63LDJHSeQu74uzPictydp6jLqe7SppAy3T2fFKDKF80h&#10;w0jl2Mk5j1MJrQvL7RoXFZ9czq27HCOlPyqxKSRlJvQXSZqQqkmV/Bva07mLaXd7ozRBG4JC1KhG&#10;yTavfi+DkiAGbdlz4sGmVdCQCHdKPHEGJZ9sWwuv+LNKmYK5YmNOnnb86IKd7h3qieOoOOufneJP&#10;/KtZybEUVBZQ1tI+R/guCZAACZAACZCAfgKRWfJGxBRNj8ydHpGtVv3b8xfMl7Bm9clTJy9fu7Jt&#10;0/qELZsP7j0QlRYRE5ElKjpbRPq122+/PTISH9zR6VHZr0VkjYr0WujQ7xtK4nuyu8U6tqb+8MpJ&#10;/xb2egDw6zTuFiADYcUc/mEHf4qFRSrWxjomApr6fbPDXXV8w0ZzHn8hN9a64VoyDASLIXErdc9b&#10;q+WSCuxr3FwZaBEy08fdq+CORSMXD25LxL2iTvuX0q7pzPONYiis06zLYu4Q+X3Jz8jf9vy8+AjU&#10;GRG+IRbTYR9HcBzvyu7IxXTecjAWceZtK6K8UCjEmaJn/aY4sxDfhC5DypELuEQWNjGXhBoo9qWs&#10;0GvCdvyJ2YgFYogJUnorw51wEEuNlG+5a85lZ5VnvaohpMZ3WUWjaQ2eoi+ygx7bRSQORDSXkUey&#10;Fcg3kMPEEGAHEUnODijLyHfRUwT6lSsaq4zrwb6zETgMJUto/ZCKlCthXU4Dl/2CZQRVCc1RblDZ&#10;YFP7aiMKo13VKYwhEDKT/NkABVBMgz+a++g5hxAgNg3+7oy4HHfVFPVq7on8fZCT3LWILxMijFSg&#10;VjmAExBUxckCI/jTuXWdp6ovrx4aY2T3W6nnL3/+6+rBE/7+/Nc1+PfyqNkHjqb07tzYQLvt7roV&#10;kUrQm55+d4qMVOo6dAbWu0GBWrf9iLCJeCWxLK79Gz8fP+UiUhhlYrJFF/By+Z4Bh1mFBEiABEiA&#10;BEgABI6dEtkVsSYuS2RE1siIXNmy5skZFxOVO1vC/n0XL1/MlSt/8dKls+bNeyjx0LHkE+lR15o0&#10;qt/9xZczls5FRUXmyJo116nzIjCKm98IeK00wVNxM1m2aKxYNNe0RuYPtpZ0YliXykEa0CTESwQU&#10;fDJ9v0Qh7v2qWre6UMhMP/19xFqt7cz5K6oVN+5GE8VQ2MBYCxS44wKit7++oSSiRwveb4AjzrEY&#10;+lsRxlFeGVgn/9RvB3KS0KdRRSymwz6OKGUmvCUX0+m3LEsGWsSZsgvostSLERsi3jKcKUnkSxYG&#10;XYqtLpszgNS5isemLWkFRkT+dTHTnIOPcBwSEqQ6qfQpV8xBctq4x7FiVFXG2TfRiviHfZdG5JMm&#10;UB0hTlZ1UL8dqJB3Vs+nDGtCBzftOytlJryFAtqhi+KyZjgHn/5x1z/3xKpebYFMKH0IWXLpAN6C&#10;xIZOrd6RmdNaf+sq/oF89dA/VdyVPJ58ru+n8+9tXOmrge3uvb1ywbyxZYrleemRhq8/2cRlmnCd&#10;Ld7buHLZYnm373c8oAOBSBP7PSDShE//8PFyJfIhMdPKzYfE6rmpox4rnM919tBLl6+IWCduJEAC&#10;JEACJEACdhPYdxw/TCJDE245IVY49IqY2FzROeNKlCtdpkjhbHHZshSIvJievGjtqgtZr13NHhkZ&#10;lXbvAw/Gxd0U159hhJuDgIGnk1kCzojShJUUuDVC5BFW0mHHkmdyyc5gIZ5G/EVgBjQpRwKqhPKB&#10;cco4L/MDZpPMBMd2HjpbslCOnDk8pPpGgaL5sx847sUXbin9oBVxn4zAGbxCXUJ38A9P2YM2J46b&#10;QeQufNGwTdViOmlHtZjOgH1vI84MNIEqIvBKxlloGBHRRqK8gZt8EcmChhC7gRgf2RDMIspJvKUc&#10;XAPNiSAj4ZsIvVE25Nw1l03j9l6o5Ko+qoKtlNZ0totLlkjvrfJErK1ThhaKGChRDCvF8KdzGWkE&#10;PUVh5546G1FOTgTOiBaFsOtyGrjsF85BIFLFZwmtEK8eJyGqz159YtxL1bA8VhQGFnkxx0G8hQIe&#10;n4qI+CPZnE7+Hqecaop6NdUR5AUCqlAv0SLGTsqLlYrHIpTM5cRD2B1kdHxuivg759b1n6qiulfx&#10;qh4HLkAKSJmpY4tqcKl+1eLYaXt75VvKFjDgIfQjmaU7QyS6UChvLJKCVytfaPpiR9yiy23h2j0u&#10;Y5qUFZHXadPOAF28bwAUq5AACZAACZBAABL4a8NJKE3pEXhcFWKUHBvEpIJVal6JSC9XuXS2qLir&#10;R69eOhnVsGbNQkULRWaLvHj18r0PPqLqyF8bMp8CH4AdtMkl+SVc2Fd+J7epRQ2zuM33Tmk6kuyI&#10;ZMNNI+70sIwO/7Aj7yEtydMEayo7yj+xQiFwMjTh0W/Ot+WqmBpBH/d75hODCVHG8mgm4eGJ05eO&#10;n75Uq3xe7VmIAsmpl3XmDocpl0KbyOcCdQndwb+3vtoBbU47gYvOc8N55uis6LKYcjGd0rLzYjoz&#10;rdhaF2uRRGJp5Fdy1xBCNlBGpKERyZhEZ90lpnG2gzA3lIcRNKfUEcT9M95CpicZ02S4OZGeCdaw&#10;vg9+agsWLpvGpUNYUNJQ+uMSkXa7cqkUZCNniRxBPZCK5OQBUrgt1qPhn8DlXAZuiALueupsRC6v&#10;wyg4rwx3OQ1c9kskZhKti5xi4jcQvOq5gr00bmti8iWkpRMfbBCt8FOE+JzDQbyFAh4nPHqn/OHF&#10;47iL9Z5ixrocd7ToPEWNTXWV84jAEottRUAlJoBLB4SEh6goOWmdW9dzqnpEF7wFVDKT+Y7UqlQU&#10;kUpyTVy39nURvgSzzz5QZ2VC5nGRvwklcRyL6VD4zLlL7mKaXni4ATKCi2V3Fy8bieo13ylaIAES&#10;IAESIIEwIfDnuhNX8cQ5pGBSbCWq1Dp05FB0ttg8RQrlLJCrRNnCBQvmSko9f/bipfyFCkVnuSlg&#10;4uq19D/XhZfShO/Pa8Y0Vt604k9/RTNh3AY+UTGyaKcFBqYs+uAyC6/SlJ4yBpo2XMWjPx4LqJpW&#10;RhjJutjZeiAVuZmUhRG/czDpop5cOe56J2QmIcoYJqBdEfFK8bfmP3/p2sY9KecuqL9J413ITLEx&#10;USu2JTu/q8cliQj3n8iSDkToFCqKHhlApBwvcaeHTTktXR7U42pIlgEN3LR7jCjxtu82mfXWDZYP&#10;HAIiC/igH3aJUxunOT5pdh0533HYhsBxkp7YSiD9yoXe9ba27NBVTyuWy0x6GmUZEiCBYCEwb8rE&#10;D9dWjcTDzrmRAAmEE4FRz1bu3KyYI1NTxuo5bFevXPpxaK/Ia9nz5il85XLaoaSjF69dis4SceXK&#10;tdyF8j/b573orDee6fzDosTXJ7qNYg4nkP7sq3cxTf70NPDaxn3Ua+O3P35XMaFoyFUniOOAbiLy&#10;leAV+ziikePcY898IDPBB+hHUJGuXLt2d61Ct1XIKxOEYwd/3lG9IN4yLDMp+wgUAtHRU5dENJN5&#10;RCJ4ypmku+MemYdqAaXOLZW4AOmsGd/M1LWw+wHihoU9MmAKC83mrD0BZRyXRPzDDv6kzGSAZJhU&#10;GfJ/i5GbSSya40YCJEACJEACJEACIDDy191JSUnXrp1Nd2Rrirh06eLJE0cLFch3IfLq9qRDO5KP&#10;XMoWEZMzR/bssXE5Ys4cPfDzp++ePJ6Yge5a6oXLH/y+lxj9TsBgTNP6T5sgoZK291hqV+flZX7v&#10;oXRAz321x0Atj91BK/VfXY7HqyExB/QULJpAFlhoKzItrkcLzgUgxGCtmX3RTKoWC+WJqVQyV+7Y&#10;6JisDiEST5pDCnDkZtK/aM5lHyV/x3qlH3chc4pJRKoBxdg5D7H5ATUwXoFZxabgI5vMBiZDeqWf&#10;ABRk8RQ55F2yPJJOvxss6RcC3sY0mUn47ZcOslESIAGfEWBMk89QsyESCDQCLarHftWnwsHEs1/9&#10;+NuWFQu7tW6UJy5XyoUryZfSL5w/n3b5UrbIyOxZIrNcu3zx3GnEPp29nPbf+Zjat989f1+FRQmp&#10;gdadMPTHoNIUhqTYZRIgARIgARIgAY8EvFKaPFpjARIggXAmQKUpnEeffSeBsjl2HVjzZcHYmO/6&#10;donJnuP8uXNXIrOduXzl7LkLUdeuRKenR2EBXWR6FBKGR2dJuxbx6Yylqy/UjSx8J9EFAgGunguE&#10;UaAPJEACJEACJEACJEACJEACJEACJEACmQT2Xah4teRTWWJyZc9VKCo2T9bsuWJjc+XJnadA/vzF&#10;ChfJly9fnvwFcuUvElGkwq5i9b+LqrXmWkvKTIEze7LE1XjaX96ky+cWWuoBzXrESURAZBMEj/BZ&#10;gARIgARCnMC1K42Ln6hwa50Q7ya7RwIkYD+B3dvWr0gsFBmV1f6m2AIJkEAgEojMXjg1R83tUblz&#10;lyt2LkvOi9lzp+XIezVnvtMxeQ9lzb89V/m1uattyFH+n51ZVv99Kj178UDsQ7j65E+lCcsprd2E&#10;dhDmZrWREpHUmGyaJxSwrD2paY0ESCD4CFBpCr4xo8ckEKAEqDQF6MDQLRLwJYEsMYeORvyz9fLW&#10;C7n3xhTcmyX/vuyFd0bm25eW+1BKtm2bTq9bfPjwrjPpEdG+dIpteSQQOnmabLrDDy6zemQmj3PC&#10;2wLBhSi4vJW6mLeDwvIkQAIk4C8CyNPU786D8fe0Vz5v2F/OsF0SIIHgJXAl7fKSOT+PWFkxMjpH&#10;8PaCnpMACZBAeBLwe54mCyJLoB1gKVTkTcFMYWfWo8ZERD6cJ5ZdTGzSxSzzj4ZIgARIwJlAZFRc&#10;vsInEg+QDQmQAAmYIZB4YGfu/EUjIi34Vm/GDdYlARIgARIwQMDvSpPj9t/k5vj8cfxfaSrszGoz&#10;JKLMOeKjeWLBVyJXupjJE4XVSYAESMAXBPAEmBOR5Tev+ztx/05ftMc2SIAEQo4AoplwATmwK+Fw&#10;WonICL/frYQcX3aIBEiABOwnEDqr5+xnxRZIgARIgARIgAQ8EriWfvlC7w4li0ftO5544MqVyx4r&#10;sAAJkAAJKAlg7W1sXL4z2auMn3fi3JWYiEiKTZwgJEACJBBkBKg0BdmA0V0SIAESIAESCHQC6VfT&#10;r1xKv3ox/UrazRHHge44/SMBEggMApGRWaIjo7PjX0RklsBwiV6QAAmQAAl4QYBKkxewWJQESIAE&#10;SIAESEAXgXQsAr6Wnn5NV2EWIgESIIGbCGQkZ4LGxCRNnBgkQAIkEJwEqDQF57jRaxIgARIgARIg&#10;ARIgARIgARIgARIgARIIPAJc9hx4Y0KPSIAESIAESIAESIAESIAESIAESIAESCA4CVBpCs5xo9ck&#10;QAIkQAIkQAIkQAIkQAIkQAIkQAIkEHgEqDQF3pjQIxIgARIgARIgARIgARIgARIgARIgARIITgJU&#10;moJz3Og1CZAACZAACZAACZAACZAACZAACZAACQQeASpNgTcm9IgESIAESIAESIAESIAESIAESIAE&#10;SIAEgpNAZEpKSnB6Tq9JgARIgARIgARIgARIgARIgARIgARIgAQCiwBjmgJrPOgNCZAACZAACZAA&#10;CZAACZAACZAACZAACQQvASpNwTt29JwESIAESIAESIAESIAESIAESIAESIAEAosAV88F1njQGxIg&#10;ARIgARIgARIgARIgARIggfAhEBUVtX///k2bNh0+fDh8ei17WqBAgWrVqlWpUkW772FCSSeN7Ycu&#10;TFmRNHVl0tkL1+ycM+mGjVNpMoyOFUmABEiABEiABEiABEiABEiABEjAOIHIyMjff/+9Vq1aUFti&#10;YmKMGwrampcuXUpISFi7du1jjz3mrhPhQ0kPjcMnL7d7f+vZC1cj0iMjIoyLQbZOGSpNtuKlcRIg&#10;ARIgARIgARIgARIgARIgARJwTWDnzp1paWnx8fFhDghi08WLFytVquSSQ7hR0qbx1rf7pq46GagS&#10;U+YAMk9TmJ/R7D4JkAAJkAAJkAAJkAAJkAAJkIB/CPz3339Vq1b1T9uB1Co0JoQ1ufMo3Chp01i9&#10;80yAy0wYRypNgXR60RcSIAESIAESIAESIAESIAESIIGwIZCYmJgnT56w6a7bjmLl4NmzZ9297S2l&#10;9evX33XXXdBrOnfufOLEiaDDq03j8Mm0wO8RlabAHyN6SAIkQAIkQAIkQAIkQAIkQAIkQAIk4JkA&#10;ZKZevXoNGjQIa+7q1av32muvea7DElYToNJkNVHaIwESIAESIAESIAESIAESIAESIAES8DkBITOh&#10;2Vy5cuG1Z8+eq1at8rkX/m+wa6uS/nXCeqVpz549EA6XLVuGjmEHf/q3h2ydBEBAOS0JxCoCU6dO&#10;xTl+//33W2UwGO04X/FCY7IFVC8CyplgnKUaPofqx3So9svA9CMKA9BYhQRIgAT8SGDx4sVY86Wx&#10;oYAf3QvwpoXM9FHGhh38CVxVqlQx4DaGACFR2LCjYu7yoIEmbK1ye/X8yz5s5FUTR35o1vCWvF5V&#10;0ShsgdKELzFy++KLL8qXL49UXk2aNLHKRZ12umdsysLOR3SasrsYcFnehIVfJZUDaqFZk1026ZW/&#10;pqVvAFrYilecJ02aNGbMmJkzZ5oc3ACpjr6/++67zs4IQc2daO48tfw12Zw992o0VdX90gtctEFb&#10;6Qn+xEG/OAM3xNArN5czRDps4Zlo+KRw9sG/XnnlD8Ya3yJk37Gv/FgXk8EwmeCq6K8vMP6dLcE1&#10;RvSWBEiABOwj0KNHD6FxOG94y127Ii2R2OzzzVvLQq/xtpax8lJmqpOxCbFp4MCBWEanMqgS8jTE&#10;O+F/06ZNYUH2RXnQmKu21oJaBM2oVZ2COxPPuxObRBnxz1tBSqfzFihNaGny5MlQl7A9//zzOhtm&#10;sUAmIAf0nXfe6dixo+rez1+eB6ZX/qJhX7sqzhoNHTlypFixYvZ54nvLf/zxh7OiBEEteLupfzR9&#10;T9u5xdatW//555/K4/jzqaee8pdv7du3Fx9t2CCqwg1tpclffoZMu5gAGzZskN3BPtJ/yj83btxY&#10;u3btkOmsRkdwFULHsTEqPByGm30kARIgAfMERIhNu3bthDI1e/bsX375xbzZ4LKglJmUnkNvgurk&#10;3BdQkkKeEJJCY9s6/o6vetUo9sRC/Ovy4aav5h1yFpIgM00bUKf/tztEMQhSdvTdGqVJ5ZnL38Tw&#10;A534ZVgsrPP9hjU+8qdp2TqO4FdTeRzf6qSfSnlFGbRloecwK38zl82Bj7OfzvQESbzee++9eIVX&#10;kIQs/70XN1oQm3CnLXotGxULppQ/+Av/lSEJcqzhp7WOqbwS7apmlzNG5bSU5cXoi2/zLofDwuEW&#10;prShwW25GA33tKJTyuVpyl5gHwK8raMPh+WtjhKyWM0kZp2899aYpbILLss4nwWwLLsvYxz0jLLJ&#10;8erateu3336rNALf6tatC03N3fCJmaO6IfQ4qVzOQJfnvskeyeo4a9yNpurMlZPQ5SkjLuA2nelw&#10;ct26dUqYuNkWEbK+d0ZFfvjw4bgYyoOq01N5RsjLnZ4zwuVpbtWgO9vR+CCWl3dx2bHPBw3LtWrV&#10;wgQQBYTagrNPfmfAWy1btlReHFTXRnEGqdbzCsKw5vJDweVJ53yVFi7puShZwm3evHltMzbsKA2q&#10;HFB9Irsjg+O4gjl/r1B10+UctqQ7NEICJEACJGA3AcTsINYJCYlEQ1CdHn30UbHft29fEb+DiCfp&#10;Bv6EFCWOY0e5Ly1oF0AxPNNNWJABQSqzQv9CyTZt2qAwdpQLA61l4iwzuROetNuVnRo9erQS119/&#10;/aXqizK+yRmgkg9M2R3YJbUk7Dzz0eaq3ZdK5yfOPVS+aKwqZ1ONsnGnUtPwligGQUqWf6BRYRHo&#10;9HXvmuLge09XltFP2BcHcQQ28QphSxxB06KYbMsWpcl5/PD1CEEB+FkYP7Dj+7q1E0uPNXz1LF68&#10;uPhpGt9cld9EJ06cKByDHdw24/dzUea9994TllH4vvvuE79po7C1Shl+sYdl3MDI5l599VX5K7pw&#10;wB09kETJOXPm4BXF0IXx48froeFVGdz74UuqvPcTjYoFU/iFWbgq/ccv0jjomGrLlmHEN2/ejH28&#10;Wv5DtNIrl3ycMcpeC2VEeH706FElDefh8IqVnsIuock4jvnz5z/77LNi0IFdzlh3Ul2pUqXsG31I&#10;PDgRsHDJeRKK1Uxi1gme2rNUTBh3ZZyxo2nZ/SJFirirqzHKesbCuQzuY1VKB05MZUyN8/B5bMi5&#10;d+5moOXdUfqmMZoopgwmkpNQecqoLuD2nem42IprCDYh86kIO88i+5yRTYMePkGEWufy9FSeEeI6&#10;rPOM0HOae5xjOgt4/CAWl3dskFz9kn8NGKW0hGmAfWhPmJDooPgMQgGNa6Py40kwkVcSVHR5frns&#10;ssvTXOdFSedYaBebNWsWrkU1atTAjnISqq6KeEvZZY9kVCOr6qbzHLakLzRCAiRAAiTgAwLIeI3f&#10;J5wbgsx0+PBhEbnTsGFDIfeIDV/OcXDo0KH9+vWDKIN93OdiX2cBWC5RooSIn8LyNJe1pLyCMt9/&#10;/z3K4AuGDCOyEItVMhM6Ba+Ehyr3ypQpIw7KvigLKGGK40pT8hdr5y4L6U1Idcp9Y3AgAyE6adV/&#10;KVIYEmIQopakqCQsiz9dLpq7q2Z+lEe4ExbficK1yucWoU+T5h16tuWNLOO9OpTDQaFq/TGo3qnU&#10;K/iz3eD1OC4qWqM0QaBRRZSo6GBNirhbw1cZfF+3KSAct4jyVzvsyJ9GoXpggOXtInbwpxSMcGMj&#10;HMOXWtxNid/PceuCV/ErqKyLt6R6Ymz4nWuJWagKN1CJWe7ovfnmm1a5od+OslEZzCL9l79IQ12C&#10;YiLWQeAV35j1N+FtSXd83GmCKC+wY1OthXE5HN76o13eGZqI4xC1sAOGjtP1+imDfcxYWcBaZ1xa&#10;k6cz3pXapcdTWM8sdVfGGTs+6uQYidnl7SgbBoXPaRnWhHtLXB+E1qaaMKpzVqM5595pzEBrhWx4&#10;pXM0XU5C2Sln+Pad6S1atJDCK3bwp4qtL50RTeODQDkhdZ6eXp0R1p7mctBV0Ukez2KxQhAbFsIr&#10;f2AwfDYZqIifJYS0BB0Eoy9nmhCetOGrPhNRBZ8+yh9gnM8vl112vkqjXf0XJQO9VlaBk/iahMuO&#10;+DYifXZ2AO8qu6zxqaG/myadZ3USIAESIAHfExAKiMvcTFOmTOnWrZtwCSqP8hFsQh4SoU94C69i&#10;BZkUWbQLwLKohXZLlizpspbL9EyWpzM3LDMh0kpmaxKI0CmpmskAMT0DqmQleq00NWLECHdGwByf&#10;7yCJuCe8Yt/MOj5IQpCHhLSEf3PXJw15qjJ2XLYOhQiylHOSpl4Ttju+9mRIUSI7+H0DHeEF2N75&#10;Zoc8iJ2PpuyVlutWzD3kx134EzoXoqVERWuUJpkKxGUicKErye++uGfWEPb0jKW7MvgaKqOBRFyS&#10;KHn8+HG8ykwrYkccxFa0aFFpEF/vVMZFMek8PFdFwZhx2GVdeI6fXsVKLhTQoOeb3DEqWVDZqIzk&#10;l0stxD05quD7Pe5dRYoNuf7FQlbSK3d8VBhVTSu1Awu90mPKGRpqQc7A7YS8wRB2JGpJVY9982XE&#10;6Yw4NflzusdTWM8s9WhEY4yMjbIxFLjHltmacLlXJQlyOXwGGnI5A7UnrYFWUEX/aOKCiWuOahK6&#10;uwTZd6bjQ0SkpxGLp1SfKS5ngn3OCOb4foDPftWQaZ+ees4I+05z+YksPhBFQ96egL75fHGe1fhZ&#10;QgjreMXoy8GFbCRUeI1ro8pnBCQqZSaP55es7u40V84Bb3nqP38htMkoYAjfIjRYbM7XDVWX9Xxq&#10;eOymfldZkgRIgARIwCYCY8eOFcqRWICm3PCWV43K21tp0KvqLgsLMUUqNRCwlHkVNeyjIr5TiUV2&#10;5t2ABcMyE+oq8zRJZ1wKdsZc1WlKiE0YVpMyU+Z3pAyNSTqMfY1s31g0hwKIRYLepNFHxCvJICll&#10;sc37UsWfQldC4idRDIv1sDoPR6xRmrTpi+9Gyu++Pn4yXeHCheGAlLfEjjioc1M6r4qC0WnBq2Li&#10;9gDfknHX53d6yBMhl1ApeyGivaS0J99CYbn4Rdy7Oq9/8YqGy8LSKw0+SowqIyqhyrw/Oi24gyZW&#10;iOCOQgTTiU0lyPpYHYNQiIETs93jJPRYQI8Rd2OkXVdjlHUOinMxfARCXHAOaHI3fAYacjcD7egO&#10;3NMzmmINGuahchJqwLfvTBfpaUSqGhVbdzPNPmeE4u/8sAvt01PPGeHj01y/S3AM89OmH4Q8niwy&#10;kEd+MxaDC/1Xrl7UeW1EII8q4ZT2h4Iwq3GaK3938Yqnx14rC6Cn+K4p4tGwo1xA5zEe3CMZObIW&#10;Xs286h0LkwAJkAAJeCQA6UEsdsMr1By53Mxd+mooGljI5k67UWlAOuUPbSeFEWMZtUUvsEzPfHCT&#10;GZnJXQdlHJbLgCyPY6csoN+UGHEz0UyiXRl8JP5UZl/S8By19hw9LxMwqUpi/V2+uGgRJOUuPApx&#10;TKiFdXOymAiJ8oXShGbwTVGVZ9ercTJZWKx6kw5gR66S82hZfLWVMW+46/D4Vc+jTZ0FpECjk54d&#10;Nwa42VYtG5HOy6AwHFE+lxqiCda8iJ9kxb78IVpnxz0WU3mlzcdZ58IROaA+npbuoIm1S7ijkLdS&#10;iHKSvkHuEWs8sWHqihyxSub4047RR7u45xFrNzxOQo8F9BiRQ4/+Kk86j3WtVTMhK2A4nAOa3A2f&#10;xxmrKuBxBlrbHdG6x9EUkxCbnITSbZeDa9+Zjgw1OBdEqhpntj52Boq/XMipnJ8uT0/lmajnjHB3&#10;mns7o3SW9+iS8sLo8gcGnQ2ZLIamkX5IxvVgpuGpFPKk0A8NV0tnsUlcTKSHzl12d5p7e1EyBkH8&#10;NqOMzobiJi7Czg6omtAgo7+bNn2aGKPBWiRAAiQQ5gSEzKQHAjKCQ7uRYhNEHLHfoUOHL7/8UljA&#10;9xn8qceanjIQwvBVWU9JlHGOeEJ1nXU1iuGhcmfPnkUHT5w4gWLGUoAr7cMrkBRH3PVOZ/SWHlPm&#10;CRi2AP1IKS0hCmnvUdePnytXNFa2InOEO7cLrap/p4qq4z5SmhDBLpMoWfsYMp18kaZLOoD5IfIT&#10;69wQ0CTr4vuuraEl4uEvYsP3bPHrrh56+IqJNXdWsZWrBbEIDl95XXZZ3I46P6VIpNUQiZnEvlVK&#10;kzuvnPm4xCiHG+UxB4TnVvmmMZek27jVdwcN1XF3obz/EcFEwkmoSDKSDlk5xM/dyhatHX2lZUT3&#10;YF7pmYR6ZqmeMqJ1ZffFEW9HWefZ7a4YOq7K0ISSGsPnVXMuZ6D2pPXKvkantEdTNQmVp4zzBdy+&#10;M12k8xOpapz74nIW2eSMuKIq0x6JI+5OT+WZqGe2u7NjyXDrRKcshnA2cc3BcFv4fAnlNVA053xE&#10;6QZGExc9md1PPP9BCk9eQcNnKM5l9GjChAnOn61o1LnL7k5zPRcl8wOH32ZUQYXouJA1nR1QNadB&#10;Rn837fs0MQ+HFkiABEgg3AjolJmABeEwiDCC2CTW2SFtkEjAJH5pEAeRGlwjYZC3bJHhG4vmhGVl&#10;onFnO5C38FmMMsqVgPhQNhnCA3UJDuAbS+7cuQcMGGBAZlLmaRLCHDp16NAh0ak6depo9MUjLo+m&#10;PFqwtQBijto3LiLXxCHVtypluGxd5GYSJTVcatJ7ZfmiOUQxuV4vMiUlxdZu0DgJBDIB3N7jnkem&#10;MvGjq7hJwP2VcziJH11i0z4gEDgz0AedZROBTADf+fCziq0/pQRa98Owy4E2BPSHBEiABEgABPBz&#10;yBtvvEEUIDBq1KjnnnvOJQoVJQS/Y+3FuHHjIDnhB5VcuXIhxMmlPOR3sHIVpLeeaNCo8mLm46SE&#10;TQ0ZCNFGkIG8bdqS8j6KabLEVxohAcsJQNqXC9MsN67fIOQGl6uW9FtgySAlECAzMEjp0W0SIAES&#10;IAESIAESIIEwJLBkyRIsnUOoVOPGjRs0aBCwMhOGBivyLFy36HKsZYIk5x1/yUzwk0pTGJ6Y4d5l&#10;5XOFkMjDBynetYnDAcRVqZ7PHe6DFNL9D7QZGNKw2TkSIAESIAESIAESIIFQI3DmzJkqVao8/vjj&#10;iBhCZFOgRTMhK5Z8YiDytVu4bjGIBpKr54JosOgqCZAACZAACZAACZAACZAACZBA6BCYMmVKp06d&#10;YmJiQqdLhnpy6dIlPPKoS5cuLmuHGyVtGvV7bzh74ZohzL6rxJgm37FmSyRAAiRAAiRAAiRAAiRA&#10;AiRAAiQgCeAhGPqTf4cwt4SEBI3QpHCjpE2jea28gT8TQiSm6cVP//1r/XGf4W5QJd/3fev7rDk2&#10;RAIkQAIkQAIkQAIkQAIkQAIkEHoEIiMj8cjXe++9t3r16qHXOz09QvwOtLY1a9a0a9cuKsp1KEz4&#10;UNJD4/DJy/f03xQREakHr7/KhIjS9ODAFdsOnPUZxFtL55o+KN5nzbEhEiABEiABEiABEiABEiAB&#10;EiCBkCQAeeW///5btmzZ5cuXQ7KD2p3Ck+Pw9NuGDRtqFwsTSjppbD904ZuFR39fedL+RWoG9awQ&#10;UZrC8IRkl0mABEiABEiABEiABEiABEiABEiABEgg0AjYL4EFWo/pDwmQAAmQAAmQAAmQAAmQAAmQ&#10;AAmQAAmQgD0EPMc0Xbt2LT09/erVq3i1xwdaJQESIAESIAESIAESIAESIAESIAESIAESCAUCWkoT&#10;pKUrV65kz549a9as2bJlQxauUOgx+0ACJEACJEACJEACJEACJEACJEACJEACJGAPAber5xDKlJaW&#10;lidPnri4uJiYGMpM9vCnVRIgARIgARIgARIgARIgARIgARIgARIIHQKulSbITIhmyp8/P6KZQqev&#10;7AkJkAAJkAAJkAAJkAAJkAAJkAAJkAAJkICdBFwoTWLRXN68ebNkyWJn07RNAiRAAiRAAiRAAiRA&#10;AiRAAiRAAiRAAiQQUgRcKE0IaEJWJkYzhdQ4szMkQAIkQAIkQAIkQAIkQAIkQAIkQAIkYD8BtdIk&#10;HjOHLOD2Nx3oLWzatCnQXaR/JBD2BHiehv0UCC8AnPDhNd7sLQmQQJAQ4MVZe6BCnk9wdTC4vPX2&#10;GhBcvQsub1Vj4dF5F0oTEoEjpsnbQWV5EiABEiABEiABEiABEiABEiABEiABEiCBMCfgQmnC6rkw&#10;h8LukwAJkAAJkAAJkAAJkAAJkAAJkAAJWEhg2YGzSmt7ki+2/mbb9O2nLGzCVlP7j1/4c12SrU2E&#10;jPGblCYsnUPH8BoZGRnsPdy7d6+yC6o/g7139J8ESIAESIAESIAESIAESCDYCezYsWPgwP4tWzZv&#10;0iQer9jHkWDvFP03Q2D57uR2n63O/dLsyK4z8K/E6/Ne/H7T3qTzZmwGSN33lxzuNHknXqU/vf/c&#10;nz068s25+4NFbOo0cuMzH216aOiGNTtOBwjVgHUjMiUlRTonkjSdO3eudOnSNnm8ePGif5YsOXcu&#10;NWfOuNvvvLNp07ttamjdunV169aVxlV/6mkUKw9r1qyppyTLkAAJ+IsAz1N/kWe7fiHACe8X7GyU&#10;BEiABLQJGL44//rr5J9++vHuu5vdc0/zSpUq7dy5c8GCvxYuXNCp0xOPPNIxZLAb5hMsBCzs4MyN&#10;R5/4cn2NUnmrlCxYrniB1AuXDp84vWHPsVPnLn/xZM37axU1z8RCb4UzZT5Yr+3V8w2KvHVnCQhM&#10;32440blWge83nnyqdiEcQXxT16m7N71YbeSyozg4vFWZB6vkM9lBy3un9KfH51unLDsqjsRlz9Ln&#10;kfLdWpcy47Axb/+73cVT3cy4gbq3/OP1sjaPzrtQmlJTU8uUKWPSV5fVITOtXrXy9tvvrFe/wdo1&#10;q//5Z0mDho1sEpsgLeXMmbNKlSrwZPv27ZDPlMKTnt55ZKfHCMuQAAnYSoDnqa14aTzQCHDCB9qI&#10;0B8SIAESAAFjF2fELr35Zp++fd+sU+fGr+Owtn79uuHD3x8xYlTlypVDA68xPkHUd6s6iGim1h+v&#10;vPe2kjUqlFB1f/aq//Ynpf7z5u3lCsaaJGOVt9INKE27Xq3hzquoqKgsWbIImem95iXvr5xn5o7T&#10;7/x1CGLT3lOXcmSJ+KCVQ6yxSmyyvHeyX1/+eXDE5N1Y+5V68ao82KFJ0bEvVjU8Isa8hdJkQBjS&#10;cNKYQY/OW6+HafQB0UxCZkIZvGIfRwwPjHbFEiVKbNu2TZTBDv60qSGaJQESIAESIAESIAESIAES&#10;IAGvCPzww3eIZlLJTLCAI82a3fPjj997ZS0MCyeduTLgh+MNeu3R/tdqwP7xc5KvXXNkiQnwbeSc&#10;XYhmcpaZ4Habhrfky5nti7/3BXgXVO4JmQka0xerjwmZCQXwin0cXLL3dIeqmUFMfZoURbhTwC6j&#10;Q3qmkb/uGfJUxW97V69ZLk52EyFOUKCCa1B85q2LmKazZ8+WLVvWQg/efvMNaW3QkGFKywP7vy3/&#10;HDZ8lIWNwtTUqVNvvfVW7EBpat++vbfGtVU6rDTctWvX2rVrDx065K1lltdPoGDBgrVq1brttttw&#10;nZK1fA/fpRv6e+Hjkh4FZt/44xs3fNOKb4iFQCtBMRw2OWmTWdWs8NgKLo/4ED9x4gQieUNgRrEL&#10;QUpA5P3kRgKBQGDMmDGG3ShQoMDdd9/dqlUr3CprG/F4cXZZHVmZRo/+BIvmnN/FMrrXXnt17tz5&#10;yreUJXv06NG2bds2bdrMnj3bpQWVTZTRWdIwLo2Kxvh49KTbp4nZoiOfvzdfgdxaA7Tg33Pf/326&#10;WqlsH/yvaFSULcmIreogUjK1rl0Wi+Zc9n3z7sN7j6as7nenRzJ2TFcNm9oxTdHR0YgDavX11oKx&#10;Wb9uX1baEZFNUJegMcmD9/2wE/tzu/g6Ssgj0lb9Vtcom+v9pyuKkm99s+uHRUewUzRfzLQBdcoU&#10;zuHRgssCxmaODEHSXkYn4p50ljEQJOXRebuUpr0v3ziNv8z5ukpgcgYNyanbuQ/k8XKfWvAdBYvm&#10;RFgT9CaxjM6rTYMdvkJ98803yOJUrVq1mJgYr8yysFcELl26lJCQgLWQ//vf/8THvF/gO7vhVS98&#10;XNjjae8bf3zjhm9a8Q2xEGglKIbDJidtMquaFR5bwc1JvozN431RCMw3doEESIAEPBJ49tlnJ02a&#10;5LGYywLnz59ftmzZvHnz3nvvvWzZsmkY8XhxdlkXKcD//tvt8o677rpz2bIVyopm1CIzdY3RU9Yy&#10;xke73Utp1+7ou2/2u6UL5o726OGeo5d7/9+xcoWjbRKbrOog8n/37VAvLofru8u9iSf/3LDv8Act&#10;PfZXu4BV3spWNJQmuXQOMU0of3vpXC7Fpkeq5vt166nft54qnDPr5/eXK58/u+E+Wt47ePLG/23f&#10;tPfMHwNrK736bdmxXl/uGPP8rR3vKOZjb5VKkzuFyKoyZq57NipNxV/9WHg2aOJhPUrTwK6ZC9wS&#10;x7xmidKEphHWhFcDAU2opTFN8RZ+Lo6Pjzc8q1jRKwIQm65duyYStPsRvtINr/z3cWE7rrAGuuAb&#10;N3zTioHuh2eVoBgOm5y0yaxqImm3kpycnJaW9tZbb4Xn9LOw14bvSy30gaZIgAQsIWBGaRIOQGzC&#10;E5PuvFMrkMTYR4CBmCbDcUmhqjQtHVE2JquubDBYavfC50dKFbBFbDI2AZxnOJSmIU80cTfzoTRN&#10;WrQ9feIDJk8Nq7yVbmgoTYhmQkwTkjQJpQmbS7EJkQR1i8d1rFkwADOC/7ku6eXPt2DRXL1KuZXk&#10;7xu0oWa53KP+53U4i9KIsbGwSkXSY0djsnl0nkqTW3oa7H766SdEq+bJ41hoys0HBBBS9PXXX3fv&#10;3h1t+RG+0g0f9NpwEx5Pe8OWvaroGzd804pXHQ/nwkExHDY5aZNZ1XTSbmX37t2lSpV6/vnnR44c&#10;Gc7z0GTf+/TpQ6XJJENWJ4HAIWBeaUJk08CBA0eN0sryYewjYODA/gULFnr++ReccX3xxbikpBOD&#10;Bg1RvuWsFskj2Bk6dGi/fv1QHgvrevbsiR1EueKGRRwZO3asMZVq8eLFXbt2nThxYtOmTZX7Xg2x&#10;MT7aTYiYJpdK0/7jl89euFa9jDouRohNDSvneL1DQa/891jYqg6GntIEdDrFJvE0Oo+oPRawaixE&#10;Q0jP1G7w+u73lvhfy5t8e++XvSu2p8wd6kg/bWYz5q0ehciqMhq98+i8Lg3YDL6oMj1QHYvjtP+h&#10;jChp4YbVc8Ka3LHKOHIzUWayCqYeO1iieObMGVHSj/CVbmi4jQfWIhx69uxZeroWzmWAyGeg8GOL&#10;+Od74P3+OnjrmH993y5a9GPTfumv+UbxmxsmCV5dmsJ0Nd+ErRYQbKu9vsPW1mmcBEiABEKSQGxs&#10;7MmTJ+3o2hNPPLlw4QI8aU5lHEcWLVqId50bhXIEUQkbRB/VuzNnzoS0BEkIopJ4q1u3bpCfcNCM&#10;8xCYYBNi0+jRo6XkZMagD+rOXpv6/q9JV66qk7Fgnd3TzfJO/ufMVae3fOBVuDWx/GCq6DLila5c&#10;uQIV6fkGRcSRfw6c7TJ1nwQiE4S7+wLmR3S9JmyPvzWvSmaatyF5/JxDm/amFntiofO/1v3XIAzK&#10;jz4HTtO2K03oKpbO6flnORQkaUKGJmzyIXSWN0GDJOBMYNWqVUWKFFm9epXyrenbT9X5fBNezRNr&#10;/+N/wg5esW/eoL8sABFALVy40PcOQDLQ+GetP/VLxpXJe2O9fZg0rWKo3Wvlu3rgW2tN2eKs/07d&#10;WigHXvW4wTIkQAIkQAIkYIbA2bNnEDA1fPj7iGASehBesY8jjz/eqXLlys7GEZeEMtggAKneReAV&#10;jojjKCCkqEcffRSvIsTJ8CbEJghYIrLJsB2fVcyVI6pkgaypFxzpkFVb89ty4siVYHgOnc9w2dEQ&#10;sn0/P3O/lJOCVGz6eOq+oymXercvrUR04MTFft/u0oC2cc/Z0dP22kE16Gz6QmnyCxQRx4RE4CIX&#10;uOVhTX7pFBsNfAI7duxYsWJ5167d5s+ff/z4ceEwJKFBCw8+Ur0AXs2LTV3qFIYdqP54xX7gM3Hp&#10;IeAA0auvvgZcEpTP+oIUmxr/rHVDteA8TJpWMdTutfJdPfCttSZbxLl58vwV5KHEq/nz1Lkj+NL/&#10;+uu9XcpkenptrAyem8lNJwFjhFmLBEiABIwRWLdu7dtvv4VvjCNGjDp5MglPmkMKcLxi0RyOPPJI&#10;R2NmbaoFgcmlvGVTcybNInZpzc4LcTlc3OdG2vLoOZP+hlp1+VA5dMwrsQnPoUM6p2UHzgYCEcQl&#10;fbvg8Nsdy5UudNMyzEE/7D566pK2hxCbAqELfvchZJUmEdAk+Nof1rR3YnsRylqpUvuJbjTMhX3F&#10;e46yotD1I+5mwY2Sfp8nAewAKFbqe1NUjPMRH7q/fPmy+PjGbdq0RbTO4sV/i5a/Xn98YLNSiBrF&#10;K/a9defJJ5/AP1kLygXs/JpwEq8G0uZBC3vhhefx6q0b1pYHnPLly+OLC159sNJw/+t1xD9re0Fr&#10;oUTg180n7yibG487QU5K7FvbNUzyt99+E7qqMPvJJ5+KJwrJHWubozUSIAESIIFAJiBlJihKiF16&#10;993Bc+fOx+cCXpGbyWU0k7fdwVesw4cPi8imX375xdvqQV3+Ytq1W0rGRGehquSHYZQyEx4nJx4z&#10;p1NsQsXvN57ECrsmpXP5wW+nJof8tOvBRoVa1s6vfGfM9APz/0326F6t8gHRBY9+2l3An0pTVqct&#10;pmJP/DP54Dko7liPgyz38hnPYgcHTS5Udj0YDj2o5c6XRSjrzp0fRSzQXgxUruvUnVO7ltMxsvpL&#10;6jAWikUyBL65ER1u9M35iK/7PWPG9IYNG6LVBx54EPui+amdbhGSEF6x75VP+C6CkB9sSm0Idta/&#10;WNOAzISmp0+ftmfPbrx65YblhQEHiASoBQv+stx+QBn88+lM1dv3Xvmxad931kyLe5IvrktMnbsz&#10;BXmalu4/g30cMWNQVXfixC+VR+rWrSf+lDsWtkVTJEACJEACgUxAKTPZ6ieSNCGzEn4HX7/eD3kq&#10;be2atvF9x9OupauTNPnRn/BpGrmZ3vnrEEKTIDM9M20vNCY9YtPrcw+OXHYUFa1KCm4eeI/PtxbJ&#10;k+2dR2+6Y1+78wzSM3k0DpmpZzs9t/oeLQV9AX8qTYBnR7qNgwcPVqtWrUGDBtgR44Odxo0b46A8&#10;Yt247Z3Ya0Tl8TtHNLtuslzXrnLfumZoyRUBhxS3c0QrxVvOR3xKDl8dkJG3adO70Grjxk327Nlj&#10;PnRo5swZzZu3iI+Pt0obQlTFq6/2lLEVPgV0vTFgARwBCq/YBzq/eMJGfUZApCpTyTfOHwH6/YEp&#10;Ve4zM9Z+SThZIDZaxr5hH0f0O+Ox5LFjmQ/39ViSBUiABEiABEKYgBmZCb9oQzZSwpFHlG/JfSRp&#10;Er+DjxgxwrluqEJGtu8ZK8/2aJN/xqrMpwmFak8DsF+NS8XVKZZz6/GL5fLFlM2bXWT+1habYrNG&#10;HTiTNmHticCRmb788+DyradG/e+mcw20e//fjifvKXHkh2ba//4cUr91XYsfbqgx1njGnMt/yip6&#10;ytgxnfysNKFLf/+9xOM/O3pujc29C2YldGjlSlpyLOES281Lu9SL5q4vvLu+6s6xpK5vX8TqoJqn&#10;5XXW9IFWLCMAVQiSUOHCjtxJiHyuWbOWeXloxYoVzZo1a9Cg4V9/zTfvKIKoc+bMicV9eFWtWcNb&#10;WKOHe/UOHdo5P9DEfNNKC8CCNYYCFF6xL/OCnz509o9X5+PV2hb9+Oy556bvuf3LhE9XHrW2R15Z&#10;e232vtbfbIMnXtWysDBkpjfn7keqMqxNU5p1zrikv1GYgkGYlTmVzFhDFvC2tzgCD8WGfWvzgmM5&#10;rf6usSQJkAAJkEBIEsAvbSI3U6ClYQol2nPWpTarlbNa6ZgjyVc++yN53obU2WvO/rg4Je0Ko5x8&#10;Mc5SV8LO7aVzeRSbhrcqgwUfQ+5xpBnxhX+e2th//MLIX/cMfaqiKj3TW9/sKpYv+4BOFT0Z8On7&#10;t/xzTeOfcEVPGZuc9r/SZHnHSpUqtSVjw44w7nzEykarV3IZHtfM8eMBtvEdpnzqLnVTRETCiE8j&#10;PkKpeX0jRvS6XixhRyUcuxEmZaW3gW0LAod8bqty38deG3MDC9ygCkESkt5CITIZOvTrr5MhCWF9&#10;jdCG8KdJFIsWLRBr1u65p7nq6XhxcTn79x+Ie3U87mTMmI9VDRlj4s5bYAEc+S7WGyKsCX9CYJrx&#10;4p+px1PxarnYpHTG2APgjEGY8GD5u8rlkbE8vmxadvnh6gWalsu9dF/mj3s6k1Ib66/LQUf2+vNp&#10;15Dl0RLJTxqBQZiFcZPnBar/06268isO9nHEvFlpQZx33EiABEiABMKcAOLKKTPZNwfOX7r2zcKU&#10;nDFRPy053axWXI2yMcdTrjS4Jceeo2kT5wXog2UR5jZ27GfeMkEV3z9RR6eTXolNNQrngFkENOk0&#10;bnex5z7Z/GB8YVV6pt+WHfth0ZHl204Ve2Kh87/W/dcgfbjdjgWj/RBUmiBV4CYWm4wvdT5i5VAl&#10;7HSdAjwzqKn7FK3Gqvf9KCNlU7muL3eQhqq3vSdM13aKp6hiSfno0aPx6q9nqRpzAymuU1NT33tv&#10;qLyNHz36YyyZMZPuetWqVfIGFYE/+NPM1BVamFizBulK+XQ8HIGehTgsEfTkvNLHGBOX3gII7CtB&#10;IWfToEGDhcxU6d5yD317X54yuW0Vm4w9AM4YBDwlcMvx8y83Kipo+LLpzBYPnO07d3+JXNlyZM28&#10;4Lv0wXmwjPXX5aAjez2io5Hl0ZLU7NIIDMIsjJs5L3xTt0uXZ955px/y3/umObZCAiRAAiQQgATw&#10;RQtfwALQsRBwCSFLP/yd0u3TxColY15rV6Dz3XkrFc/WtHrOR+/Is2H3xcJ5stxX35GkOSZr1LCn&#10;CuMVCtTXf51CrNPZC1f92/3U1HMJCQnSh6TTqRr+1C+bV7z7448/4PlX/vVco3X9YtNTv+8KnF68&#10;8X+Oh9e///RNgUsHTlwc8N1uDSfxpLnR09w8EszmvrlbFieOi8b1lLHJzRBUmmwi5dpsuXvaVp8y&#10;1zkFONbEdY8Y74hpmtdX1+/ie/f4+VFgPsWm0Zi4uR07dqy/ZCbhmwE3sP6rRYsWw4YNV/5Trgvz&#10;FjFCrBH78+WXE4R0NW3aVPxpJvGT0MLat38Q1vAKf+TT8bA/atRIrJvDAsC9e11fKw0wcdllgGrX&#10;rr1S7Pjuux9iLucQMlPdrrVQ696PmmXNGf1nnwXeQnNX3hKBw9jEQNzNhbRrw5cmmuyLGf4I/EH0&#10;sgEHzDSqbA7Z6xEdjQcmWpinyTGB956BWZka30yeJjyQUVkd54IBXNpVcHeBqS4eOceNBEiABEiA&#10;BEjAKgJnL1z7eHpSg8o5IiMj+zx0U4qcrNGRLWrHPdc6f6lCWUVzzW+LW7Tp3H2DD6zbfXHWmtQH&#10;hxzcdtDKZ4AY6FRqauaXtFuKxh1JOu3OwpHks3HZo+W7WI5goC2fVdEpNh08fdlnLmk3NHnpkWnL&#10;j33+ovoxPm/8387Uix7kSIhN/uqFu8VxSn/0lLHDfypNJqk6gpGmdFfkYto7cSKEp707E8SqOkci&#10;J40mEmYtyLird5/vyaR/wVgdN7eQ6PDqX+e9cgMC0KZNGzt16oxayk0soDMW3Tp//jxkelIqMgiI&#10;wEHDWBAS1bPna9Ig9uXT8RC4Cz+nTJn2wQcfagR1e8XEpZ8ZcVU3LZ1DMUQzTes2u2jNQkJmwrZu&#10;4sbT+8/U71bbcGftq+gtBIhceAAc1tCZd8nbpkWLeFgsnlQIB/BqwAdjjTo3JB6YaGGeJjQBsMon&#10;MJrJ0zRu3Bei+ieffArLiD8ywIpVSIAESIAESIAEfE9gZ+KlEvmzfvbHqcFPFMqVw8PtLWSmvl8f&#10;G9GlyKfdi/3wesnbq+YYM8Pzc+vt61SxYsWQRELcLDwZX3LN7hOpFy45N4eDS7cf7dLYEcctHqQT&#10;+I+vdRab8Iw5HNyWdAHPm7MPqQHLSM/0/i97encoo0rP9N4ve1dsT/FoEM+b81gmDAtQaTI96EjI&#10;NK/vju7X83/3irgH+WeaPY/ESy1xrNfOyloxTdUr7+zlqNkSD7ALx8RMpukHigEIQJCBEBStcghR&#10;DMgEbGwB3YIFfymTGcEyVtLhoLE+iwgpsXRObOKhbzJICk/NEx9y33zztbEm9NQCCgBRfjQKmSlX&#10;3rh9iw7u/nOf4+Nz4saN321p8d5d5e8uo8cmy3hLoPOvARSo7K3ztpbHKYB1nd26Paecos5KsTHt&#10;2FbPaZwESIAESIAEwpZAnQo57q2X66P/FSlfNJs2BCkz3V0zMyDoqWb51u/2Z0wTbh9wEyHWGbzT&#10;tnK2LJF/rd+jEpuwpG7y0m333FroqQylaeXKlVhIERTDrRSbnqtXqE+TongaXY7oyB4NHM8FCpyt&#10;14Tt8bfm/V/Lm7KSz9uQPH7OIY9OQmbq2S5MU99ow6HS5HHy6ChQrutUkf4b29SMvEtIvCQOTR0x&#10;Yqo4BEXKxQ7eznz+aGZ+ZFlMWUWHD+FbBMRUIp3zEdvpQABCjm2XzWABnQF5CPmSkMxIKQzBOP7E&#10;QWMPhlu+fJl83JvwUzz0TTwdD/fVzZu3wJK6Vq1alC1bFrFUNiFzBrV01MqIqxG3NK5YKb7C0uEr&#10;Fw9abofMZEkiamNM8Ny3Op9v8u+z51Sef/9IYD04wxhYO2qNHDmifPkKyKmkNP78888pk/FjH0fs&#10;aJ02SYAESIAESIAEjBHInytLliyR2nWdZSaU/zvhHDI6GWvUqlp4Gs9PP/0ofsea07NR7uxRY2dt&#10;mLP6v+UJ+/APO2P+2NikQr5pLzVAAfxIjEUJd999j1Wt221Hik1CZtqXcvGrduXK5Yuxu1399gf/&#10;uOtoyqUxz90UMYD0TMMm7x38ZKUjPzTT/vfnkPqt6960ZlN/06FdkkpTaI8ve+cjAlh3pro7lQ2/&#10;8UYfJGfx1g8sWcJCHohByor4EweNrSuEe1gZp3IDR+CeOIgdGJ87dz5Wz2ElkbcO6ywPFD16vKQs&#10;fMcbjSKyRGxasK1QmQIFSubbOW+PD6KZjD0ATmcfVcVqF8tZJu+NT1NfNu3OYehu4i2lM8Z6p7OW&#10;dq+9dcNaa7ILX3/91Z49u/v06avqFFbSTZz4pRCb8Ip9rq3TOe4sRgIkQAIkQAIBQiBh/0WxaE5G&#10;M8ExaE8T/jz1Ypv8/nUSayDwQxd+7oIb5QrGLny98Y/P1a1VIi7p9Dn8w86yt27/rmsdvAs1asiQ&#10;Qfh52NjtgL+6KcSmhl9uC0CZac2O01OXH3u7ozooadAPuysVi+3WOggeO+OvYfXYLpUmj4hYgARI&#10;wEYCeUrmavdlm8uXLq2d8e/xfUmtRjTzwaI5Yw+AM0ahQoHsZfPGHEtNE9V92bRHh5XOeCxspoB2&#10;r711w1prol8IFUT2fUhIKnkXbyHib9iw9yEwYR+v2DeZGUEmBWd2cDOTinVJgARIgARIQD+BOetS&#10;H2iYCzLT5n0OySk9PWLXkctCe2pSNVa/HZtK4oeuY8eOPvnkEyKvxf21in7euebqfnfiH3YaV3Bo&#10;Yfiu0rv3axUqVJC/E9vkjB1mITbdUTou0KKZ0NOv/zrcqEqelrVvUhv/b97h+f8mz12fVOyJhc7/&#10;Wvdf8+e6JDsohZhNKk0hNqDsDgkEHwEhNsUUyNZy+N02yUxWPXvOANwhiw6tOZxaJC7ziScGLLCK&#10;DwgMGzYUrbzyyssyYErZqBCbkGLMvMzkg76wCRIgARIgARIgARUBSEuxMY473wrFsq3ZceHvzecK&#10;5sry4xsllSFOfoSGH7o+/PBj5K945pmn3313ABKbyqSQ0J7w5+uv93777TcbNYp/993BfvTTTNMf&#10;tCoVUIvmRF+Wbz11X4NCyn6t3Xnmwyn7NXqKJ82Nnub6Ud1m+IReXSpNRsa0UKFCly65eCiAEVus&#10;o4MAaGfLlrmC2o/wlW7o8JpFvCAAsemxn9vbJDN54YcNRfF8tH+6VX+5UVEbbBs0Cd3NYM3QrYZ1&#10;o6pQKVVfITZhkazJaKbQ5ceekQAJkAAJkIBPCURHRWaLjlyz84J2q3uOXu7+WWLSmSt1K2SfsvzM&#10;lavp0JvqV86Bx9XljctSsZifMzQpnYfYhGClYcOG4+CYMaORPlX8+gXtCSHV+Lnrq6++UeWg8Cnx&#10;UGwMS+fQLVVAU+//25F68ap2dyE2hSIPi/tEpckI0Dp16iCNt5GarGOIQEJCQsOGDUVVP8JXumGo&#10;H6xEAiRAAiRAAiRAAiRAAiRglgDyf/d8MP+bXx9/59vjg386ofr3yYyTCGKCzPTC50fKF81aMHf0&#10;PbfFDXy8UFSk4+Cyrecb3uL/FXMuESABE6KWxA9geCZdp05PYAe/dUGEcn7ItVmIYV9/ztoTNcpk&#10;PoUQMJAF/NHhm/ce9SBfoiSeNxcg8P67PcrlP6V7esrY0R3blaZr+8e6+2dtf75Ejg3FNn78+HXr&#10;1lnbhLRWo0aNOXPmQHewyT7NSgIIIwLnzZs3Q2ASB/0C39kNjhEJkAAJkAAJkAAJkAAJmCHwS6uZ&#10;ZqqHed2Hm+T5/IViZQpHF82XRfXvlpIxkZERb397vGHl7H0fzlwb1aJ23L7jadCe7m8QV6tc9sCn&#10;FxcXKHJG4LMy5uGyrck1y2VC/m3Zsdb916/YnuLRFGSmnu3UGcQ91rKjwC3/XNP4J1rUU8YO32Az&#10;MiXlBs309PSrV6+ePXsWjzk32d7elyOLv/qxtpGYij0REPj330s8tnXXXXd6zJwKlenxxx+XplJT&#10;U//++29Iv3Xr1vVo32WBTZs21axZ011dsIL8sWjRosuXLxuzz1p6COTOnbtSpUpQ9/HkUlne9/Bd&#10;uqHHf7+U0Z66PnPJN274phWfQQv2hoJiOGxy0iazqimh3Yp499lnnx05cqSoWLAgH7ur96xKSsrM&#10;7tmnT59JkybprcZywUbgwB8/PvJbUkTp+F8H1y8dbM4Hir9J+3p+vmdvRJG3B1TLDDgPFM9c+IFL&#10;ovkz2qMRwx8BUJoenXt/APOzxjXDfMw0jxVzbd49sGhY2ZzZM0MrRIhTs5qxUnsyY19Z16YOvvDC&#10;89WrV7d8xZzl3uKhxrterWEMZsUxm63N6uBV75DbG+vgnri72PlL11ZsS3nr0fId7yhmrCPGannl&#10;rWwCMUrQj4y16LKWMYMenbdRafLY+XKfptunNOXKZVYD9sjOYwdZgARIwG4CPE/tJkz7AUWASpN9&#10;w0GlyT62Hi0vGf/JGysiVOpP5sH4Nqu6V/RoQX8BldIkW/m1e0VrhacD69d8NW3F7AMREVZ3wVNn&#10;z/0+ftV3xyLK3t1w9B3XV4Vs39Ju8rH0IuU/7162hKf6nt9XKk3Wqk5Jx39fsve7hHPwIT0i510d&#10;q79W5cbCFs+OuSrhUSTSY9ajEcPfRqA0xb9d98ia41lzZKn0YPlcJc32V093fF/GMB8zrqakXm05&#10;YP/M/qWL5IuGHftkJhi3qYNBpDSZGSl/KU37j19o9Bo+exxb41vzffRclTKFc5jpiIG6xmYOhCED&#10;bWlXMSBdeXTeei9FH6AiefxnOSCVQef1dHPnzrW7UdonARIgARIgARKwicCc7pGR3efYZNzfZneN&#10;aRLp2JqM2eVvV8Km/WRbenpk16ABnzzySYbMxM0LAsc//jxByEzYIiPOLZ686uPtXtQP0qKQmQre&#10;mi/twtX14zYHaRcC020k/I6vEtvn62Or/js/f0OqTdFMtva9SJHCOXMGgfgoH/FsbMdWhhrGV/2X&#10;gndrloubMbDu7/1q+15mMtxx7QVxxt417IxGRbuUJv2+YmWcx3/6rSlLYo0V1tPJDX8mJydTbDIG&#10;k7VIgARIgARIAAQcWs/NYohDIAlZ9cfwmF+XjTK0I13y2JxRPZc/NxtfVpa9amUMj+EehEXF/Hd2&#10;f2XV168gbMrCgKYD61bPjrjlpVfavGSh0YAdjoJlRw9oNt2qZXRFijzZseG0Ac2mvVi+aUaX95/I&#10;FJ4sB4DkDM6b5a3oMdjw9dsqtC2D16NrT2iXVzr8yy+/6DEuy6BuGD7OaOQzRZCwqff/Hftg6slO&#10;TfNYvmjOqyEwUBipwbt0ecZARVbRQwAL5cY8f+vcoQ3qV86jpzzLeEvAz0qT6qnSGn962zGX5e+6&#10;6y6KTZaQpBESIAESIIGwJdC4cePlPUeFamSRhcPaePROCEfYZj83oY0eMa5x1UoWNh96po6sQaxQ&#10;wy7i34+D/rgRkYSlaoMG/Hj9rU+eGr9GEU6UvGR85ls4vu9mLFg956g1XoSRJX/nsP/jd0eSv1NU&#10;UZqSx2Vb1+vesFv6vk6rBrd6sk7+QB6Bw0u39By8sF3Gv55Tjh++7uuqpavk8QfHb/k9M30Z3j7+&#10;8XhH4QcHr/p4m1L9Of6x4+CWVQ4LGfvj963anmkcFlZJC0n7hAX578Epx29GVPi17tUeEsvlChYq&#10;XcRefpBdnDd7m8ywPn37qfY//me4odmzZ8PtiRMn9uvXz7CR8KkYkzXy7UcK/jOy3NzBZZ6+J2/4&#10;dJw91UnAx1mZdHoVMsX8rDT5mGNcXBzFJh8zZ3MkQAIkQAKhRqBjv9GN3UknylgeKa4gEKrJmDEZ&#10;0VCO8CeUwQoxER0lj4h9xcoxhSU9Kk0gQ7633XMRCTuur4lzgchxqM2EiOU9K92If9JDEp12WUzE&#10;mUnC2lRdWgg8nOvnNnxLuR4tafZv3z+VKTbt+sqxVO2GKPLfihWPZIpHEUvGf//Gisy3cPwNpAP3&#10;sCV99tb3nymqXDcFHerGcU9G/P/+vkWrbsg6k48pHTq8dFWPRcf2XT+0LyHhxUzR5/jyRefk8chj&#10;x779fV+GCIXcTwmLM2w4FrUp6jr3M/LYnvcnZxqHhWGZFrAybo+woG87dyCjcJlCQbB0SF+PHKUg&#10;M705d3+1wrHKKgcWJ+LP3bP2F6yqV53Eo3JQJQxjlPSjZkkSIAG/EwgvpemHH36YPn366dOn9+2T&#10;H6N+HwI6QAIkQAIkQALBRaDSq99AaxrqlE8ImkWlntUdK8Cw7Ryd0ObGsrrlPXtGZLwx/l5HX6Gp&#10;TGsnSkG0iqy0tZ/4I6Ln08LqnO5PR3yTacdVU8EEbNeYoRMiqlcWa+LmdL8ZUYYKVPHVZQh8ihBB&#10;UBmEXBbLMHATSffFIia0GVo1I6Zq9nMyBM1RPCIz0mp2RMYAaljwNeMDKx7JjFdyxBk5coTf2JK/&#10;m+YIA2nzcGfHYrevX/n1lVtuiYj477c1GQ8wzn/3w/Gj3r/+1sN4JyJixe6Mt3YtEnbi2/yKiu/H&#10;Z7zncSv40iuw1nlUfEbJw6ccYU1Hds93/OeWUe9nOPBwxoMdfZ3t26Pnegocn7zoHPJtP/lis4x1&#10;atWbInoo4URGUFLhjh2rj8VBuX7t2LlDOJx0YukxR4rujCoN37rbg/pTtnqGkY4ZUUnCwvYTi5Hk&#10;WxzPWBnnSE/eobA7d1dNSRDlX6uip0dGyixevBgLyvCKysp9I7Z01/l6/fGHqhUY2ryUrJG3fO6d&#10;0/bOfWHxrj/21eiib3pGRGDpXIkSJeA/7EBvEqvq8Gu6MIt9FBAHR48erfKuc+fO4q2+ffvKt1BX&#10;HBRAnG3q7iILkgAJkEAmgTBSmp5QbPjJkFOABEiABEiABEjAIIGKr/aDfpGpCl23sWvWZGQaElKS&#10;Qz3pp4zkufFGxrvX/6zYtmPjG39Urh6xfOtOx/v3jr+ershRIvOgQWf9VU2EKEVGVprccWemwuYQ&#10;nRqPfkOBaPnkWc4JwDWL3SDpoVgmwRsRVXOmTYh4rl9mGqgMwjr98RdB2W6myhOBOCaxbO2RT/7L&#10;WIB0cv8RvOa/s26+/TP+fEq89ZtiadL63bMdxQq+9EBGJqZi9YcKhUhzu+Xh1hlr3/LfWT/jzv9A&#10;8j5PVQLwfTx7ziEYiX9C9BFbhuiD0KTvPs9YyPa5CFZKPZQZ7HVilFjjhhAkWSUpI9CpSJFGDng5&#10;G95apKz7DkOQuuPOwo4n3FUpJHItObaCOR1VTpxYuf34qm3HHJYLxbp7Ch5Crt5P8CBFmQeOsCCs&#10;QevatSu0GLxiXwQK2bqtTzz3bJ1CyiZajWt6z8dN8Ip/hWt5npxt2rSBHjRz5sy///5b2OnWrZtY&#10;UvfCCy9I8QgFcATHx44dqwp9+v7778WywSlTpoi3oD01bNhQHBQQXNq0lQyNkwAJhB6BMFKaQm/w&#10;2CMSIAESIAES8BeBe8c7YmVu0pp2bl1+kzeVqpqQiG6s6arU82az/uqx1+1m5mlSxBRlmLguQDlE&#10;KCyZc7dZW+x6Ky5SQelsyOvue12hdLwj7Oj6v8x4Il1Wdg16azbWu7lPflOgTDFdhrQKFavQwiFW&#10;/ffGW0LPcggzbeqHVvb2pH2jsPDNizVuuqkWjC0DeevYse8mJ7y/6FzZ6m4DmlZNwcq+c46Ip+5l&#10;3UlRulv1UFCITdBifCMzqbxBtiYspvO2LxCPsK1alRGClhGNdfjwYSE/IXMT9sXxgQMH4hUHISGt&#10;X79e2YoMd8LBxMREqEuwNmLECFnGnU1vXWV5EiCBMCcQFkoTrphyC/PxZvctIbBp0yZL7NCI3QQu&#10;X768Zs2a119//VkvN1TB74FXr16128MAtB8g0ztA3AjAAQokl4TWNGqW9AnK0k3+QXkymuP65jVd&#10;N5sNJAZ6fLn3jZuXGmY8YO7G5u5Rc9YWu+6oi+gwnQ3p6ardZQq+lLFyTfGv05OQkGTgknj3Fecl&#10;SCL0yeSWvMexeq7gdesF27zSeWAdkzb9UT0jvCg9okjm6rmMoKfpAxo+VDDi8DZHfiWsWVM+/c3h&#10;oohIOnZspUNeO4egJBTzaju8dC/imJp2zIyxGt3BtYoEmen9BB/JTMJ/iE0ykMerHhkrXKd4zknr&#10;Mx8w16VO4UELDyrFpj3JFyE/3f5lQp3Ptb5nQj/q0aOHXBaHZXQytTnilbQdQ0kIUqI8Kror7JVN&#10;YyhYiwRIIOQJhIXShE8RuYX8iLKDJEACggB0osGDB+P3vVdffXWklxuqoDqi0KFVkScJkIBbAhka&#10;Sk8ZcuRY53YjU3jGwqyObU3HfMwZFawxTde5iaWGGU/ry0DknOBKTdjaYtK6Yx2dbH1Od6SI0tmQ&#10;38+BYvkqOHxI+mzGrutPgkte8sfcpwYonzFXAFEzeH7ckjWK2KZi+TOEoaT5MzLWKB5Z089zRnA3&#10;vRV6VnyDbzOlrk4DA/vpcm4HrWDZx6tj9dyxzNVzGQ+DwwPjEAxTolAcakUmJKhXzxUsdEcRueBu&#10;FYKSvJ0RwvLiyZkPnsMD7JQPvMu0lrTvpwSHZeQU73H9EXXXn2rnbYMBWh7q0u9bTvb76yBEpQer&#10;5BvYrJRSbBqw4FCDknH/dKv+22OVtTvQs2dPsSwONzj4noMwJVX5WbMcPwHgh3bEK9Wpc0MQRRAT&#10;opzEWyIACroVdCVlOid3NgOBqcwnJZNSBYJXIemDjH0T6cCMbSLhl2r9psuDwr7GW8Yc8FhLpCcT&#10;m/N5JJz3vVcu3cYqV2zueuTMWZzdKvg+hmy90qQcMOe+eRxvOwowpskOqrRJAgFOYMmSJVWrVr39&#10;9ttz5MjhrauogootWrRYtmyZt3VZngTCiUBFR2rwGx1GYuvZzyHBt8xO5C5exyMjR7xUpqGhVUc/&#10;57F8gBfIkHimZUhNry7b2XGyyN+kftqeohPWFpOG7x3vSLouWh9a9RtkbNLZkN/5VnxG5FdaMft6&#10;1vDv3/hNpGpC9iUhJ4l1bXjSnMLbYvW7ZmT1/m/FbEeCp7dWGH+8fJ0KbTIcEImiHP8G/Dgo8+F3&#10;N/PBY/IcBb7/TKhimVXmZmQoD4itYYeGb1XPCFNSbVWq4bg4hgVuT1aXb+d86KGMxOGOYKicTTtW&#10;f1KR90lXlwoqcjZlZInCA+9GLfVasdLVVgAXgro0vFWZLcfP3z1pa5kP1r/yx96T569AbBIuL91/&#10;5q07HXFG5fNn99gJhDUhmxKKYekfwpRUSb6PHDmCI8g/NXToUKVSABXp0KFDOPLll1/KmCakfIJu&#10;pcwI7tKmR5dsLSDu9pGLStz5w39nXUCPAy7vvfVUNF9GeY8spb0AUTFUvROxbyL/F15FnngDm6At&#10;ZqAkrzyosumyvIF2vaoiuont0UcfdVnRL145jwjOXGzm1RUN/l5x01M4MiUlRZZDKDd+xj979mzZ&#10;smX1VHY3GBgwoQuOGzdO5qvTNojyopbhdnHFgf+y+nPPPTdhwoTHH3/cpcGffvoJBbTbwtqNmjVr&#10;GvaHFUOYAOdG4AyuxlgMGzbskUceyZcvn2FvL1y4MGbMmA8++MCwhWCsGCDTO0DcCLQR1MYi3sVS&#10;UcTwCc8LFvScXzbQ+ugvf5KSMvMh9+nTZ9KkSf5yIzzbXTI+40lzyNM0uL4jFVLGlnlQ8XC3A+vn&#10;9pv233+ZQU0Fb4lvMLR7Rp5vbOvnPpWZIxyL2ipFfLJiNh4S93WrOx3vJX83/k9kccLeLfHxQx+I&#10;6Ae96XpbN7eS/N0Ahzx0y8Odv70v43nz0Iw+gTaVYerImqdcCVVtXnlFvYYus5ZqMKU/4TjIq6Ys&#10;RJJvrJ4Tz5LLXCVXvfp094+fswoTLonmz2iPRox9ZmHpHGQmRDZBgUJ/oT3tf92CBZnm76qsgi/t&#10;GOOjdAPRHPfff787LUC/wzbB0dNBZdOIyUJwmTI9lssuaHtruC8evYW0hFRfOu/idcL31ltvyxub&#10;bN4SNuyVO0oex0JUVEYdIqTR2ZpLxyz3VtWuR+etj2mSHuBagLBM88KbzukLXR/ikdx01mIxEnBJ&#10;4LXZ+1p/sw2r5Q3z+WnjmaGLTsp/+NOwKfMV161b26FDuyZN4keOvJHx0bxZDQtjx36GFm1twqPx&#10;Xbt2mZGZYB+RTcnJyR4bYgH/EsBkw9zGq61uoIm0tDSdr7Z6QuMkEHoE7uyekV9JITOhj5kHu99Y&#10;flm6TqtvB8skTZ2+lTITSuOtG4va6g907AuZCVv+J7t3Eqmdvu1ev3Sx+o6S19u6uZX8T2bYz5SZ&#10;MsxmVHSYWjLDEQ91C5Qv0dD7bdpkqFy7E50+JjJrqVJKSX9CbwD19kiunkMyJtS5q2phvTVDsZxK&#10;ZnJMt+I5v93gyOKEtXWh2GPjfcLtJJYBupSZcC+NXAciWEGEz2CTa+ugT4kj4ql8ohgSqIs/ncsb&#10;d9HLmoiQkM/+87KqL4qLFZTyUYaiSWdcIrJEEJZSiGQugs6UETSSvDiIYZKBadC2xKg5l3dZzD4K&#10;sptKccdlL2RJwUG4pJyQFjo5bdq0tm3b1q5dGzvSrEtXXR5UeSK6I7z1OIJmemGj0qR0S3We4y3l&#10;LLTptEdoOGKXXG54yww11g15Ah+3Kfvn07eeOJdmrKenL15be+Ds0Mkr+/+wDP9GTlmzOzkNB41Z&#10;M1kLMtNbb73ZseOjv/76+6ZNG+2+IRfeLljwV86cOWfPvpEp2GQvzFd/8MH7df7T0xYUB53/gt2a&#10;9B/fiZGjVJm7VIOAnl5bVebHH3+YNOlrvFpl0KWdv/92LHzR/2qrMzROAiTgLwKZq/AcC/Fmz85I&#10;EN6ibkb0EzdNAliv9+T1dXkomF6kyJMdG4r4prDdvl5/XEYzCQgfti7z46Yk/NL51O8ZacW4XSeA&#10;9FIa+cuLFSsmbpsRdiBWQmGRnVBJkCJdLIwSso4ohjIimMi5vM+Q4+YXPUK/0KK87ce+TEQF5UV1&#10;g+xj1Uyoe/BBLp1ziQvPz0FJ8QxH+A/ZQqaTVyqDKvKCM4YJ1cU+BgV/Sv7K8hrFLBkv8ehGOQro&#10;JtacuoyVcZ4/oiScF4n2hT9yQlriHoyIIYCHUADln2ICO7uq4b9Lf3SOoMG+YPWc3E6dOoXo8b17&#10;9970UBQv/6hYseKOHTtQ6eOPP37iiSdUtcW7P//8M6LTlW/JWjgIiMKCczEvfTFVfOPGjQbqN27c&#10;SP7r3LnTrFl/GDCirLJ27ZqWLZsLm9jBn8YMorqqovMRY5ZDtdawxYe6Tdvtsnce58bC3eeaf7Kh&#10;7JsLkU8aW55X/nziux046HtWmDAtWtzz008/Ck8WLFjQvftzdruBaNvnn+8+efIvAwf2t7stjbF4&#10;5plnTpjeYMTuLgSafZdIp21LrjJ6Q+lR6/CKfR/47PEsEz788svPTzzxOKKN7L6gwb44iZSbu4P2&#10;8dHGIt5Vznz7PAk9y/JqEYZnfeiNpj09Orn4ix+efHpMg8x/Pzz5xerFifY0RavWEbDkjPZoROdn&#10;lnXdCjJLJvngxhC3ii77LG8h8eUT+3ITN6G4l5RHUABHtMsbxqqng8q7XTSEG16VS/BZ4wZZ+ibt&#10;GL591uOtaE5QxatLvEoHxL4YKYgA2t46dwE0RBV3vRPvymIaI6W/d8rmZH+VTTg7o5o/0g2MHSab&#10;s0GPM0qPt5gVEil2xCTBiDi76vKgGBSxCY3FJWR3I2gGtS0xTUIaRHCXfNamjMuCHgb5Fg9BgLSs&#10;jEmTOpl4FIKwAHVQPBYhuLby5csPGzb8nXf6HT9+/L33hmJEzfhft269uXPn16xZCwaxgz/NWPN7&#10;3RdeeN7vPuhx4Lnpe85dvjbhwfJ6CjuX2X0ybffR03ffWmjG5pObj5yPr1Bg/a5jOGjMmuFaIprp&#10;2Wf/99BDD8MI7qMmTZpYo0YNwwZ1Vly0aEGzZs2aNr1r/vz5OAt01mKxQCYwbtXRp2oXgod4lblL&#10;/e4w1MwZM6aPHPkBPgXhDF5nbjz63qwde5POW+6biGZSbfoPWu4PDZIACficQP47u3e6vkYPK+Ow&#10;fK/+ncV87gUbJIHwIyAigDymAJfRNIguEdFMItIEm8uQKFV5/3IVMUQamZtUd9NKb+27fYaWgdzz&#10;iNlBc3pwKZdl6ckjDuN4TiK61q5dOw3+eBdlPBbz7wja1zpkE5mzHzv406u2xKCITQTKaWzejqC2&#10;NVuUJhG4KLOIOZ/n2n3QM4+94uvjwnFxuXBatmnTNj7e8bwTPP3BvANY9FSxovF06eYdCDcLc3em&#10;rD2cigBmAx0/dPrK6n3JicmpL91V6uc1Rz/7+2DX20vuOXb6aOoVvGXAoLEqzjJTnz6vV6hQoUeP&#10;l4wZ1FkL0hIEJshMhQsXjo9vHFAL6HR2gcWcCWAxqXggDl49Pn3ZNwClzFSokEMCw4YnWgweNLDf&#10;1O33jl5puQ933XU95YvCtP6DlvtDgyRAAiRAAiQQPgSwhAqykRQvsKMSnkRqIeVBBDcg6zYQCSFG&#10;shJr1pzL+xKmcEkshtKz+Vg1A0aJeu3atVgO5hUupKyGhLRhwwZV1wR55YbcQ4hNwTPEsOPMQZbH&#10;u1jkhc1lMT0AdZYR3RR9d6dsyvkjywiVEJE0OlvxqhjcwDSWUhF28CcOunRVj/96Wnc3gnrqKsvY&#10;ojQ5zyqX57mqD4Fw2nuLT6M87vORj71IkSL6LyLurMFUXFxc5cqVLXQveE1ByGjVqoWMjcIOMk8b&#10;DpxxZw3P/sCtNf4ZALU+8eL2g8nVS+atUSx26Y4TK3cnP1CjQN6cMYsTDuItAwYNVHEnMw0aNMSA&#10;Na+qLF78NwQmyEyohRMfCZu8qm5fYe0kTcba1U7V5C+bOhNIoZgxD+XTl/2Yp8lZZkJfENNULub0&#10;Hal//nc09dvlmQ+NNtZH51r6w5dclrTKDdohARIgARIggTAkgKQ/CGXo2rWrSKmDjNrOCcKRLQhq&#10;lCiAPE24BcNT4UVhGdPUoUMHGBFZnFTlfUYVYgF8QIYdZYsibst5xY+4Qfaxaga2ePacIInWxcPO&#10;9OCSgVcIvVE9Ik1JXnYc9kuWLIn7BedYG2V58S74eAzJMTCIMk+TgI9xEdNs/fr1ztaUXon0TCgJ&#10;C4Bjh29wAPoanrqo9AR/ivxWLl3V9t8jH40R9FjXRQH78jQpF/XhVMfaP6xgFEtSlYtmRTEsOEQB&#10;uexQLiZUrVb1uNbRwgJ6lk06N6fM09S+/YOG0yopLeOeCllvTHbNL3ma0H1k6oHzSFklliJjH7mr&#10;evfuhSN469ixYwb69dVXk9AdGIQpsWPAiKxiwJr23Bi9LLnga/N6/rJt7KL9uV6aE/G/6ev2pzzz&#10;zeZyb/+Nt8y4qrPupo3/Pv74Y889100klIE2j0Q2Awb001ndZDGMLGasNGImuZgeT5inSQ8lr8po&#10;IEWeJq9MmSms4QYmGKY0JrYqa5KY6sjchJPum2UHzLTu8trOPE3WIg00a8zTFGgjQn9IwBICHlMs&#10;6WnFoxFjdw16mg6NMiHPR08HlWmklDcvqmxHopgooLxBVt1Nm7l91uNtoE08yAg67/iCq3fB5a1q&#10;Vnh03vqYJpcrADEzxIpZkacKQqmMARPqF1al4ohYm4oC8l2N1apGdDWf1EEcU6dOT7Ro0eLcuXNv&#10;v/0WoktMNrtlS0L16tVNGjFcXTz7QIQRKvd1GnzxxZfGjfviww8/HjPmY1Q5duwowog++ODD7777&#10;oWzZcp9/buTB5F26PIPEVTA4ceKX7dq1Nxk1Zq21/05cXrMnKe3KtZHtK/y85kj5onnKFcmDBXRY&#10;Sbf32OkDJ8+jgEt0Jjkrbc6dO6dYkULJyUlDhgzCvZNYNKcnmsm8D8hKtmfPntGjP5bRLqmpqQsX&#10;LvQ4W8w37bEJFjBPALF+xoxYO77IhXf+/PmDBx2PfZKbmOoPPPAgHrNYv2xeDT+NOSMilcRyOfmK&#10;g6ojeFcjpslY08aYsxYJkAAJkAAJkEDgEFAugFLevCjvnWUZUUB5g6y6m1a9G+y3z9rDhK9PCE8z&#10;eccXODMhfDyxXmkKH3buelqkSFGkwnn33cGvvtoTt9k//fSTSSa7d++uXt2CLM5KzUt/nnKc1QgI&#10;RBghQgrxin395znyl2MVFaSlbdu24Zn34AD1DcqOAIKdFStWGIPz2GOPIx4K24MPtjNmQVnLQmtY&#10;H5ewP6lmKceN7saDpzbuPQGBadbGI1hJV7dcgTU7j7pbQGeGs7IvJ5OSkk+ejImJKV2y5LZtW595&#10;5mmdMhOMmPdh+vRp0FiXLVsh/yE7/l9/zfc4Ruab9tgEC/iRgLXjiwsLnpAwYsTw9evXiU4pZSb8&#10;GZc9Ol/OrO76a8wZoSgJFUm+4qDqCN51mbxJOGOsaT8OHJsmARIgARIgARIgAT8S6Ny5M+5AsQTS&#10;jz6waWMEIrF6TtZEQBQyqp49e7Zs2bLGzIVSLWRZqlmzprc9QigHwm0QxYOK0F/ffvtN+ae3pmR5&#10;2Jw6dbpIfGN4e/313uXKlZPZoL/++quEhATEFuk0iL54JTN5mwIGwoROT0Qxkadpz57dzZu3eOON&#10;Pl7VdS7srTWNuTFySfLQX1d/9cxtyM2kaqjP1N3frzz4Rru6fe7M785hbzmr7EBm+u3XX/bv3yeO&#10;54iNjcqSFffkXvEx4wNSaA0b9r7qCYlIpNW1azfkyPfohoGmNcbi2WefHTlypGwUeZo8OiAKTJ/u&#10;WPwsNsQtT5o0ybmi/hmuZ24HlDUNpGU+WK8Ma9Jw22WvvRpfj1dgSOd4uGffvm+WKlVaRjOJkcLj&#10;595p6yGxnVfOwGZamhfPjsya1a3OBVPeNq2cftpYxLvKmV+wYEGd057FkpKStM96IiIBEghGArgk&#10;uvwc96ovHo14/MzyqrnQKxzyfIKrg8HlrbenQ3D1Lri8VY2FR+epNLmdvR7ZuayJWy+s7Oja9bnj&#10;x4/h8dtYSYT7fD332O78wD0JlolNmTLN29NMVR52hg0bisfhFSpUGAtPEGbirAiYbMK5OiQG6bnY&#10;Vx5BrFPv3q9hGZ237UIm+/LLCQiWSUjY/OOPP2BHf5iVc1sGrLmbG4v2nP9w3p61u44efL9p/MjV&#10;6/aelM09c2f58Y/fUqj3wo53VH68bpG7y8d622uP5RcvXrRowV9IJSNK1qlb7+FHHvVYy8ICeMwc&#10;1jM6z1VvZU2vXNKvNHllVhZ2pzQZsxYUtfQrTbZ2R88VWIhNsbGxYtGc9Gdv0vlyBS0+xXBtd14W&#10;J2OalChwUI+8aIwelSZj3PTUotKkhxLLkEDQEfAoEunpkUcjej6z9DQUqmVCnk9wdTC4vPX2pAiu&#10;3gWXt6qx8Og8V895O3s9l4e6hFAmpKpBUTMyE4SYJ598AqawRgyhIibzPUGL+fTTsZCZ4BUeCo59&#10;VeCJ546ZKPHrr5Oxbg4G8Ip9YQk7jRp5/fQrcIDMhCVa6BFCtJAVC0ocWL02e1/rb7a1//E/r9x0&#10;Z80rI7LwwdNX9hxNaVOzKI4kHErp1qrGkCea4F/beuVnbzqKg1hVt3rHURQzZl+7VtOmd787+L1h&#10;w0eJfz6WmeAbFFWXkiiWSeqPnrODDG2aJ7An+cZjE5X75i2bsSCW0WEJrVJmgkHLZSbY5LPnzIwU&#10;65IACZAACZAACZAACYQVgbCLaRo5cgTCebp1e+6RRzpqj7RHlS6sJoqxziKYBQ+5R+IqPL1y3759&#10;WOY2apRjNRO0M0hOCP4yv/BN5djtXyb808327Oku58bpi9cGzz/y0fR16wY0RQrweQnH32hX+9XG&#10;+eDhmOWn+v+0avhDVYvkzvbMV//26VD/5fh8ebJbqfN+8803Xo3R008/7VV5jcKnIiO9MpUvPd2r&#10;8obPU9XqOWONMqZJcKvz+aZHqhf4YvWx5xsU+TXh5PoXvV5Z7C1/l2eZH+c5Y5q8HcGgK8+YpqAb&#10;MjpMAnoIeAxHssSIV3cN+KnV422IHq+CqIxXfIKoX9LV4OpgcHnr7XwIrt4Fl7eqsfDofHgpTQMH&#10;9kcuqrZt7xswoP/cuR6yFHtk5+2892N5b9Op+NFVM02/v+Tw3lOXJjxY3owRPXVdzo0/d5z7cO7O&#10;vzZmPg+rea3SLzev+MCtcTA4Y1vqezO2rt7pCGvC9lB8pa53lG5d2ZEi3aoNd+D6xSOvCnv0MFiU&#10;Ju08TcrcTMouaytN2vmVjC2hMm/TZNYnl9N7+vZTb87dfz7tWmzWqOGtyjxYxSGh2nphcac0+Wue&#10;W5inyeM5pVGAq+fM0NOuS6XJPra0TAJ+JBCAShM+PXv2fC2sxCYf3FXhSdlyms2ePVv8qTzYo0eP&#10;nj17ijLujhueqD7ooGHfnCsGl7fedjy4ehdc3qrGwqPzIa40ffXVJCSOad68OR7xLmSm/v0HZjz6&#10;PUkk7Tb8hd7bSc/ydhN4bvqewjmzDm1eyu6GYN/lefX5qpTk81eVrXepk6dknmgcOXT6ytfrTyvf&#10;yh+b5cWGeS101SvxyKvCHp0MFqXJY0dcFmBMk8QCsWnQwoMDm5USMpPdW6ApTZHexO7hs8YmPlSa&#10;bAILs1Sa7GNLyyTgRwKBqTTFxcXhYSnhIzZ5vCM1P0MgHgmB6Zdffhk3btzff/8Nm/Ig9u+66y6s&#10;sRgxYoTquPmm3d0aWGLZDiM+GA473NZpM7h6F1zeqobAo/NWrt/ROfw+Kzb9649nzpzx5Zf/t3v3&#10;biSiljIT8igNGjTYZ26wId8QmLszZe3hVKRq8k1zzq1AOep3dwHlPyEzYcOO6i1rZSbRCvQjnZu/&#10;ELHdoCYAgQmL5nwjM2mA0jnJvV1n53Fo8Amif/NojQVIgARIgATCmcDgwUOQdVSmLg1nFJb3/dFH&#10;Hz18+PDOnTtVlr/8Ek+tmeJ83HIHaJAESEAQCFml6dTsgaXXD8kRE71p08aRIz+4++5mIpoJMtNH&#10;H40uXNiRGJtbKBHAw9f/fPpW/AulTunvC5YUebXpt+yxJPIuefXPo0GrCuTPn//ChQtmrJmsbqZp&#10;1nVJwKtJrn+dHWmTAAmQAAmQgC8J1KlTd8iQod6KTYjWQZCO2Nx5i7dCWEzp3Lmz6H7fvn29HS/U&#10;KlGiRGJiorcVWd4YATz3HMzxiurKfWPWWCsYCfhUafLNhLu4e+mRMXedW/dzpR6/j/rwkz/+mLlk&#10;yeLnn3/hiy/GrVq1ijJTME5T+kwCBgi0bdt269atBirKKuvWrWvfvr0ZC6xLAiRAAiRAAiRAAs4E&#10;vBWboB/169cPC8Swg1dxA29yCzpZ6vvvv0f3sWlEJ40ePRqr5DTEOAGtTZs2QrSyhKTJgVBV980t&#10;s7U+O1vDU8InTpzYtWtXjAhesY8jdjdK+wFFwKdKk60T7ty/vydP7X1oRJ1j//dItgp3FHkzIab8&#10;7YUKFUJAE8Sm33//7aGHHsafY8d+GlADQGdIgARsInDnnXfi1z+oRQbsI5oJFdeuXdusWTMD1VmF&#10;BAKEAHIPcdNJIECGjG6QAAmEDwGvxCYE4yAkRya6Ds+bdhnVhUniHJ0kxKNp06ZBkPI4i4Rmhy0A&#10;Sdp6y+yRjIUFREfGjh1LmclCqkFkyqdKE7jYN+Eu7V1+euFHOaq1LT7oYO5WA+QYQF16++1+SA2O&#10;yCaoTps3b96xY0cQjRBdJQESMEYgS5YsX3zxRbZs2ZDV29ttzJgxuDsdMGBAzpxWPiLQWEdYiwRI&#10;gARIgARIICQJ6BebcA+F9EOqVWMQSkRgDtJdq/i4fAvFZCCPEK2gzihtBnI0jYjqEvIQRDfn+SDE&#10;I5EL3HlD1wAwAHUll97ad8vs4/MIHQlMOc/HHMKzOV8rTUJssmPC5W//YWy1tueWjz89o8+lPf8o&#10;hxNXUiTeg9j0xRefp6amVq5cOTwHm722ikDNmjWtMkU7thKAzHT33XdP8n774IMPnnjiCVS31b3A&#10;NB4g0ztA3AjMMXLnVY4cOa5evekJmMHlP70lARIggQAkcP78eVu9EmITHpY9efIv2g3hBgqZQJQL&#10;vrp16ybklRdeeEElQjm/hSRHWFYmA3lEOidUF49jE1sgR9MgiAn+w0mhGXk1KOgsFnANHTrUq1r+&#10;LWzTLbN/O8XWw4pAZEpKiuwwHqyDL6lnz54tW7ZskFJI/Kjhpb2ro7Jlj8pVOKZS8+xVWuWomZlm&#10;5Z8JPT+Zs7PfoGF169bT0zuPz+3TY4RlSIAEbCXA89RWvDQeaAS0J3xycnJUVFSvXr0Cze2g8wfq&#10;dND5TIdJgARcEnj22WdNntHz589PS0tD7I8GYa++jTRpEv/330tU1tavXzdgQP///a9rx46Pag8l&#10;dBaR9QbFsCMLQ4XBqjHoUBCPIMqo3ho4cCC6oEoWLgo7pzSSTVgVAeQVH43uIyYLGhN6eujQoUGD&#10;Bindc9kXZdeUC7jcddzwSWRVBw074FXF4PLWq66hcHD1Lri8VY2FR+dDTWlKO7Hr6Nhm2ctUyFqs&#10;7MVdGy8d2hsRGRVT8a6o7HkvbJhcsPPXOW97SOd89chOpx0WIwESsI8Az1P72NJyABLwOOE3btxY&#10;unTpfPnyBaDzdIkESIAEfE/AjNKEaKYNGzbMmzcP4UKxsbGWK00nTpyAzWeeeRpLLqTxnj1fe+SR&#10;jtqgkGL5yJEjUI6gH6kWi0mlSfUWNCb9SpPlw+Txw8vyFn1sMLg6GFzeejuUwdW74PI23JUm9B9i&#10;EyKbclarn6tRa/x5OXHP6cVTr6acLPjkd/plpqATRL09CVmeBEKDQFBfoENjCNgLXxLwOOERm3zq&#10;1CncgVy5csWXjrEtElARiIyMJBMS8DsBXBKReNGwGwUKFKhbt26HDh08rqb3eHFW+iBimvC0oq1b&#10;t/TvPxBPx05KOjFo0BBtP5EMu2jRoiKKB+vg6tWr17NnT+hKWBH26KM3wqBktI7zWwgIateuHWrJ&#10;hlDGN6maveJjeLz8WDG4Ohhc3no7rMHVu+DylkqTgwCeQ5f03ZN5Wjyao2Ktsyv/PPfv0oKdv/VK&#10;ZqLS5O1ZzfIk4BcCQX2B9gsxNhrUBDjhg3r46DwJkECoEvDq4gyl6eWXX5k164/jx49//PGYvHnz&#10;PvLIQ1OnTi9cuLA2H7F2DGXEQjnsiGVuohYUMWRckkqT81soI1eTCYEJsVpTpkwRFW0dGq/42OqJ&#10;TcaDq4PB5a23QxZcvQsub6k0ZRLIEJs6RxcqlX4pDTJT9gp3hPY09bZ3LE8CoUEgqC/QoTEE7IUv&#10;CXDC+5I22yIBEiABnQS8ujhDaSpfvvyHH37866+Tjx07irCmIUMGFSlStEePl3Q2F3TFvOITdL2D&#10;w8HVweDy1tv5EFy9Cy5vvVWa/PDsOW+ni7HyiGDKfU+f6ELVirw434DMZKxR1iIBEiABEiABEiAB&#10;EiABEiABdwSEzIQIJuRjwrPkIDOtXLnS7ifccThIgARIwMcEQlZpAsd8bQYV+d/UrIUq+pgpmyMB&#10;EiABEiABEiABEiABEiABZwJCZsJxvN5zT3NEM33//Y9vvNGHrEiABEgglAiEstIUSuPEvpAACZAA&#10;CZAACZAACZAACQQ7AWU+pj59+mLRnMcMTcHeZfpPAiQQhgSoNIXhoLPLJEACJEACJEACJEACJEAC&#10;JEACJEACJGALASpNtmClURIgARIgARIgARIgARIgARIgARIgARIIQwJUmsJw0NllEiABEiABEiAB&#10;EiABEiABEiABEiABErCFAJUmW7DSKAmQAAmQAAmQAAmQAAmQAAmQAAmQAAmEIQEqTWE46OwyCZAA&#10;CZAACZAACZAACZAACZAACZAACdhCgEqTLVhplARIgARIgARIgARIgARIgARIgARIgATCkACVpjAc&#10;dHaZBEiABEiABEiABEiABEiABEiABEiABGwhQKXJFqw0SgIk4BsC6enpvmmIrZAACZAACZAACZAA&#10;CZAACZAACeghQKVJDyWWIQESCFACkZGRAeoZ3SIBEiABEiABEiABEiABEiCBsCRgVmlavHhxpevb&#10;6NGjwRB/7dy5U+xoIJXFLMTulU3ptnLHQmdoylYCylETE0//5tU80W+WJe0gwPPUGFUlN3FB9tfG&#10;080r8pzwXuFiYb8T+OWXX+Skld/93F1zeDXw+3jRAcME/HtxVraOOy9VL5zvvJTnmvbtmGEgFlbE&#10;FUPj4qB93TBwVdFuzsJ+aZvq3Lkzrp+yDIYVR1xW8eMIOl/hjfGRXdAzM10WNtaunlpmTi499i0s&#10;Y+BMcXmC+HJGmVKaMP+6du2KboutZ8+eSpr+vb3RM67Sc7mjpxbLBAiB2bNnu5x4AeIe3bCKAM9T&#10;YyTFCTJ06NBu3boZs8BafiHACe8X7GzUAAHM1X79+snPYl9+eTXgLauQgEkC/r04yxOtadOm7jri&#10;8s4r8G/HZs2a1bBhQ7yaHCCd1X3cnDuv7r///pkzZ8p3Mb444rKwv0bQwiu8VzPT9/01fHLpnHJW&#10;FbNq6vqSsCmlady4cRgbd/iUErvURJXy7fr164WOqJTnpbIoD0LiFQf79u0r2hL7d911l/xT+a5V&#10;w0k7QUfAefLgiJx7MuYO/WrTpo23kVBBR4MOkwAI1KlT5/Dhw9jRvpA6vyuutOLSqryYy2uvS4Pa&#10;l3qedJyTJBB6BJQCk9gXn7D4kia+8rn8rV71vQ7lxZHQ48MekYBNBFQnkfjUFlEPyi+6Lm/HlB/H&#10;zp/1Njnszuy0adO+//57vCoLOPdOfi1R3Tlq3E7KO0elZZfN4XoFsyKqSHWbaRONRx99dNWqVdL4&#10;lClTcMRlH+UI4l2ln8rvaTY5KZpQGXe+K1fdaqG86pKuMTPlJwWMSP6qaaz9aWJH33WeXO7GSylT&#10;WOiet2eKy/kvLxRix+PYmfTfuNKkZ4mcdA6qrfh1HeKU88GBAweKg5hhPXr0ECXlQVx9cASSFk5C&#10;WbdYsWJ///23sgpuqAywEKv/pKrFbzkGGPqrCr7LiguBGD6XkwfHxdybOHHi2LFj8aeYt5hOqhA8&#10;f/WC7eohwPNUDyWXZfADSIkSJfCW9oXU+V15QqkurfLa69KgxqVenoOG+xI+FTnhw2esg7qn+PzF&#10;dzbllyjlJ2y7du1wByg+cOvVq6fsKS4v+JqHwtDBRRV8QIuAkaAGQudDnoAfL87yS684Tdx9Rmt/&#10;0VV9JTZ/G2V+xIG0ZMmSsIOwJmWQgbgfVH4D0f6er7xzdL7CSD9dNocbcrSO5vDFRpSUX3XMd1DD&#10;QocOHYQcj1fsK4dD2R1pQeWnRjctcdv5Ci88VF29cdB5Xrm8pLu8BZOfFPi8UH5S6Pw0saSnhk8u&#10;d3PSjvlj4EzRo43oHDvjnFMU26lTp5KSkvbu3YvHOXncduzYgQBO52IVK1bEWzjuvGPs4M8//wxT&#10;YlNZVhpU7Xv0H9ZEGShW2MersCArbty40aMRFvAXATkZpAPKI/rnnr/8Z7s6CfA81QlKVUxeMyVA&#10;7Qupzsus8iwzUMX5tDXWuxCuxQkfwoMbwl3DvJVfCOVpLr8l4i3nr4XyGiW+fT3xxBN9+vQJYUTs&#10;WrAT8O/F2dsvvca+Etv6Ge3urgonPr5OYHrgVV4ETPqv/AokrjBy89ict7eTZm4b4RsufeICKO9D&#10;xdVS6YbLmxpRQHUh1X+WeXWTq7rCqxp1OViqS7rGfRk6Lj4+XH5SCBrOnybaPfW2d5K5irzHUfA4&#10;UfWMiE5vPU5djzqJdEa7pFcfxx6dNx7TBKVT/hhlXOjyVBMCHsKgbP2lCzMbP7Yj4ZRzjj1P3vF9&#10;EiABHxHgeeotaLnsHBW1L6QGLrMGqnjrf5iX54QP8wkQXN3HlzREJSjTI8B/ESQuvlk5B4yr8mIg&#10;lAA/AjOuPLjGPTy95cXZ2nHHghWke8O5j1fl4hWTrbjLvGNTc8a8xVw6dOgQrp941Ui/pWFcT4Ih&#10;Y74pa6mu8Hoa1X9JFx1390kh3ND+NDHfwaCwYGbqyge4ucs6rySgf+z0cHOhNOl/ajgiG5W5ZjVy&#10;cIg0b/gWgnUc8puE80GZEE6WPHr0qAiqVH2DkX1TVtHTYZdl5MeGYQus6HcCzpPH7y7RAWsJ8Dw1&#10;zFP7QuryXe1LqzuDLi/1ht0O84qc8GE+AYKr+7hTcnYYl5Evv/wSiyNUb7nM/osl7crlM8HVfXob&#10;VgQC4eJsye0PRs0qO8YmgFg1JuIJsMnVZC69cvc9X+N2UuWVx+ZU5eGSSAqMO1xxk4sbdWvjEnB5&#10;HDRokLxIat/LqK6cvkyjLq/w+hvVf0l390mhHA49ZYxNQpefXHJSadv02b2nx6mr1EmcTx9cssQp&#10;JteHavdL/9h5ZO5aaUJ4lceaKAA/cG6IXDnYNBLfHDlyRMjV+M4hLTsfRP+xsFNZEtnRMLlxRKz2&#10;d96QzklUcVfAXUdkOgDhPGKa9HSZZQKWgPPkcecqPsmYETxgx9H5Y14c4XlqZsi0L6Qu39W+tLoz&#10;6PJSb8bzcKvLD6ZwG/Gg7q/8mRTXZ3y1FelslZ+w+KhFytvatWuruikvL/KnR3GFRzFjP+wHNUY6&#10;HxQE/H5xlqlkhOSh/Rmt/4uu4dsoS0YNOWLQL2kK++JxbC69cvc93/mLh/MVRjThrjlpWU/EhyUd&#10;l0ZwecRFsm3btuKI9r2Myk933bTKQ5dXeJ2Nuruku5yZ7j4p9HyaWNJZwyeX/ntPk356daaYPKmt&#10;/TiORJom2XkITFevXj1//nzhwoVjYmJMQpHV4TEC7RgUbRVP2iEBEiABnxHA7yRYwiyewKC98VLv&#10;iRDfJ4HwIoBbYjwrR8/VI7y4sLckEHgE9H/WB57v9Cj0CfDTJEjHWB3ThKVz0dHRx48fD9L+0G0S&#10;IAESIAHzBPCIE/GzhioW1bxlWiABEggHAogOQMg5FoaEQ2fZRxIIUgL8rA/SgQsrt/lpErzDfVNM&#10;E7qBmKa0tLTU1NTSpUtnzZo1eDtGz0mABEiABEiABEiABEiABEiABEiABEiABHxMwEVMU1RUVLZs&#10;2bAg+dq1az72hs2RAAmQAAmQAAmQAAmQAAmQAAmQAAmQAAkELwG3SlOOHDm2bt2K+Kbg7Rs9JwES&#10;IAESIAESIAESIAESIAESIAESIAES8CUB9eo5tI1QJrGG7sKFCxcvXsyVK1fRokWRvAkpnHzpGdsi&#10;ARIgARIgARIgARIgARIgARIgARIgARIILgIulCY8gQ6b0JuuXLkCvenMmTPB1St6SwIk4HcCeLAA&#10;nmLpdzfoAAmQAAmQAAmQAAmQAAmQAAmQgC8JuFCa0Lyz2ORLn9gWCZBACBA4evQowiFDoCPsAgmQ&#10;AAmQAAmQAAmQAAmQAAmQgH4CrpUmUV+lN+k3ypIkQALBS2Djxo21atUy7/+RI0eKFStm3g4tkEDo&#10;EcDT3z12qkePHh7LsAAJkAAJkAAJkAAJkAAJBCABLaVJJTYFoPd0iQRIwHICVJosR0qDJKAi8Omn&#10;n/br108Dy9ChQ19++WVyIwESIAESIAESIAESIIFgJOBBaRJdksFNwdhD+kwCJOAVgX///fe2227z&#10;qorLwoxpMs+QFkKVwCeffNK/f3+N3g0ZMkS7QKiSYb9IgARIgARIIOgInD59Ouh8psMkYDcBXUqT&#10;dEJITnb7RPskQAJ+JGCV0pSYmFi8eHE/doRNk0DAEhgzZsyAAQM03Bs8eLB2gYDtGh0jARIgARIg&#10;gXAjQKUp3Eac/dVDwDulSY9FliEBEghqAhs2bKhdu7b5LlBpMs+QFkKVwOjRo5GGKTZjU/XxfMaG&#10;RE4DBw4M1e6zXyRAAiRAAiQQSgSoNIXSaLIvVhGg0mQVSdohgRAhQKUpRAaS3QhgAmlpaZs2bYKD&#10;BQsWrFmzpvBUaEziOA7irQDuQWC5hhCwxx9/vFKlSoHlVsB7M3PmzKlTp8LNsmXLMobO2+GS9PLm&#10;zfvRRx95W53lQWDZsmX/93//N2nSJNLwioDgJqrcddddTz31lFfVWVievG+99ZZVHxxUmjivSMCZ&#10;AJUmzgoSIIGbCFBp4oQgAd8QkHpTo0aN0OLKlSupMRkg/+yzz6KWhTcMBnwI9iq9evV66KGHmjRp&#10;Euwd8Yv/EDrvuece0vMW/s6dO8eNG5eSkkKlyVt0UJoWLFhAddhbbqI8Jt77779v+UcGlSZjw8Fa&#10;oU0gKrS7x96RAAlYSOC1jM1CgzQVSgQCfG4EoHtZs2atW7cuYpegMWHDTrNmzQIzlEmoOYG54TYV&#10;QSWB6ZvwKpDpCQ8BsHDhwoHJMPDpQSshPQOTBzLTCy+8YKCiz6oE/tzzGQoDDQUsvRUrViAQzKpQ&#10;JgNk9FQJwG8sSrcD3D09hFnGNwSoNPmGM1shARIgARJwEND5BcXaYvrRW9uuTmv63dP53d3aYnTP&#10;JQGdkAOfHuIj4KTH+y6d/bW2WIDTAzr0F09rJT3lSOmZA3j+5t133+2RmzCrx6DlxQJ87u3btw9Y&#10;EI3o0U/SUyGCNPz3338DCzbEN2kD1EkPy97XZWz79+/XMGj5VwKdBq0t5nHKyQL+ale/hyxpNwEq&#10;TXYTpn0SIAESIAEScEEAq+fwxTQpKQmr57BhZ+HChXglLBLwGQHcaP3+++9chmMMOFbMIaQON65I&#10;+2LMQtjWglCCHGHiNh7LD8OWg7GOi4mHDRnWOPcMMGzfvj3oIbJpzpw5Bqorq8gPbvk5jo91fLib&#10;NMvqJBAaBJinKTTGkb0gAcsIaORpEr9OfPzxx3oa47Pn9FAKpTKYHjrnhl96HVDuBV1GcNwQBnIu&#10;Ffywj2U4OuMjfD/9ApaeSJQT4NmsA5aenEgQSvDA1vvvv9/3U8tji4FPL5A9DGTfxNBz7nk8BZwL&#10;QJvbu3fvK6+88u233+Jdw/nUoTF5fLIH1sgb8BBVAuobi3MXAtw9Y8xZyw4CjGmygyptkkAoExDZ&#10;mpizKZTHmH2zmcDYsWPxdDn8BCofPIcGY2NjkaRJHEQBm10IHfO4G0RQCTK8ilVg3PQTQL4SoBOr&#10;SMRNFzf9BLD+S6BDlcCUmfT3hSWDiwDOVs49w0OGs1Vc97CGzrDMhNb5OW54CFgxfAgwpil8xpo9&#10;JQFdBDzGNCmtaMSwMKZJF24WCksCo0ePHjhwoEbXBw0apF0gLLGx0yRAAiRAAiQQEAQ8fkyjQM+e&#10;PQPCVzpBAn4iwJgmP4FnsyQQhASgK6m2IOwEXSYBEiABEiABEiABEiABEiABErCRAGOabIRL0yQQ&#10;jAQ0Ypq86g5jmrzCxcJhRUBPTBN/Cw2rKcHOkgAJkAAJBBEBfo4H0WDRVX8RoNLkL/JslwQClACV&#10;pgAdGLoVQgTwDdVjb6g0eUTEAiRAAiRAAiTgFwL8HPcLdjYaXAS8UJrefffdP/74o27duuPHj5ed&#10;3LNnT8eOHe+77z68a6DnIoeiVU/otNaage6wCgn4mMDjjz/+5ptv1qpVS9Xuxo0bhw8f/tNPPxnw&#10;h0qTAWisQgJeEeBvoV7hYmESIAESIAESIAESIIHgIuB1nqZ169ZNnTo1QDoJeatevXpQuwLEH7pB&#10;AkoR1iMN81MXMlO/fv2gKynbwp84iLc8OsACJEACJEACJEACJEACJEACJEACJGAtAa+VpmLFir33&#10;3ntWOYFoJqsCmuCStdas6iPthCEBSEivvvqqSgBSccC7KGNSbEI009ChQ5Vik5CZcNA50CkMB4Jd&#10;JgESIAESIAESIAESIAESIAES8DEBr5WmZ599Fi52797dpaMId0KQkdxEGSxqU0Ue4U+x0g2vYkds&#10;MCvqYgebfMudWazmQy0s33Np7YsvvpCeKBf3iUaV7/oYOpsLeQLly5dXCUCqLks9CCVN0lCKTZSZ&#10;TMJkdRIgARIgARIgARIgARIgARIgAZMEvFaacFvbtWtXd2vojh07tjZjmzx5slCO8CrEKRnfIRbf&#10;iYPKDYVhFhVRvXXr1tiX77o0iwgm5IdCGVRxDoyCtDRx4kRhbcyYMdCklGLTkSNHUFHlp0mUrE4C&#10;SgLO0UbyXcv1INlWQEUzFS9enFOCBEiABEiABEiABEiABEiABEgg3Ah4nREc2g2iMBATBLEGSo1G&#10;RnChHKEMmCK2SKYSF5nFxXGZw1vYgYb1/PPPizFwl95baVaYEi5pW1OWlM6LhpQGw2342V+7CTiL&#10;SpbLTKILwix2zK+bQ0bwIkWK2E2G9kkgnAmIH2O0N3wmeirC90mABEiABEiABEiABEggEAkYVJqW&#10;LVuGFDMIKXrqqadUz54Two3sq1CUlOoSVCf5rDopJyHQCemf3nnnnfbt24u6sJOYmCiDlTTMOitN&#10;ztbEEQQ3NWnSRKVhUWkKxIkZQj4ppSVbZSZoTMBmPqyJz54LodnHrpAACZAACZAACZAACZAACZCA&#10;rwl4vXpOOAi9BmoR4onEMjSxIS4JKhLkIbGADkFM8q0WLVpgH3KPWDon/tS5aZjVaYHFSMCPBOTS&#10;Nkx+8zKQc0eU6pXGkj0/EmDTJEACJEACJEACJEACJEACJEAC4UPAoNIEQAhTwnPoENkkYYlMTC6f&#10;rQ5lCm/9mbGhlvhTuRUuXBh/Ih+TPAjFSuxrmHU3TuKpW0prwohzu+Ez0uypHwkIAWjSpEnml7ap&#10;euEcJEWxyY8DzaZJgARIgARIgARIgARIgARIgASMK01g51JU2rx5M95C+IZyDR2OIAYKR7C1bdvW&#10;mTs0IChQyOEtHvqOB8Mpo6VwxKXZokWL4i1VSRxB2iZEVElrWOuH8CskgeJ4k4C/CEAAwlJQoYFa&#10;uA0fPtxZvRJiE96ysCGaIgESIAESIAESIAESIAESIAESIAE9BEwpTWINnWwGKZbwJ/QdrKFD7JJy&#10;9RzKyBVzLVu2dOmZSMmErE+ofvToUVldw6xIH464KpF6SbmNHz8ezghrKKDMNa6HC8uQQFAQ+Omn&#10;n1yqVziIt4KiC3SSBEiABEiABEiABEiABEiABEgglAh4kRHcx92GeISnpEMw8nG7bI4EwpwAM4KH&#10;+QRg90mABEiABEiABEiABEiABEjADAFTMU1mGnaui2fAyYNi9RwebGdtE7RGAiRAAiRAAiRAAiRA&#10;AiRAAiRAAiRAAiRgH4EAUprQSax0ExuW4E2ePJkJvO0beFomARIgARIgARIgARIgARIgARIgARIg&#10;AcsJBO7qOcu7SoMkQAJ6CHD1nB5KLEMCJEACJEACJEACJEACJEACJOCSQGDFNHGQSIAESIAESIAE&#10;SIAESIAESIAESIAESIAEgpcAlabgHTt6TgIkQAIkQAIkQAIkQAIkQAIkQAIkQAKBRYBKU2CNB70h&#10;ARIgARIgARIgARIgARIgARIgARIggeAlQKUpeMeOnpMACZAACZAACZAACZAACZAACZAACZBAYBGg&#10;0hRY40FvSIAESIAESIAESIAESIAESIAESIAESCB4CVBpCt6xo+ckQAIkQAIkQAIkQAIkQAIkQAIk&#10;QAIkEFgEqDQF1njQGxIgARIgARIgARIgARIgARIgARIgARIIXgJUmoJ37Og5CZAACZAACZAACZAA&#10;CZAACZAACZAACQQWASpNgTUe9IYESIAESIAESIAESIAESIAESIAESIAEgpcAlabgHTt6TgIkQAIk&#10;QAIkQAIkQAIkQAIkQAIkQAKBRSAyJSUlsDyiNyRAAn4lsGHDhtq1a5t3ITExsXjx4ubt0EIQEdi6&#10;dWsQeUtXSYAESIAESIAESIAEAoFA1apVA8EN+mAhASpNFsKkKRIIBQJUmkJhFP3UByhN8fHxfmqc&#10;zZIACZAACZAACZAACQQfgRUrVlBpCr5h8+QxV895IsT3SYAESIAESIAESIAESIAESIAESIAESIAE&#10;9BGg0qSPE0uRAAmQAAmQAAmQAAmQAAmQAAmQAAmQAAl4IkClyRMhvk8CJEACJEACJEACJEACJEAC&#10;JEACJEACJKCPAJUmfZxYigRIgARIgARIgARIgARIgARIgARIgARIwBMBKk2eCPF9EiABEiABEiAB&#10;EiABEiABEiABEiABEiABfQSoNOnjxFIkQAIkQAIkQAIkQAIkQAIkQAIkQAIkQAKeCFBp8kSI75MA&#10;CZAACZAACZAACZAACZAACZAACZAACegjQKVJHyeWIgESIAESIAESIAESIAESIAESIAESIAES8EQg&#10;MiUlxVOZm96fP3++V+VZmARIwMcEWrRoYabFDRs21K5d24wFUTcxMbF48eLm7dBCEBHYunVrfHx8&#10;EDlMV0mABEiABEiABEiABPxLYMWKFVWrVvWvD2zdcgJGlKaHH37Ycj9okARIwBICv/32G5UmS0jS&#10;iAECVJoMQGMVEiABEiABEiABEghnAlSaQnL0uXouJIeVnSIBEiABEiABEiABEiABEiABEiABEiAB&#10;PxCg0uQH6GySBEiABEiABEiABEiABEiABEiABEiABEKSAJWmkBxWdiq4CZw4dX7eyj3LNx26cOlK&#10;cPeE3pMACZAACZAACZAACZAACZAACYQZASpNYTbg7G5gEzh8/Gz39+fc/cIPvUYveG7YnPpPf/XO&#10;uMVpV64Fttf0jgRIgARIgARIgARIgARIgARIgAQyCVinNG38qkfm9tVGa/DC4rC5R/XY0l9SjzWW&#10;IQH/EDiefK5T/+nLNh4qkCdHi4bl4muUiMmaZfriHS+Nmusfh9gqCZAACZAACZAACZAACZAACZAA&#10;CXhJwCKl6ejcYRMinhubsfUvftQiqcnLvgRIccpeATIQwefG4P/75+TpC/fULztnzKMfv9b8y3fa&#10;/DaiQ4lCuaA9jfttffD1hx6TAAmQAAmQAAmQAAmQAAmQAAmEHwGLlKZjiYdLFC8i8BVt1apW+IFk&#10;j0nAHIGUsxf/Xncgd86Ywd3viM2eVRgrVzzvwG63Y2f55kPmzLM2CZAACZAACZAACZAACZAACZAA&#10;CfiCgEVKU6069Q7PmKRa6oZAp5vX0zktsHOE/3z1FUqJBXdOFXDsWKYRF+vorhe/6a0bNjKNZlBU&#10;WVaGHcn9jJ2Nmc3BIVnnhn21gxlV5mYuG8wohiMT1kYcnjHkep98MYhsIxQIbPjvGLpRp0qRPHHZ&#10;lf1pXLMk1tDhXWYHD4VhZh9IgARIgARIgARIgARIgARIINQJWKQ0RdR6Zmz/uuugr0h9Z+NXQ9bV&#10;7Z+xnu65iFkZIhQKib/rrRUHsB0+UvzZsWOfqeUQdmQFx9/i3RmzIvA2ahyeMefmNXmwP6NYxoK9&#10;ZyPWrc0cpxsHx/Z/4MgEoRG5tOxyYG80t3ZCj0kZLSuadtEjh4eJdRTF0MXn6kWUeAAdv96HUJ9C&#10;7J81BOJis8FQ6vnLKnMXL18RGcGzRlt1tlrjMK2QAAmQAAmQAAmQAAmQAAmQAAmQgDMBC+9di7Z6&#10;G0maoO9kiE1Hjx4RoT3YJqw9nOiI13BE/Ii/bzhSom6too6/jm5cd7he21YZ+4p3H3g24xBipiKO&#10;HFVmB4f9Eg/cmyFIFW3Vtp6o4mi0Xh2hUjmOZjTr2rLLyVBC0dx1x2TTLnsEUUk44ewhpxsJeEOg&#10;9i2O5afrth/dvOu4st6vf22/lp6O7ODRWW46W1u0aLFkyRKUxKvc96ZBliUBEiABEiABEiABEiAB&#10;EiABEiAB6wlYqDRl6jvPPlBi7XoRflQvM0c4Yn5E0FJm1vD+D5Swvic+sXhzj3zSJBsJEwJXrl7D&#10;I+fS0yNeHDF3zvLd5y+mJaWc/+aPTR/+sAoEHrmniopD//79hwwZMn78eLxi/8477wwTUOwmCZAA&#10;CZAACZAACZAACZAACZBAIBOwSGnaOPf6ajhHBJEjOXjRosUibqyRcyCQWcMdRZyYFK1Vt8TN5bWx&#10;wf71BXVH587KDJLKaDRT5nIczYhvcmG5SPESmVFWERvXKwKsNJt07lEgDyx9CyoCWCLX7b3ZePAc&#10;vD519uIbnyxs0OXru57/YdT3q6BAdbj7lpaNyqs6BGkJAtNvv/1GmSmohprOkgAJkAAJkAAJkAAJ&#10;kAAJkECIE7BIaapVNFEslOvhSJ70tmPFW61n+j8Qkbl8LiN7U617M/+elFjMRUwTFt89V+x6eZEh&#10;XHOr9QzSPU1wNDkpom7m6rmMRrF8L8MRZIkSqZKcLTtW1om6PdZHXK/rqUHnHrmukZEdnRnBPeJk&#10;gesEhMyEnN9RkZEf9bzn7S6Nm9QqmSMmGiFOLRqWG92r+eDuruOVIDbNnz+f0UycSiRAAiRAAiRA&#10;AiRAAiRAAiRAAoFDIDIlJcUrb3Bn+/DDD3tVhYVJgATcEcAque7vzxEy0wevNnOOXfIWHaKckLbJ&#10;21rK8hs2bKhdu7YZC6JuYmJi8eLFzduhhSAisHXr1vj4+CBymK6SAAmQAAmQAAmQAAn4l8CKFSuq&#10;Vq3qXx/YuuUELIppstwvGiSB8CDw2sd/WSgzhQcz9pIESIAESIAESIAESIAESIAESCBwCVBpCtyx&#10;oWfhQKB7+9pxObJaEs0UDrjYRxIgARIgARIgARIgARIgARIggQAnQKUpwAeI7oU4gTpVis4f28n8&#10;orkQx8TukQAJkAAJkAAJkAAJkAAJkAAJBAkBKk1BMlB0M3QJ5IrNFrqdY89IgARIgARIgARIgARI&#10;gARIgATCiwCVpvAab/aWBEiABEiABEiABEiABEiABEiABEiABOwjQKXJPra0TAIkQAIkQAIkQAIk&#10;QAIkQAIkQAIkQALhRYBKU3iNN3tLAiRAAiRAAiRAAiRAAiRAAiRAAiRAAvYRiExJSfHK+vz5870q&#10;z8IkQAI+JtCiRQszLW7YsKF27dpmLIi6iYmJxYsXN2+HFoKIwNatW+Pj44PIYbpKAiRAAiRAAiRA&#10;AiTgXwIrVqyoWrWqf31g65YT8FppstwDGiQBEggoAlSaAmo4gssZKk3BNV70lgRIgARIgARIgAT8&#10;ToBKk9+HwA4HuHrODqq0SQIkQAIkQAIkQAIkQAIkQAIkQAIkQALhSIBKUziOOvtMAiRAAiRAAiRA&#10;AiRAAiRAAiRAAiRAAnYQoNJkB1XaJAESIAESIAESIAESIAESIAESIAESIIFwJEClKRxHnX0mARIg&#10;ARIgARIgARIgARIgARIgARIgATsIUGmygyptkgAJkAAJkAAJkAAJkAAJkAAJkAAJkEA4EqDSFI6j&#10;zj6TAAmQAAmQAAmQAAmQAAmQAAmQAAmQgB0EqDTZQZU2SYAESIAESIAESIAESIAESIAESIAESCAc&#10;CVBpCsdRZ59JgARIgARIgARIgARIgARIgARIgARIwA4CVJrsoEqbJEACJEACJEACJEACJEACJEAC&#10;JEACJBCOBKg0heOos88kQAIkQAIkQAIkQAIkQAIkQAIkQAIkYAcBKk12UKVNEiABEiABEiABEiAB&#10;EiABEiABEiABEghHAlSawnHU2WcSIAESIAESIAESIAESIAESIAESIAESsIMAlSY7qNImCZAACZAA&#10;CZAACZAACZAACZAACZAACYQjASpN4Tjq7DMJkAAJkAAJkAAJkAAJkAAJkAAJkAAJ2EGASpMdVGmT&#10;BEiABEiABEiABEiABEiABEiABEiABMKRAJWmcBx19pkESIAESIAESIAESIAESIAESIAESIAE7CBA&#10;pckOqrRJAiRAAiRAAiRAAiRAAiRAAiRAAiRAAuFIgEpTOI46+0wCJEACJEACJEACJEACJEACJEAC&#10;JEACdhCg0mQHVdokARIgARIgARIgARIgARIgARIgARIggXAkQKUpHEedfSYBEiABEiABEiABEiAB&#10;EiABEiABEiABOwhQabKDKm2SAAmQAAmQAAmQAAmQAAmQAAmQAAmQQDgSoNIUjqPOPpMACZAACZAA&#10;CZAACZAACZAACZAACZCAHQSoNNlBlTZJgARIgARIgARIgARIgARIgARIgARIIBwJGFSamnSf/GCf&#10;GRJY1/f/wpHNu5MMIPzgx/Wo+83srfiHHfxpwIhNVR5WbHv27LGpFavMKr2dOXOmGbMwFfj9NdNB&#10;1iUBEiABEiABEiABEiABEiABEiABErCDgEGlyQ5XAtPmyJEjf/vtt6effnrEiBGB6aHSK+Ft7969&#10;v/nmG0u8peRkCUYaIQESIAESIAESIAESIAESIAESIIEwIRBAStPTbaouG9/x9U51AhD9/ffff/Lk&#10;yWAJ84mPjwfDYPE2AIebLpEACZAACZAACZAACZAACZAACZAACRgjYL3ShDV0WAQn/mFVHdxSHpFr&#10;7t78/B9RZuriXcJ1uXruz5X7RV1RwLmKOI7yqCXbgkFjCLyt1a9fP7FO7aOPPhJ1V6xYIY4gkkgG&#10;AUHoEQe7d+8uismKJpe2eXQY9gsUKFC+fHmU9OiGMmpJFcGEP2GhT58+oqc+899jB1mABEiABEiA&#10;BEiABEiABEiABEiABEggMAkYV5qSTl+UKs+2fcmiexCVnh+58I5axRGd1P+ZhjgOAahGhYL4E/+e&#10;e7A6aiETE0SipRsTRbFby+Z3iebEqfN4F2VQRWRxcq4i1CU0hJLDX7zdPsSQkKpUqSK0m6FDh2KF&#10;Grbly5eLuKGvv/4ay+twROkAVtuJtWz33XcflBqoP/nz5xcVESFlk6tQhSAPrVq1avz48aIJM26I&#10;HqEXvXr18o3/NmGhWRIgARIgARIgARIgARIgARIgARIgAd8QMK40FcyTXehHSrVo/X/H4TckIYhQ&#10;Q75ahX3oREKBwpEJ0xMcR1LOC2Xqrjql8FqljGulSShQ4vVEykWNKmjIvjziQruBqASBSQwJNBcR&#10;rIT9Y8eOIaAJO0I8gt4kyuAgVtuJulCpkpOTq1WrBiNWpU9yNzmgCmHbvn275W74xn/fTHq2QgIk&#10;QAIkQAIkQAIkQAIkQAIkQAIkYBMB40qThkPtm1aUItTEt5oj8giBTjiI4CNru4E4JmETS/CUz8Kz&#10;sBURlyRDhBDEBLVIhCZhhZpGQ3hXFMMGlQrxUCJECNqTEKds2tAQZC8paVnlhs/8twkLzZIACZAA&#10;CZAACZAACZAACZAACZAACfiAgMVKU51bCsPppf8eEq5jyRuimURYU6uGpRP2nBTHRaSS+HP7/syV&#10;d9q9dVeldaMyULV8QEo0gSAmLKPDjohawg7Sb2NHiEcyAZM46JyPCUFPkIF27Nhhq8NoBU1DFNPj&#10;BqSoLVu2KJ1X+YYuyyO+8d9WODROAiRAAiRAAiRAAiRAAiRAAiRAAiRgHwGLlSakZEKQkUzhJJbL&#10;IdcSXhHWJEUlPGYOyhECkbCkDvmY9HTPZRWZNRwWXuhQS48dk2Wg3Zw4cQJxSbNmzZIxTdBfPvzw&#10;QxzcuXOntN+7d2+RIFzkDpdr7rAjF9mZdEajOvQsZGhCAY9uII2U8FPpvLTcuHFjdM33/ttHhpZJ&#10;gARIgARIgARIgARIgARIgARIgATsIxCZkpJin3WbLCMrE1QqSFoIaLKpCWNmEUaE3Eyq1ODGTLEW&#10;CfiLwIYNG2rXrm2+9cTExOLFHSozt/AhsHXrVsjx4dNf9pQESIAESIAESIAESMAkASwPqlq1qkkj&#10;rB5oBCyOafJN9yAzIR95oMlM6Pu0adPE2jpuJEACJEACJEACJEACJEACJEACJEACJBCGBIImpgn5&#10;nrD+TowQZKbpIx8InNHq3r27yNmEjQFNgTMu9MQYAcY0GePGWiDAmCZOAxIgARIgARIgARIgAa8I&#10;MKbJK1zBUjholKZgAUo/SSDYCVBpCvYR9KP/VJr8CJ9NkwAJkAAJkAAJkEAwEqDSFIyj5tHnoFw9&#10;57FXLEACJEACJEACJEACJEACJEACJEACJEACJOB7AlSafM+cLZIACZAACZAACZAACZAACZAACZAA&#10;CZBAaBKg0hSa48pekQAJkAAJkAAJkAAJkAAJkAAJkAAJkIDvCVBp8j1ztkgCJEACJEACJEACJEAC&#10;JEACJEACJEACoUmASlNojit7RQIkQAIkQAIkQAIkQAIkQAIkQAIkQAK+J0ClyffM2SIJkAAJkAAJ&#10;kAAJkAAJkAAJkAAJkAAJhCYBKk2hOa7sFQmQAAmQAAmQAAmQAAmQAAmQAAmQAAn4nkBkSkqKV61W&#10;fmaeV+V9XHjHVy193CKbI4EQI7Bhw4batWub71RiYmLx4sXN26GFICKwdevW+Pj4IHKYrpIACZAA&#10;CZAACZAACfiXwIoVK6pWrepfH9i65QQY02Q5UhokARIgARIgARIgARIgARIgARIgARIggTAl4HVM&#10;U5hyYrdJIGwIMKYpbIba+o4ypsl6prRIAiRAAiRAAiRAAiFNgDFNITm8jGkKyWFlp0iABEiABEiA&#10;BEiABEiABEiABEiABEjADwSoNPkBOpskARIgARIgARIgARIgARIgARIgARIggZAkQKUpJIeVnSIB&#10;EiABEiABEiABEiABEiABEiABEiABPxCg0uQH6GySBEiABEiABEiABEiABEiABEiABEiABEKSAJWm&#10;kBxWdooESIAESIAESIAESIAESIAESIAESIAE/ECASpMfoLNJEiABEiABEiABEiABEiABEiABEiAB&#10;EghJApEpKSn2dWzLli32GadlEghDAtWqVbO71xs2bKhdu7b5VhITE4sXL27eDi0EEYGtW7fGx8cH&#10;kcN0lQRIgARIgARIgARIwL8EVqxYUbVqVf/6wNYtJ2C70tSoUSPLnaZBEghPAitXrqTSFJ5DHyy9&#10;ptIULCNFP0mABEiABEiABEggQAhQaQqQgbDWDa6es5YnrZEACZAACZAACZAACZAACZAACZAACZBA&#10;+BKg0hS+Y8+ekwAJkAAJkAAJkAAJkAAJkAAJkAAJkIC1BKg0WcuT1kiABEiABEiABEiABEiABEiA&#10;BEiABEggfAlQaQrfsWfPSYAESIAESIAESIAESIAESIAESIAESMBaAlSarOUZTNYecrUFUwfoKwmQ&#10;AAmQAAmQAAmQAAmQAAmQAAmQQIARoNIUYAPiQ3d+v7598MEHct+H7bMpEiABEiABEiABEiABEiAB&#10;EiABEiCBUCNApSnURtTb/uChkq+//jpeva3I8iRAAiRAAiRAAiRAAiRAAiRAAiRAAiSgIkClKayn&#10;xO7duz/55BMgwCv2w5oFO08CJEACJEACJEACJEACJEACJEACJGCaAJUm0wiD1sDJkyeHDx9++fJl&#10;9ACv2MeRoO0NHScBEiABEiABEiABEiABEiABEiABEvA/ASpN/h8Dv3hw6dKlUaNGJScny9axjyM4&#10;7hd/2CgJkAAJkAAJkAAJkAAJkAAJkAAJkEAIEIhMSUmxrxtbtmxp1KiRffZpmQTCisDKlSurVatm&#10;d5c3bNhQu3Zt860kJiYWL17cvB1aCCICW7dujY+PDyKH6SoJkAAJkAAJkAAJkIB/CSBlcNWqVf3r&#10;A1u3nABjmixHSoMkQAIkQAIkQAIkQAIkQAIkQAIkQAIkEKYEqDSF6cCz2yRAAiRAAiRAAiRAAiRA&#10;AiRAAiRAAiRgOQEqTZYjpUESIAESIAESIAESIAESIAESIAESIAESCFMCVJrCdODZbRIgARIgARIg&#10;ARIgARIgARIgARIgARKwnIDtGcEt95gGSSCcCTAjeDiPfuD3nRnBA3+M6CEJkAAJkAAJkAAJBBQB&#10;ZgQPqOGwyhl7lSarvKQdEiABnxHgs+d8hjr0GqLSFHpjyh6RAAmQAAmQAAmQgK0EqDTZitdfxrl6&#10;zl/k2S4JkAAJkAAJ3ESgePHikdxcEQAZzhUSIAESIAESIAESIIFgIcCYpmAZKfpJAj4iwJgmH4EO&#10;xWYY02RmVIsVL3b82PHBwwZVqVIl7UpalGPLEhWZ+d8skdiFBhPleInA/xwvEeloMD0d/67d+N+1&#10;q9fwFzb8F5tjN+PPdGzYi3DsOPx0VHPUNeOzD+pmy5Zt145d7w0aVrhw4SNHjvigRTZBAiRAAiRA&#10;AiTgSwKMafIlbZ+1RaXJZ6jZEAkEBwEqTcExTgHpJZUmM8MCBWnYiPduq3NbTEwMRKUsUVnwT/wP&#10;GwQnHIfskjU6q+MdKE0ZG8QiKEpX0tIuX7588dIl6EvYMmSm6zuOv686NCYhOWVIUqKikJwyhSeF&#10;62gSrURHRztELdFKRDospqWlwZhzee1ew0iW6CxZs2ZFR2RJOHEFW9oVOOWhelQkim3elDC4/2Bv&#10;mzYzHKxLAiRAAiRAAiTgGwJUmnzD2cetUGnyMXA2RwKBToBKU6CPUAD7R6XJzOBAkfl16uT8BfJD&#10;fMnQlhwveIXikz179hyxOVavWP3vvxu3bN1yKvkUyjhkoPR0BDnlyZun6q231qp9W6P4RtCbLlw4&#10;Dw0HapNDasrYoERlqE+K4CahMzkpTbAZGxt77Mix1StXb9jw78mTJ9EjqE3ZYmIqVarU5I4mlatU&#10;gkHY19lTSGOQqLZu2bZ86bK9e/fCD0cMVkRkkaJF6tevV6d+nXz58124cEFbQoJKlZKS0qXTM1Sa&#10;dGJnMRIgARIgARIIIgJUmoJosPS7SqVJPyuWJIGwIEClKSyG2Z5OUmkywxUqz4+//lisWFHoKZky&#10;U5Ys0JgQXrR167ZZM2dt3Ljx8OHDJ46fcG6lYMGCxUsUr1GjRtv721avUQ1izsWLFyDrODQhh9Yk&#10;lKbrwU1ypZ0jVulGTBMcQKEli5auWrHq3w3/IpKobLmyhQsXuXjhwt59e8+cOVO+QnmEXLVs3aJQ&#10;kcKO6CixCs/NlpFtKerAvv1/zVsAa4cPHc6fP3/ZsmUhnCUmJh46dCguLq5W7VpQrxo0agDRTCO4&#10;CVWSTiR16/IclSYzE4x1SYAESIAESCAwCVBpCsxxMemVxUrTww8//Ntvv2n41K9fv+3btysL3H//&#10;/U8//bTJbqA6mh45cmT58uUNm5o5c+Y333xToECB8ePHGzaip6J5Vz224rEv3vqgGlmMI3wYOnSo&#10;9ES0KP4Uc8D5iDSiesvjrFCWb9y4ca9evTwSMF/AW0SiRdSSTcsJacyU+S4Ys0ClyRg31gIBKk1m&#10;pgGEmV9+/7losaJQfxDIBLEpZ86cF86fn/vnvDmz56xYvkIYL1miJMqUKlUKn1anTp06cODA8ePH&#10;9+/fL96t36D+vW1a39P8HsRGIVYozbFEDTLTjSAn58gm1BIKDlr89ZffZs2cjZV4d999d/PmzSFd&#10;lShR4ty5cxjZtWvXTvl9yuHEw4ic6vj4I2XKlYV0pdFfrPVL2JTw0w8/b9m0pVz5cg899FDt2rXL&#10;lCkD7QxKU0JCwuzZs5ctW5YvX772D7dveW8LDVNUmszMK9YlARIgARIggQAnQKUpwAfImHtWPntO&#10;eY/tzhtoE5AhhBKB+3DsWCIzaXceju3Zs8cjoD/++KN37942yUw6ffDopM4CLvtilQ+AeSJjk1Sx&#10;A5lJDChecbFwPiI9d35Le1bAMrojpg225ORkoXMZ26yCoNG6nNgjRoww5iRrkQAJhCeBjBzgYtFc&#10;VFxczvPnzs/+Y/Znn3wmZKaqVas+88wzA98dOHjw4Pfee2/48OHDhg0blLG98sorTZo0QZk1q9d8&#10;/tm4b77+dv++/Tly5IjOMJZhMyOzeEY+cUc6cfGasYNa4mlvy5Yum/zTZAQrvfTSS5988slrr712&#10;6623Llq06NixY0899dSHH344fMTwli1brlyxcsa0mcePHcPKOHfDlC0m2/69+6f9Pm3zxs1Nbm/y&#10;0Ucf4Xr42GOPIaYJ2aTatm3bt2/fMWPGoCEY+fH7H9esWps1a3R4Djp7TQIkQAIkQAIkQAKhR8Ay&#10;pUmPzBTg+JCQokiRIgHupE73bO3L0qVLEViEDTvCH9yH4Nd1EVCG1/j4eOcj0nONt5x7B1kKAU1K&#10;+Q+yFEQuiFk6UfirGIL1MAp6JE5/ech2SYAEAo2AQ2nKEIZyZM+Rmpo6e9bsceO+QMhSrly52rdv&#10;/+67706YMKFr16733nsvNCBcdStXrox9/GAD1eaDDz7o3LkzQoSSkpImTZz02+Tfk0+eQn4nBEdl&#10;KEyZSpMUmxzplzLzfTtimpJPJn/39fcIOHr6qafefPPNChUqAM6UKVN69OjRpUsX7CNZEux/+umn&#10;devWXfL3kg3rNmBVnkwZriSJg1h5t2D+wjWr1yIq6sUXX3zggQdQ4PChQ+8NGQL/p06Zinir2267&#10;bdSoUT179rxw/sKUX6ecPXsu0IaD/pAACZAACZAACZAACRgjYI3SZEZmwq04qmPr3r276AP2oSOI&#10;g1AZsIl9uThLHFcdlP1HwIt4Cz+iCmt47dOnj/jTuTnZqMtioi1ZBkZUnVU1J1qU+oLYV/mAMlu2&#10;bFH5Lx1z16JsSPojvHKu6NycMwdtH+RYuJxVy5cvv+OOO3CHgx1RANISVBVB2N0RPW85NwdQeOC3&#10;6vgtt9yyY8cOl6hx0OWIiIHzOBnEtFEOMVBI4JiW4k/DQVXOvrkkzIMkQALhSUCoQVgsBrlpwbwF&#10;48aOO37sONIbPfnkkz/88MMjjzyCt9yRadSo0XfffQcdBzmbUGbmjJlz5/yJEKYsePDb9YgmEbuU&#10;uV3XmfCcu7TLaSv+WQlJq2PHjrjK5cmTR7RSMWNr3bq1bBRXfjSBAqtXrtm3Z59Lf3Bw25btiGbC&#10;o/LKlSlzPjX1wP79u3fvHv7++4sWLz51OuWDkSOnTplyNvUs1CusqmvTps2uXbtWLVvFNEzhOe3Z&#10;axIgARIgARIggdAjYIHSpFJevGWEiHqx2ui+++6TUsWsWbNwBGvZoC7t3LlT7CsVllWrVomFWjio&#10;ChuRS7Ggg+AtuVJPJPdx2RyOOxfDr8SiCfggm8BvyKpEVKrmXHZfZRxlhP/KTsExjRbRTdxsiOVj&#10;CJZRtuJc0bk55w6688F5LFQ9EsFEInAJOzK2CI3+999/QiUUVZyPSFMabzkDRMdVBzEKGtPM5YiI&#10;gdMzGVRDjGmJwRLNoWv4U+cMx7SBRqZKHKZntui0z2IkQAKhR8CxeC4qS/YcOZACfPbsOYjfRDQT&#10;BKaxY8diKZye/uIa/uyzzyKyCer/nDl/bty4KUeOWBEp5UjQLVbPZS6hg9TkCGpCuNOFixfm/TkP&#10;Zd54443qNWpgB8cRdgT1at26dZ999hke/SZbf/755xs2bIgk31sTtmbNltXZK+hHeHQdcn7nzZN3&#10;3569w4e9/0iHh/q+/sZnn3/eoUMH6E3Jp1NWr1lz9sxZ8WmCpX9ITQUHoDS5DJLS03GWIQESIAES&#10;IAESIAESCBwCZpUmkzITbt3xbRgBRyJkCSl4BBokccCr0DLatWsn96Xig2/S4hsqbuYR9qIEKsOd&#10;cBALtZRvuWtONR6imBB0VE0glkdVWKM5jWEW/osOolMeW6xWrRqEMxnVJS1rVPQ4yVz64DwWznCw&#10;bk4cxI5yFRvWuEE7Qy4PedD5iLSm8ZZHz8WDt91tLkfEeeDcTQZVSUwD3OyJtiCl4U9sylTozm4I&#10;hhgv52LGZotHICxAAiQQGgQgBCH8KHtMDFKAL1/mCBpF9qUhQ4Z41Tv8/ABBB1U2rN8w9bcpSITk&#10;0K8yFtBFRmT8N0NiysjU5HjFESx2w1PtcPUrXry4bGv+/PlQmhC+VKhQoXfeeUfpAz68ICcdPXYM&#10;hp19Q3MHDx7Ily8/Psof79QJ6/vw4b7x33/Lly5z4ugxfJxNnz4dnZJtlStXDivpEPTEmCavBpqF&#10;SYAESIAESIAESCBgCZhVmmSeZrnjbVdlsAksyDtzw/mSRLZp4YzLyBeXzXnrsyzvsTnDllUVIXiJ&#10;eBxl0JBVxqUdPXAgoEi5BDtyAZ0wgtsPCDFK+cn5iGxO4y1ZRkhsqp5C8XFWjkQZr0ZET39hE4Ka&#10;WMUpJTZt8iIuzDm1vFe+WT64NEgCJBD4BCAGxcRkX7Vy9cYNG+EtkjEhBTiEHm89xwo4PDwOtbZs&#10;2bps6T/Zs8VcTweemfw7Mx24TNSU0QCutyKaSWx4DKVYp5yWlvb7778rfYA2BK/wGDvHI+tcbXir&#10;YIECD3d85M133h42YvjnX4xr1br1ngP7x0/8sk7duu+89fbyf5YhEZWoinAt9NTbPrI8CZAACZAA&#10;CZAACZBAwBIwqzSZ7JjI76NKPKTHpshFDUVj+/bt+HIsqyCISaT1EREryuPY19mcCDUSXkEdUDWh&#10;dM9lc9AvRJiVql+qACulHZ0tYnkddBzx1V9sOiuqOLgkrAcOegS8SnkRfwoVRqpLWO0IAs5HZKMa&#10;bzk7BokN+o4ybxRSHSFPk1iV5oza3QRQjZr+yYCSULWwgA6bkLcM52ly9k3m8JI7IhWUnlOAZUiA&#10;BEKQQGQkQpA2btyIpWfoXb169bB0DjsI9lm9ejUSJCEvOAKFsBgcH0w4DrFm6tSpjz766IMPPoj4&#10;Xyyyu3z5Mo7Xr1+/QYMG2MFlZ93a9Yg/ynzeXMa6ObFlZgRPx8K1dCEYKWUm/ImE35IwxCYlbbEK&#10;T4M/LCKCCsVQJmdcXLPmzUd9+MG2bdtee7VnjarVNm7Y0POVVx5u32H0Rx8fOZIYFxcnSnIjARIg&#10;ARIgARIgARIIDQL+/24nkjEpc3jrIQsVCVWwUAviizIVDuQSrHXCW8j0JGOaIFWgpEgCpbM5kZ4J&#10;drASClVU2Xakhy6bQyofUReaiyyp9MFlB7VbVIYRoctKCzpdRRWPPniEA7UF6TmUreNPHIT+9fXX&#10;X8uU20IRUx2RtTTeckkG91TwXBjHhvsroa9hc0btckSUZg1MBjH6SBflbhrombEo49E3nXZYjARI&#10;IFQJQL/JljUrFBl8kJUsWRJL5xzPcbtyBT+uQEtCUvBp06bNnj37k08+6dSp07hx4yZNmoTnwSHg&#10;aMaMGViShmfGdevW7eDBg+BTs2bNsmXLnjp1anPC5ujorCI3U4Y8dF1mEhDFErqMXVxdlevX8CtO&#10;mTJlcBwxR0jarWSOJvCEu5sN3TQmeCsxMVH+vgINKzpr1l27dg4b/v6UaVORVvxUcvKWhIRxY8c+&#10;8VinV3q8BGWNS+dCdVazXyRAAiRAAiRAAmFIIFKZ5jNY+g+5AfKKydv+YOks/VQRQNQPdEMc9OUc&#10;QCAV4gikwhXag4IlM7Vr1zbfR9xnKnO+mDdIC4FPYOvWrWFymtgxFlBn/pw/B/pOp8eeWLpkKXIk&#10;IZlR8+bNkUGpS5cuf/31V2xsLK5+2bNnHzZsGFSkWrVqzZ07d/PmzXXr1u3bt29CQsLw4cOhNOF6&#10;VbRoUWTyHjBgAGSpWrfVmjJtSvKpk4hLSkNCpowN8UrYsMbt6rWriCdKSjr5Vu+3zp07t2nTpgoV&#10;KojeoQBSPiFDU6VKlZYtW6ZcxIfQKmheXZ59umOnR86dO6+iEZsz9rOPx86ZNQe/E4jLNfI0DXin&#10;39q1a2og3XhUlp8m/1KxQoVWLVtB5Vq3Zu2///57Ie1y/gL5R348ApqUs+SEh9klnUjq1uU5qlF2&#10;TDzaJAESIAESIAH/EsD9XdWqVf3rA1u3nID/Y5os7xINhjYB3MeK5Xs+kxpx7UN8Ae+fQ3tesXck&#10;EBAEEF8UFSn0FAi1kJOwc/bsWchM0KEQ1oSFck8++eRXX331+eefI1c3ZCZE72LdHBbZvfzyywhr&#10;wnPcxPM6ke4QehN20q+lOwKaMhbLRaa7WPJ2Lf1a9uwxze5pdv78eay/u3jxoqNWejpEn1KlSmEf&#10;2pZSZvrll19wVbwFa6er3grtypkb5Kx69esWKVrkzz//XLBgAQrExMQ0vr1JmdJlpk2f8fW33yLe&#10;6rVevV7o0ePNt956pWfPfAULYBngPc3vQR8di/m4kQAJkAAJkAAJkAAJBDkBKk1BPoB032YCiA7A&#10;b/KIF7C5HZonARIggZsI5MyZM3fu3Dgk8iVBhcHPfRB9IABhVV3FihUR4oTjKCYEqYIFC7Zu3RoL&#10;05DpSchD2BwWM0SmdPdplSBFQQm64+7b8+XLh1XPWJQHsUmkYRJJu0+fPi09Q7qo0aNHQ3xv1Lhh&#10;hYrlVfmbRDEcrF6rRp26dbAcD9fP9evXw8lHOnZ88513WrRsgVWBEMU6PvpoqdKlsmbLtnX7tqST&#10;J0uWKnl7U8dSQQpNPA1IgARIgARIgARIIAQIBKXS5Mt4lhAYY3bBDAE8D5HzzQxA1iUBEvCOAGJ6&#10;MmKazpw5gyxL2MHaMUewT3r62rVrheqENXGLFi0SWZAQ8SQeE4GIpG+//RbHsQhO/InN0XRGmBDq&#10;q9zIEKAyNyygK1qsaPuH26PF999//7PPPhPG77zzzhdffPH111/HPppGgNLbb7+9cuXKOvXq1KlX&#10;OyZHjMvlbDgYmzPHXc2a3lLlljlz5vTv3x/p/JCVvHad2v369R81alSHhx6CHLZv3z4sA8QCPehZ&#10;be9vW6BgAe9AsTQJkAAJkAAJkAAJkECgEsiCBKKB6hv9IgES8AOBo0ePFitWzHzDuAHOlSuXeTu0&#10;EEQEEOoi1ltxM0Bg0KBBnZ/sjHVqU36femD/ASyOQ8Y0xC4hRAjBQZCT9u7dmzdvXmQ1Qu4kJE4S&#10;i+N2796NLEiIb8JSNeRFQqLupk2botiuXbv++OMPPJiiWPFiHR/teOHCeSRlupruyM2EDWIQFs3h&#10;n5CK8IqtSpVboFJt27ptxfIVx44fQ2QTTmGkqIMPWC4Ha0OHDF2zZg30o8efeKx8hfJXr7hYOic6&#10;jlRQuIwgSOrAvgMQyJD9DUIVYqPicsWVLVfuvx07lixZ8umnn+LpGUgU1faBtvc92BZeuYMGIQyq&#10;2cxpM999910DYFmFBEiABEiABEggkAngwSDKdfqB7Cp9008gKDOC6+8eS5IACXhLgBnBvSXG8pIA&#10;M4KbmQwIXJozb/att97aq2cviE1ItIRooB49ely+fBnPnnvppZeQGhwCLprAYjcIQP/73//wDDio&#10;TghEEjINcjY98cQT+AEJKg8eSIf4I+hTyH/0xYRxKIN04BkZwaH54MXxH6k6CaUJDmSNzvr7r1P+&#10;WfLPnt17YBDp8MqWKQsxCPnFEXkE+9VrVu/wSIeSpUqIKlr9jYyIyRqzc8euyT9P3rpl69kzZyE8&#10;Ibl4gfwFtm3fhoAm6EcQrZo2a3pPi2bY11CamBHczLxiXRIgARIgARIIcALMCB7gA2TMvYBTmjYd&#10;DsoFfcbosxYJeEWgZgm3v/l7ZUe7MJUmC2GGmykqTWZGHELPrLmzKlaq9OvPkyd8MeHAgQNPP/00&#10;EicJm0j+jQigkycdj5CDXvPUU0+VK1cOwhOWp+ExcFiMhup4CN0LL7yARE4oDwUKa9OQHfzpLk91&#10;e/45rMW7olCaMp48l6E0Xb2G1XVK2QjhUYcOHl6yaMmaVWuSTiaJ1qFt3XLLLc1bNa9esxoKI2RJ&#10;Z0+xaA6F/123ceH8Bbt270azQp+CFtbk9saN72hcsHDBixcuaotWVJp00mYxEiABEiABEghGAlSa&#10;gnHUPPpMpckjIhYggUAhQKUpUEaCfrghQKXJzNSAVPTHn3+ULVtmz+69w4cNX75sOVKADx48+KGH&#10;HnJpVkQhuXwLa9Peeuut5cuXV6te7a133qpRo/r5C+cRzuTQmhwiU8ZLhtKUKTLdHKAEs5CrorJE&#10;KXM5Yakd6mlEHmn0HdawKb11LN9zLOfLFJ60uVFpMjOvWJcESIAESIAEApwAlaYAHyBj7jGAyBg3&#10;1iIBEiABEiABiwlAfLl0+XK16lWrV6+OBWVQ7saPH6989JuyPXcyE8qgFmQmFKhZs0Z840aw6ZCS&#10;MoSlzKRMms94E1FLly9dvqTY0i6nGZOZ4A8UJawBVFrDn2jCw/o7i+nSHAmQAAmQAAmQAAmQgI8I&#10;UGnyEWg2QwIkQAIkQALaBKKzOh4zl5p6rsND7Vu2aoHCyPyNDE1eccPT4mbMmIEqDRo0aP9Qh/Pn&#10;ziPyKQvigqKjs2bNfMWitswNTeJ/2LIF8L8MX72CwMIkQAIkQAIkQAIkQAJ+JMDVc36Ez6ZJwDsC&#10;XD3nHS+W9jkBrp4zgxwaU+7cubt27/pguweLFS3655y5n4z+BI+QwwPg2rRpM2rUKI/P9btw4QJk&#10;KeQCRxgUnkz3/IvPP97pMaR2mjt33qdjPo3OEo2UTA4PHf+5nsw749FzERFYhaeZ3ttMx8zXjYzE&#10;Uj88Yo8xUOZZ0gIJkAAJkAAJBBoBrp4LtBGxxB8qTZZgpBES8AUBKk2+oMw2TBCg0mQCXoRYDReb&#10;M/aJzp0e7/R44SJF5syaM+bjMXj0b44cOW677TY8bK5z585Izu3cCpan/fjjj0gfvnr1ajwkDmVe&#10;efXlJ59+8mzq2enTZnwx9gtkBDfjW4DUpdIUIANBN0iABEiABEjAQgJUmiyEGTimgmb13Fej38Y/&#10;JbjBr3Y4ctDxGGZuJEACJEACJBAaBLDY7cfvf/p18q+nU1Jatm752uu98KQ5BCvhS9iQIUOQHXzE&#10;iBE///zz+vXrjxw5smnTpl9++eWjjz7q0KHDwIEDFy5cCJmpaLGir/d5/ZFHHwGQBX8tHD9uvFcy&#10;0yeffIIcTxANH3vsMVho2rQpgqQk27lz51arVk0/6ubNm8OgLD9lyhQRmYWE5fv27Xv++eexr5Fw&#10;Sn9DLEkCJEACJEACJEACJBA4BIJDaYKidPpUEv55Ky2ZUaPM1A2cAaYnJEACJEACwUXg3LlzP//0&#10;y/fffZ969iyyNfV+o1e79g9Cjtm/f/+sWbM+/PDDQYMG9erVCzJNz549sT9y5EgkZtq7dy+62eye&#10;e15/4/WHHu6QIzbHtKnTJnwx4XTKaa+6D4Fpy5Yt7777bnx8fPfu3Tdv3rx79+4JEybAyHfffYeY&#10;qRMnTug3WKJEiZdffhkeiirt27fHQ+heeeWVPHnyjB49GonP33zzTUYq6efJkiRAAiRAAiRAAiQQ&#10;FASCQ2lKWLekWu3G+IedoMBKJ0mABEiABEjAGAGISqeST/3y0+RvvvrmxPHjiGx6sceLvXq/1qJl&#10;CwQEQejZvn374sWLoS4tWrRo27Ztx44dK16ieLPmzV597dWXX+nxYPsHLl669OMPP/3fl5MOHTzk&#10;bcQQAqDi4uJKliyJQCrkeEJ2JIhZMPLOO+9AAhswYMDx48f120zL2JDPG9IVaODxczALpQldgNL0&#10;7bffnjp1yhgl1iIBEiABEiABEiABEghYAsGRp2n0wOce7frmqZNH5039uucgxy+r2BBz1KJdl/nT&#10;vsZ+/N0PYB87WGF3cO927Mi3sF+1dpOHu/RGeexs3bBswJgpsph4SxhEK2dSkrDz8DOv//bVB+Kg&#10;skDAjiIdCxMCzNMUJgMdvN1kniYzY6eUb7CPSJ9cuXPdd39bpAO/rfZtefLm2bpl27q16/77778z&#10;p09fu5YuykRGRSJleOXKlevVr1uterVzqee2JGz5668FU36fcuL4CVHGK69gH+oS4qcQyvTbb79t&#10;2LAB1bNnzw6FSL/AJFt85plnENNUp04dRGPNnj37s88+K1y48D///DN8+PCvvvqqQoUK5cuXnz9/&#10;vk4Pve2LTrMsRgIkQAIkQAIk4EcCzNPkR/j2NR0EStPWf5dLgQliUMv2Xare1hhEoByVKlflmZ7D&#10;sKTuyw9e7/b6B/t2JRzev1MqR6IMjhcrVV7sS0FKApUFoD3lylvAXV37BoCWSUA/ASpN+lmxpF8I&#10;UGkyg12l40iRCPpRp86doMkUL1ECMk3O2Ngs0VlkYYgvSAd+4fwFhBolJh7Zu2cPUoCvWL7CIUJ5&#10;LzPB/6NHj3766ae//vprjx49Ll682LdvXxwsVqxYYmJizpw5z58/71Ufu3btimCocuXKodbatWvr&#10;1q2L9XSvv/46oqWWLl3arl07JDt/4YUXdNqk0qQTFIuRAAmQAAmQQBARoNIURIOl39UgWD239d8V&#10;WDcnuoQd/Cm71/qhro5vwKXKQ3KCzFS2YnWELIkoJ5db9bp3iuMrFs2AxoR/2EeoFLQqREIpZSb9&#10;BFmSBEiABEiABCwnIFUVxCi98+Y7Qwe999MPPy34awEEmqWLly5ZvGTx4iV4xf7SJf8sWLjw558n&#10;vzfkvb5vvLl82XJR15gug3TgL7300saNG7HADTKTkLSwAi4hIeHatWvedjMpKQkVRa169eohQgrh&#10;UUgyVaBAASwAhN4EmclAqJS3brA8CZAACZAACZAACZCALwkEQUyT0IOUG5a/4U9lvBIikqrUaoSQ&#10;JRyH0gQhCSvgEPqkimkS8U0iBkoYEUFS+QoUlUdkQ8q6vhwStkUC7ggwpolzI8AJMKbJzAAhbghx&#10;SQbUHDONquqqwqCMRUVJm7K6hlmdTURFRSGeC4/bs7CzNEUCJEACJEACJBAIBBjTFAijYLkPgR7T&#10;BM0I8UpQheQ//ImDAoRIEI7ldYhIQkCTOIgMTZCcDu/bIf5EyJKKGo7AiKgoEjNBfsqdt6BzMJRz&#10;XcsHgAZJgARIgARIAAQgoxQpUsS/KFRhUMaiomQXZHUNszqbABnKTP6dG2ydBEiABEiABEiABPQT&#10;CHSlafvGlQhWUvYHf+KgOHI65SQij5C9G+oS1CK5Jg47IkE48nnj3d++/lBpAbFOp08loeKqv/+A&#10;wCTeQqJxWR0KlLu6+smyJAmQAAmQAAl4RQC5kKC8cHMmADJekWRhEiABEiABEiABEiABPxIIgtVz&#10;fqTDpkkgoAhw9VxADQedcSbA1XOcFSRAAiRAAiRAAiRAAl4R4Oo5r3AFS+FAj2kKFo70kwRIgARI&#10;gARIgARIgARIgARIgARIgARIgEoT5wAJkAAJkAAJkAAJkAAJkAAJkAAJkAAJkIA1BKg0WcORVkiA&#10;BEiABEiABEiABEiABEiABEiABEiABKg0cQ6QAAmQAAmQAAmQAAmQAAmQAAmQAAmQAAlYQyDgMoJb&#10;0y1aIQESMEpgw4YNtWvXNlr7Rj08K6p48eLm7dBCEBFgRvAgGiy6SgIkQAIkQAIkQAKBQIAZwQNh&#10;FCz3gTFNliOlQRIgARIgARIgARIgARIgARIgARIgARIIUwJUmsJ04NltEiABEiABEiABEiABEiAB&#10;EiABEiABErCcAJUmy5HSIAmQAAmQAAmQAAmQAAmQAAmQAAmQAAmEKQEqTWE68Ow2CZAACZAACZAA&#10;CZAACZAACZAACZAACVhOgEqT5UhpkARIgARIgARIgARIgARIgARIgARIgATClACVpjAdeHabBEiA&#10;BEiABEiABEiABEiABEiABEiABCwnEARK08MPP7xnzx7R8+7du3/00UeWU9A2qHTAx02zORIgARIg&#10;ARIgARIgARIgARIgARIgARIIIgJBoDRJmtCYGjdu3KtXryDiS1dJgARIgARIgARIgARIgARIgARI&#10;gARIIHwIBI3S9M0332BUnn766fAZG/aUBEiABEiABEiABEiABEiABEiABEiABIKLQHAoTVu2bNm5&#10;c6cymgnr6bCoDRvW04E4XmfOnCnQr1ixAn/269dPHkExHBRv4Th2ZHW8pSyGsCkcURYQCpfYUFc0&#10;KqsE12DTWxIgARIgARIgARIgARIgARIgARIgARKwlUBwKE2Qe9q2basEMWLEiJEjR/7222/33Xcf&#10;5CG8rlq1ShSAnIQ/GzZsCHEKf0IVKlCgwI4dO7CPVxzHDqojPArVYQTGZR4olMRBZQHZKOzkz58f&#10;72K7//77bR0VGicBEiABEiABEiABEiABEiABEiABEiCBYCQQHEpT7969P/zwQ6kHQUs6efJknz59&#10;EF4EnSg5ORnSz4kTJ8QA/Pfff/izWrVq2MGf0Ju6dOkiVCe84rioLtSi8uXLV6lSBTFTou4dd9yB&#10;VxEAJQrI9XqouHz5cmWIUzCON30mARIgARIgARIgARIgARIgARIgARIgAfsIBIfSVKRIESg+kJYk&#10;CBF8JLahQ4fiOJKFI+wIG3aEhFSoUCGIU9Cb4uPjpX6E48ZooqIId5Jr8YzZYS0SIAESIAESIAES&#10;IAESIAESIAESIAESCFUCwaE0gT4ijLCJLEtQjhCUpEqWhHAkLKDDJuKSsFWqVGnSpElCeML+rFmz&#10;8Cqq41VUhxS1fft2xCspB1jYF5FNqlYgeMENsRaPGwmQAAmQAAmQAAmQAAmQAAmQAAmQAAmQgJJA&#10;0ChNcFosZBMpwLGeDgvZRH5u5GnCERGshFRKMmoJkhNUpMqVK+O42JcilEjPhLqIk4Ip50AntIX1&#10;eigglt0JyUmmA+cj8HgWkQAJkAAJkAAJkAAJkAAJkAAJkAAJkIAzgciUlJSQ4YKIJyQOFyFL3EiA&#10;BIwR2LBhQ+3atY3VVdZKTEwsXry4eTu0EEQEtm7dyitwEI0XXSUBEiABEiABEiABvxPAWqKqVav6&#10;3Q06YC2BYIpp0u45JiiSgvMmx9r5QWskQAIkQAIkQAIkQAIkQAIkQAIkQAIkoJ9AiChNiGbCYre+&#10;ffvq7zlLkgAJkAAJkECwEMCi79atWweLt/TTBwSQaDIyMlI+ltcHLbIJqwhg4P755x+rrNFOIBOw&#10;+9IdsNeBn3/+uWLFimJoXszYbB0mfD4Cta1N0DgJkIC3BEJEacLj5/BgOMPPlfOWGsuTAAmQAAmQ&#10;gOUE8F0ct6CqTXxZX7hwYbNmzQy3iNtapVnDdrQr4os+WjFvHLco0lt5r2LerH8tiE6ZvBcSd5Uw&#10;hb6sXr26QoUKZr75CJes0qpwp6eyhs6GzPDpnDziRNNWkcS7t99+u8qmy7tx83NGp+d6iomz0t2E&#10;UV6+XBJQSg96mvNxGasuXyq3TV66PUJQXgdwDgbODxJLlixp2bKl8H/evHl33nmnx76YKTB37lzx&#10;DChuJEACgUMgRJSmwAFKT0iABEiABEjAGIHPP/88PWNr1arViBEjxP6uXbtgDV+jS5cubcws7qDw&#10;QIylS5cKg7Bs1c/LuKsRqofY9u3bB8+NOSlrwbfHH3989+7dwlvcq5hUZ0z6Y1V1dApwcNupNIgb&#10;cpUWgz81dArkv0P1Bg0a4BU3ct7qOCCpHPoDBw6Y1KqUfcEUhTX87KecD/JW0yqMAW7n0KFD8NBZ&#10;RVK6vXz5coBy7ojz3bjQdALk/hknO9x2N2Ewr+C/vMLIJ/Aou6mUHjTG0UL1U3u2wGfltcWSy5dz&#10;i2Yu3Xpmu/I6gA8LMz9IoDkL4WM+lC1bFjYxjXE9L1mypJ7uGCsjrpnMDWqMHmuRgH0EqDTZx5aW&#10;SYAESIAESMAIAdXNibjhFPqCtxuUICwth8wk737x0FVIWt7acVkefirvH2D2zz//NGMZN37jxo3D&#10;bYkM1YFNOGzGZiDUxT0tZKYuXboI3VBuEB2UapG4JdO4X8Ig4mZewEFhb+8qoXOJez+xAazKH8Os&#10;xJ0eAswnTJggjfggkMGwwzZVfOyxxzBA2sahaDgLcC7vxjHQsKatW9nUEZVZocjAbZfiJkYfpy2G&#10;W9TCk5rx6iyYSulBw2dRy0yknn4g8Ecp35u/fDk3bebSrbMjyusATmczV0tr4eNSJkRSoY/bOo2h&#10;8Foomuskz2IkQAIeCVBp8oiIBUjg/9t7+1i7rvO8E/qj+bAzqUPaUcJoFJn+EE02iem0UiiI6lhF&#10;ZSUiG0GjJLbgCQW6EC0DkyakSgUoJ0EyDBCyIutpAdsUGoNsA8lJOIZTSqmkoHYrCWSoiX2dD9IU&#10;adGyqjBmZDK3k+/OAJ4f9UjvvFlr7333+bj3nnPus0EQ++yz1rve9Vtr73vWc953HRMwARMwgaUj&#10;oI/7WVciP4Ir/K/slSI/grWfrjcuAtnH8P77768/5UceVq6o/BEdeaEYF1WAupFpQvBCfA2uWrIc&#10;1ZVPpBWX3tLRGFeFKEbIVeM6M6fU5br0OpsN33ITXFSsUAalbC+OHJbV1oq6EM7HbIjyHWFiVGQd&#10;zkCgyrH6irpYo7+odXKVQ6Eu/M8VrdVxW6g16DnBiopoFvV4FZEa8lx9pwotRpcxHn3P+ZV5gnEu&#10;N9RQW7yVVnroLHQwyuRAhiHsxwAVwx1djjQueqFe56lVF6MMJfO4F1MihibKaCBi6mq440arPcyb&#10;xeQu50TCRsGlcTVebPETPYpRa7yhGmmoF+FwHse6s8XDTmo1InKbuPnII48gpC4oD4X00Hg/yj0F&#10;Q2XI+ZaMjiuaMs/JtjtU1nTE40t18YdIw5jVeXr3f9oEq7hH1IoI69Fdk8kDl7P21K9sSvY1b2OG&#10;50d9fC2h+Rb+ND7M42IdKNoIPxtpiy2NrEnl7qlYDjJqDOKjZNzXRRpvfqvRgfrBGIFdxR0aJMeV&#10;I7x0nwPckgnMBAErTTMxjO6ECZiACZjArBBQAk5enJDlxJXDhw8T4EB0EkuLLNzcd999SlqhTLEY&#10;UKDEPffcU7PREkg2FdjC53sCUiL/hQAc1WL1Eql8LDj11THfnHOR5aXKcyV2n5Hn6gVHrEJZA1BX&#10;SXx4hfhSyBZ6qYCI4qBfrAnVlupqzakOYlZvKbuH65w/+uijFJMdOksxIm5UnYNOIf3wEhkOCCrW&#10;1oocy63EaioS/SjQpsKwoJLYp2ClKKYhExDiKTgoxhGjyQoNV5GTuKJgsYgS0gSggypMrRivHKkR&#10;QQq0TkMiw4EkJHQSNIHJCj8yFplgMZE45y3NE1qBYT06XInEKMow4tFNSZxD2JfaJW+llPGSUYvZ&#10;TkMRGUTrGusYd0rGlIiEPsgwXjHunOcpEeNCXQUTcTDDtR5uvF9qD2OzGKxFyirkuXHC2xBcMsnG&#10;1Xje4iffhnguqo03lGho2tA055ot6oj6le/uurPZMerSnCZP21Y4gM3hdVLNitC8LD3ofsQHOcO5&#10;bmcmeSQO66GkXFoV445Wx+VJ3HrMsbY7VHOmfnwx/7EWd3RY0HRd8GmjOwVXH3roIfmDosH4yk+F&#10;9ckUj+46oRikNI0D6jtzI8rQa/ql240C8UtH2JGyXBDLMVNMobDT+DCXYigLTK1CfGmEH38RNIfr&#10;R1zOmmQixQzJQUaNQXwUDge4JWGlacNFjOhvFsYbHWh8MDID6SD0eDLEXzQNCpDHlTCebw2fm4AJ&#10;LEjAStOCiFzABEzABEzABJaOAAvFYnHCqoCVSU5Mk5rDOoeSSpeQcFDs5aTlcWM2ltSrsMkSgs/3&#10;kf9Ci/raXIE2kZFBc7FgZv2Q5TCWFuE2J7If4Tycs5xgyacFWKNjrB94q/H7fyUAagwogEuyr8VJ&#10;DhRimRHexm442pAoA2QVF3FekYzW1opUs9xK5iwf0Ika00ME9oEHHgjPQ4PTQiuPDldydhuEcTun&#10;OoY2JIDhUtTK+hEF8uJTa7+Yx7gd+SYszwAS5Bk+mtbw8X/Nqr4ZQgJj31/Notz0oPZZMQItxosT&#10;2CoDMQaXhqL7+JnHvW2wKJ/7UkwJDQQqQ2aOG2Jb3C+NHgqXpgEySsQS6op2RM6CS8bIHVen1LFg&#10;Vv5R0XcWzx03FG4AKk+bGNlIltRJW2ezY3il27bNc025vJmUVLPiRs4XBTNnbkYSLhfj5tLTI258&#10;HoyawDEto4m2O7Tj8YUPOTIoHl8Y737a4E+0q7kBRggEcIjFk5BhrR9oGk3UrngmSKcTyZiiYqLO&#10;YiePaTwAc8wU96zstD3MNawyyD1VO5bhYyRnRGoOx7NLplQmlHrNcJXMu0c1BvGBThNAIiM9knF0&#10;YXqq+dbmQOODkYuSRPPMV2fp6Yhp3fmO8LkJmEB/Alaa+rNySRMwARMwARNYdAJ8OC723+ETecSS&#10;ZL2AD+LKveJQdINWL8XRmNXC0oUFZJRUHIrythTTEUE0RJFEMZqLnxAqduFhaRENcSKpQlqYlg36&#10;9l72FadQO5alkGhUq6lGHUdyRkhFNCFNhyOvJOls9EI/1RSgQtzpaIWuoRrkVrQIxCUY5vzBSCRR&#10;Lg9lFDwSYPFQy2yO+sfjipgRCOcYoghQUu9yvhK0tWwusnVyUEyxH3NsESWzjbuAFaxixVjnW9Ev&#10;MYkEuhAih7Bfi61YLgJn8iSPIAgu5sHiZTgmN2LcM1tphRpfYigU8qaDZb+0reJ+afRQuCgsySBi&#10;CTOBtg1luMeLH+eSEelfdd87bihoKEiEI4dKaQVOpyI7sq2zwZb5zLwSgTbP6wimRtUsB7ZkmFnA&#10;KnRSBaPp/tINJW2imJbFoMuIZiPc2h5fxU/CxeNrwadNPIgibQ1TPB8CWh6selgpRsWIKcs6XdGv&#10;HNyax1SzWnpcjpmKYMa2hzmTHz/1LMq3j85rkbqWC4taml0BJN8U+a9YYxAf/kspZq7ylGOa6cHI&#10;3wjN3ka9Ug40Phi5mJ2hGH/CIje57q+vmIAJLAEBK01LANlNmIAJmIAJmEBfAvV24BHJgon4rlhC&#10;RvyiHMJN25arRZaE/IhwiVhmRN4WpuJr4RwnpS+fJUkUyxJ9+o+lMt9X81JfSsuUVk1K3NDRiCPH&#10;DUUBRSTFS62xlWSXl4tZLyjeygpOEcsQb3W0krtWLERZhNMX0Ck7I349UDqagh1yrykZPz9XSD+R&#10;fhg9zePOxRwlVKyTY3GbV54KbYgIkUIZDAtFtmbOXske5iUxS7g8joXnSqCL5oawT1u1ClmE7BFJ&#10;oeV90XqOC8tvZXrUCjGiAKugkuhdKFP1/VJ7GLgK8QUasWhv/P21LI7E6Gchsg5XbLuhChqF6EMv&#10;6BqzQvdyW2fDh6xlK1sNkaJOocr3cp4/+XoObMn3YxYUCu1VPwYXYxFhKUzyIv6r7Q5te3zhWK3q&#10;6vHV82mT1UOoRlChnk6K8KofkrrI/xHDJTUtUu1yv2KG51g5CmvsNDPjLs5tcd74MI8HVOSE5gGq&#10;4eeYr9xo1AqBW1eYLfEdSU4jjQ7m5kQgzOrLCUV7iUZhPDtQPBilgTIKXC/yx5U6V2dqZ098bgIm&#10;sHgErDQtHltbNgETMAETMIHBCNQBIEWUSnxXXGyH1NiMViP1/tk5XEIV864Z2VSkaeCYNklRu1pL&#10;x1GsqVho8fme7+1je++cCdJGROJR9lbfvevbby23+J8YhzBbLFlz1mHbUidrNHlZ3tZK0bWQclj5&#10;xKqmURnBW21wnvsbOSPqS36rzkwJ2iqWPad38StvEIOPAk8UShagOIlgpULFCz4ampAPGPFI+8oL&#10;+I4fkCry8ojl0Q8IyvIQ9pljkcgJZPmGY8g06h1dxn+JmIWE1DYl2sa9ABsTPg9N4/1Sexi4FIgk&#10;YvgPjVi0998OPGtSue+KSGq7oQoaEVNDrbiDonpjZ3PHs0gaOygpRDEkJ+kCsRkWWknjTxCE/lJo&#10;YTnWKcL95EO+WbJXxU8ott2hmjOyWTy+ilsvW+j5tMkRXgxuZJtqR3NNgMbtwPNzWxsnhYxOv2Jr&#10;OaVnKkJTdmI3dJ7D8VQJKTnrRI0Pc+ZhWMjSWICt4WNc74oeCmwehWKANMOla+c4tcYNyAKR9kqT&#10;KW6N+GZCVxodyKGd8ifuFO1spQJxxzXuGlZ0xC9NwAQWicAUKE2Nm4OOjgOzjV/zLmiZWkPXXdC4&#10;C5iACZiACaxkAo3bgRcCSkSpaIvcyPRpjDVQCEOU4WM965B6CcSiPRcLuYfySnnjRFuAa3S0vGSN&#10;1Ji0pYVW5N2ofCRuyJl6lHFM3z+Ht9qiJSd90GIkNOX1DMXyligdS50c5pNXQW2ttOWjUZ4Woy95&#10;cxB1rdgjRhcjZ4Rzvv9XZ3OwWCQ31Su08FyfXkgLUuus0CJGDJVH46hsypz/wthptlA988k5gLzL&#10;KKsvRaBNIWHk4SvidDCoxbMmyRD2cSBS2MKOFqJ1l9vGvZgSbeNOsfwWgSSR4xlD03i/FB5mXMxk&#10;ZrvSvrAP+Yj1aMwk0g5lMe2lJWVNCq+i78otaruhMo0soIBUaVO6gzQ0jZ2tb0xdyRKeHlOxxZi2&#10;i5b/TMv6Xui4H7OaKYUaI3r+SDwtsBTjxcuOjNG2x5f2eosByhZ6Pm3ynGdENDqobNpoXHJS43bg&#10;XOcW052oTM+IY0IA4i31VxFkYYditKK3KBN782FNUnLeF6nxYU6VsECLsd9ZDHcNn3mrFrW3fZ2a&#10;jZG4C7Rbk5xZcDtwyqhrkcisB2PeLQ7jjQ7UD8a4U/CQKspMxJ/sfGMKedtU93UTMIFxEbhqfn5+&#10;XLYWyQ6yTnxVUjfBu+j0QzxBBq04aPlFomGzJrDYBObm5jZu3Dh6K3yP1LgP8eiWbWFiCZw+fXrT&#10;pk0T654dMwETMAETMIEJJIAsiOwS6lL2EOURpbLWhiawF3bJBIYmcOLEifXr1w9d3RUnk8AUxDRN&#10;Jjh7ZQImYAImYAImYAImYAImYAIjEqh/HyAMFltKjdiQq5uACZjAkhGYJqWJqKJjx47xP8eRI0dg&#10;pMQ6ZP6DBw/qJSe6qBw3HdQS0Lio6jpyKlw+37Fjh6ojstYNRbp73Urt55INpxsyARMwARMwARMw&#10;ARMwAROYIgLFLxWE51puOEJ8iobSrpqACQSBaVKacPrkyZNk0u3atUvikbLqyJ7buXOnurR69Wpd&#10;JI1527ZtnPMuupKe1HFxwRlAMvP1119PdQ6SQeqGZKGxldrPBZtzARMwARMwARMwARMwARMwgRVI&#10;gG/N48f1cvfZHkQ/ZLkCmbjLJmAC005gypSm7du3Q1z7gDTu560ffSAK6dKlS1u3buWcp/O6detO&#10;nTrFRV7qIiJUx8hh+cyZM6FetZVsbEWFF/Rz2ueN/TcBEzABEzABEzABEzABEzABEzABEzCBmsCU&#10;KU0eQhMwARMwARMwARMwARMwARMwARMwARMwgYklMAtK08WLFwu+CnpShp0ClDZs2MBFAp0U2RQ7&#10;N3FOwh0RT/kiYVBczHs5yX7RUGMrEzvSdswETMAETMAETMAETMAETMAETMAETMAEFpvA1CtNN910&#10;04EDB7QjeD60PRObc5P5zL5OynAmaY7CXDx37lwU3rJli0rmi4cOHYrdxyVONTbU2Mpij5ntm4AJ&#10;mIAJmIAJmIAJmIAJmIAJmIAJmMBkErhqfn5+Mj2zVyZgAstCYG5ubuPGjaM3feHCBf9ayugYp8vC&#10;6dOnFezpwwRMwARMwARMwARMwAT6ECCwY/369X1KuswUEZj6mKYpYm1XTcAETMAETMAETMAETMAE&#10;TMAETMAETGC2CVhpmu3xde9MwARMwARMwARMwARMwARMwARMwARMYOkIWGlaOtZuyQRMwARMwATG&#10;TuD2229n08Da7Kc+9am3v/3tfZr7yKtHn5J1GX5246qrruL/4q1RbA7nyUqutby0mWZMtgnhn6f9&#10;8mKZECALutH/QbGgKRUAO8+ExsdCtjAhozP27heUnn32WVA0ouPRLVAdYHm2U0wF2h71Pcclio3+&#10;J2NcngzqeXf5yfRqvH20NROYLgJWmqZrvOytCZiACZiACfwtAk8++SS/WVFDefrpp2+77TZdRwvo&#10;0JKeeuqpW265ZTiszz333Nve9jb97EY+hrbZuPBjMVarZqzBtE7La1qt63SE/FEs9jClAlrCSSyr&#10;j0b1JOpSfmh5bjjUHbWGpi2bWvHWcmEfP6n1wgsv3HDDDX0KL1IZRir8z9N+RCw9vdU87Fl4iYsx&#10;RReUmzOx0d3jXvv4xz/+jVeP+rEwlkfE6E5mC+Ptfu3b8ePH3/e+99XXmbRf/vKXBaqjR5/97Gdv&#10;vfVWFWh71A8KpM+fDKZ04xcY3Z70mW+Deqvy3f6Ml89wHrqWCZhATcBKk2eFCZiACZiACUwrAdZ1&#10;uN64+z7L7Ouuu04dQwto05KkFFxzzTXDIXjppZfqpewoNuuFH6sXlmo4maUQVkEPPvig1mmPPvqo&#10;RB9obN68+ZlnnuEi5T/wgQ+oU3mxh7cIcLHAY73HelgvqUhhnXO8//3vz0wkV913331RgBX1eMUm&#10;nIn4hf7DMQptWtGKF7kQ0bBPo3DII65a3ZpCH7OjlGEShtwZ035ELPjTU3178cUXG6WEUXo0rrpA&#10;CLm5zWZ+UBRlehLItR555JH777+/sa1sbfTRGReiju6PpQmmR+PdcfjwYR4mCzaBKnTttdfq4db2&#10;qF/QSPEca7OT7x3KNH6B0e1Jn/k2kLcqrCd/mz8q08FnuOfqEH66igmYQEHASpOnhAmYgAmYgAlM&#10;K4GXX365MaSI/iC1xEfzWjeJDvMzkZzffPPNwyHIX7mPxWax8FOIxMc+9jGMy1UdDz/88L59+3SO&#10;JPTEE09wwiqXNb/6Iv1IBXBSiz2sgeWBBx7QdWplOQlBCphtHNCwaHH37t1RAIUL34bj1lgLlW0I&#10;yWbEEUSP27t3L+IRek2fvkApK03UWnadhUFBLJPzMe1HxKKFa5/hYHJq+k3ggWO6dzqO/KDIxfoT&#10;yLUQBULg7rA24uiMEXVb98fVRFtgHTNWElLHIYVFAYMdj/qBXO3zJ0MPz7Y/Ch0W+sy3gbxV4W5/&#10;VKbDq+Geq0P46SomYAIFAStNnhImYAImYAImMBEEFC2iVCAd4RahLpHMpWwvvcVnaKpESleE2OQv&#10;eHM+WmScRWaE5JW4noN0clpZvh77sHDSuF6SzdiFJOJ0ig19coJb9LRY+CGCECLBSgODrCWiGKbQ&#10;j4phY4lLCEA9ljipkC4Ff7UF72CwLQAEPjiQZaaileJr8zxeOaEPOyHTqIwG+td//df5H92KI+eJ&#10;BMMYcQ2KKspUCGTFxjfUXTDkSv1CboMwwRfRqbbu0CihZECO5EGpeOFnTjnMMzk8qf2PadYYHEdD&#10;mswctBJzSbX0VsyrPO0bdcO6darnNExZoBWERU4CMucx7eVG3EHhBnXzmLaFp0Vzub95oKO/GoW6&#10;fLEfDXbkTH560NNiD7XCf42U2uLO0jzMk7MmkOd87bDmOXODGVIEQ9U8Ox47wq6jZqhJFZ7kmyW/&#10;lZ9dmXOBKE8YtRjw870Q/uRdkzCVW8kRlwGH8nXEqPxU0KX6wtDkVLWglwMG9agvHjsdfzIoHH3J&#10;cYh9/mTkbtZ/MmQhplN4nucbfVSnhC4/iPJjgQL1M0reqq4mQPYnM8+P00avVLh4rtY9qv9k+IoJ&#10;mMBYCFhpGgtGGzEBEzABEzCBUQmw3mP5QVaF8rMkAMko67dIcNPWSLrOJ2neQo5R8hcfqWPpGLFO&#10;kY/GR/zIOEMg0NIIfYFG+V9paBGkQ2EsRCZaWGZhwLf0kX3WuEePbLK9iLLY8FDLWtYPOCPPZb/O&#10;UOOtSAakDHUVlJHr8pKL0jvyyhAlCJt58SlEsdhDEyEuiQVevWajJIJUYzgGbxFC1Z3qUnxtHuOV&#10;E/qACf8QsyiDJ/gGpR//8R/nhIb0UpIWHYnMPuKGtCTT4lOTRIE80JZNnGdo8sSI6K3GqQkZ/MFU&#10;UZeXbd1RmJhmhcYFH5gb9957L1fQBGWNg6lL7zRP6BRlNAdq/xkyJh7FmMbF1jAKKZLCCEmIRezS&#10;0aNHqUjYhca3jvsILLnvdessZRlc+cncoCOUJzQD4LwMyHna41XsdKPpp+gP1BOua2g07WvZImd9&#10;MqNCIYqBplFJPBzEi2FE96ZsiiGFQ2ZVmB4TRhyCOWXyHmq1/0EMg3v27JF9DvlcE8gYuX1qh4Gg&#10;/FPN4RwOVltre+xIrtJ84IhHR7Sux6CeXaIXCinklbiHkXh2acbq3qkRSfDCVSk+FC4CeQAeNyle&#10;cb9o1ySZoq46y2x56KGH5KTEEfmvYSps8tDDVJThhNs24ptyKFkOGKTF2LApaLT9yZB78SDNcYh9&#10;/mREpGrjnwxZ4GmjW4bbR/7k+cYDhFteU1d/mDRkNc86rRtv40+SogXDH4zE44Iy+XHa6BUjWzxX&#10;G3uU57bPTcAExkjAStMYYdqUCZiACZiACQxPgE/nfIyOTByWc1pE5dUsL/NORnzi57O+9Jq8W1P+&#10;ApyP4PnTvD7x04qWgixyWCZFik1oWCw+saw1ktbn2McT1gyhJtxzzz1t24Gz5JNckhecrJTim3/s&#10;19pNLPwEUT7oPNeVWUkbLMvzt+IoEVoQhpYk52Oxh1daVBcqldZmbVuB8Fad6gLkSBzLOTJ5vFAu&#10;cFKt63+NhTjgavBRPlG8VLRRjIuWdhRQjltO14p8Q5zXsoqDdS++dSd/qYy8ynU1K2LO5O7I7Zhp&#10;ghYzMPyXhiXdQRfpizyv/Y+LTOM6aiwqokNpuy7ZZH3LFU7glkXVGPfG/XeK1qVehTzHgjaq52C9&#10;YtqLjLix1I85wN2a798MSj4XWOgsh+SSGGjNQHHGn+LelP84EIqbgv7Egf+DuahKgsRacdvGSEn5&#10;DWvZ57b0rg6HOzKYCmttjx11Rw80TbxiCznNPXWWOQYfsZLQIGmVmy6eXbwEgsrUiCRH8iigUWlS&#10;xYHMhCndR9LmNEBhKm4x3Z5ZHJcnjbmlhYSU9fq8qVyk/WIqNmzKHrb9ySh+qKHYVnzBPxkMVn4S&#10;Fn8y8CQe7zgTt0zMNw1Hnrox3/RIFzSNcr1FoO6jnPUZ/uiRpYoY4Ty+G2jzqniuil7Ro3rcfcUE&#10;TGAsBKw0jQWjjZiACZiACZjAqARYfWnxrCNCbIo8oFAB9HH57rvvVnl9pNZKLH8BHvE1fEBnhaCo&#10;n2iFRQ6f/vUytvdWoISyYDgUKMEne3kSqk2xZU+2iQill3JSywnEGmW3sR5TIEaBLMehKPEkfOAk&#10;r4dVkdVIvVkS3czRGY0bCSkMgX2dwoGOjWNyF7LDDEQOcIglU6wVJcQECq2ctV7VUrDYJSovSlFS&#10;JIfpoJvCxaIx1Dc5EwKZhp5WpCzEsBaQ9VLqieLCOBRHE4t2bNbdCbcLdSzGkepa+BXqXnag9l+h&#10;XviQM++iivRWSUJafNKKSopeEa8RcR+NumHRuiaA7ghFkEnC08DFD+oV0z4rjDn4K9+/jRulN2Lp&#10;yNmky3kQQ+5kaDjHSWGRvKJZl8NnsKzhiPgvUc1aBkZiOuU1eUGgGMG2JNO233GrrTU+dqQWKYFU&#10;c5JiRUBQhLnxfKC/SDl6LKBBKM22QzKuETFk0hnjJs091Q0bD9g8fIWpkIE0N+IGadshKEs/xVTJ&#10;b0Xar27M+hce2/5kFKl2EYLX50+GAOphUv/JkIUIlsz7ncd8o0CeuvH3S39WgmfxDUqQLzqV/VH4&#10;ZJQs+tXoVfHbf41/BPOg+9wETGCMBKw0jRGmTZmACZiACZjA8ATy4jZ/KM/6izQaqQDFF9c5IKgx&#10;u4cqrNUlssSPtXEx1nLxFbrylZQAokO9wpOcdxa5JPXyLGzm5ZlWSqwcWD8rf6Q48o8fYTySaJSC&#10;odX1oHxzXEBH3Y7twHMOV1iQECaRpVCp8FxVsvbHS3SNiL7J3//LZrG3OsZz90OTKsIN8mpNoUOM&#10;nVbd3bu8K9iqGGINVlt3eKuQEopVXKy39WNwwSpP5sJ/TT/coLPxW4F5mEQSBTZCIXBPu5jX3Nqm&#10;fRisgzUyhAijKO6sYtqz3A09K8u++f7NalS0XmDR9SJnU7vaSzERHBXL4pouwiFjwckiuypodNy2&#10;UQaD+RYoCOQRaXOYMm2/41ZYKySGuEM18cAY07IxKE9Ti7uMx4hEN8mmEhqKm44rIU/UiKirnLus&#10;X0Rn9RgMHygZWnC+W7OCzKhFeQm+jT/6mQOUshQu6VDhk1meaxuOtj8Z+ZsGxaDFFnU5CrXxT0bR&#10;VvEno3g3j3jb3RdaasFTUYp5auk8d4qX0WKh+KtfEXWb+5W9qn+zouhR7YCvmIAJjIvAMitNIWy3&#10;9Ye/IpTJx5EjR3g5xGfNsSAbe9O1QV3hGHtbYyFgIyZgAiZgAotBQMsVog9kXEKAFi3xJ48yWo3r&#10;4zWrWa2yOOd/ll5afuuKlhahBfC5PGJG2qKl4iv0vBlK7iwhEhFYJMmpzimjRa6rLTxX+omMqDsE&#10;RFC32KFJBSIOBa2kCPmJrJlis2rZp6EcqIWOFvEd0am8S7eSXPI2Rh2hJTiGtayDaLedyFQqtiqn&#10;fN6AXEtfqrDsDJ0uf/+vvhcRW5E1lvnnr/d1vRDIsM8Hp/i1PgqAot6USnplsYtTtNjWHQ1o9ier&#10;eDnsglkRsiDX9bN9EW+Sk+9iy+dGFYa2mHKKvZKoh5PKSIr5U6xvY9pnqUs+1/RC0Mmd4rz4Gb62&#10;ad+hBeSlfhjPWLhJY5Om2HRJk0SCl1S/uGfzfRQcmDMRUJb3+qFAVnPyTvn5ts0PCqpkRbvjhwix&#10;0OhwRzBRYa2YtMWG/fknJotx0UscgIZucA230uX0eCl2/adwzJY2RABnutZbU+fHIO8y00JFygpd&#10;zhnMM0ozsM4Oy8qUsMf8VGhhhD1yrhbbtgPnrcY/GfEw0bZEOb10wT8ZoSY3/skoPIkndp5vhQBd&#10;/FlRyYJnDLTezQpj+KOL8fdF/VLFNq94Kz9XG3vU+IRsnHi+aAImMCiB5VSaFpSZ6AwfmnmG6jHK&#10;A4KTbdu2DdrJaSzP85TONn6ZYwVqGgfUPpuACZhANwFt+MISTpkjyDERYcE6ShklnBD6Ed8Ds7TT&#10;/sHKNEH40PI7r3xCC2BFigYRxrVAzWtLLRS1LmIJF3l2qiLnqRUpXco6qRM6sKldt6ml3Vtzlpy2&#10;2mn85fVY9xbb4qjpCCxSH1/PKnstrYx3aTQuFmlQ6hSNyiuOyAeMQenYDpwy2tI47HOFlzCXz9kl&#10;bWIlLLihnaQEkCoRdVLvusKIK4lMNrETmYORWVbnZBX7XmNfwVDRL4a1Vpry7jNRMvYFa+sOJbGv&#10;qSgFJNaQnGffcopKngOF//DBoKg2ZkdiVlJmiJU4SQdjm6qsleRp37EdeP5kFfvKy4fQGrRrVVzJ&#10;0z6Pb8dPg2UlIgiDhTmgZD0+3+q+oC+Rw6gN++Uh6gyTJ+5ZCOT7iNmieBwZzzevrmQ1JzaYp93s&#10;f7GtUo4EKQhEFzoc7sg/Lay1PXZ0F+t+0dH4vbL4KK9Q58yKgMMVxcfJAqByRmTWfTIiJeFqOsXB&#10;YzDGC+2YgZOCXCh0OdAP9TZGkwGicB1aWGAncU9VsM8zPIc95kd943bgbX8y2AJPTw+GG6SR7djn&#10;T0ZMg8Y/GVlCLb7SCN2nEKAjRkk8Nb6ZZ2Zex5bmaUlf1C+Yc3fkfgWfYnTyc7WtR40/EJG98rkJ&#10;mMBwBK6an58fruaItUJmCjG+2yDlUZr0FyWfj+jGoNXH3nRtcMEmFiwwaKdc3gQygbm5uY0bN47O&#10;hA+deX/i0Q3awuQTOH369KZNmybfz8n0UKvcRglmMh0ewitWKdIdGgOahjC4vFXid8SW143cOkum&#10;rFFOjmP2ZFACRHuxeK73MpMdFtuF9tTTPutwlvqNu1/3tNBWjNuBzcXqzdRGNDt71XnU8yTMm/oP&#10;18dp/5PBHEZZ607y7SDTfYMMh9S1lpHAiRMn1q9fv4wOuOnFILA8MU19opm6e3vq1Cml1JFMp5JK&#10;N+PYsWNHUZeLx44dK8rnyKA454SJrpJUqWthuU/TVD948KC6WTsWV8L5xs6GV5FCKH8ozCcP7C/G&#10;hLBNEzABEzCBZSGQf+1rWRxYgkYRQeKHpZagucVuQj9jt9it9Lc/7SvP/j1dCSUbo6LUcdbYxIa0&#10;iVA1HMpHtE78Vt3YGSIz1b8mOfZWZsBgsa310D2auj8ZaJHKGOXQb2sOJDMxhyPZVhtajb6cHBq+&#10;K5qACfQhsAxK01ieCydPniQYateuXYgv6iff7Si9bsuWLbUKU5dvo/P444/LMjLQuXPnilaoJVO0&#10;RdMK621sevXq1QrXqt/lCjmAPYO5aGXVqlVKIdy6dWskEu7cubPPALuMCZiACZjAVBCIzLWp8HYI&#10;J62DDAGtfxXS2VjBKqXRx7QT0MfLxrhgPn+yxh4oIoZIyUhJIzlg7IGTrP+JT8kpbNPOf5H8BxGg&#10;xqW2T92fDLRR5EhlNQ4R/oYsxexVdf0uYeMeI4s0djZrAiYwBIGlVprGIjPRz+3bt/O/0jT4e0wg&#10;0qVLl3iEKcrp8uXLBYuifAepO+64IyzfeeeduRXVkimebuvWrSO+qa1p7epXv8sVrqMZ8X+fPac2&#10;bNhA0nJ39NMQA+8qJmACJmACE0WA6JiBvuCdKOf7OMP61pk1fUANV4aExNjiZzgLrjU5BPiQ2Taa&#10;Q0TSyZqOsctMQEP2wvJA4tfkoF5KT3gAjnEIpvFPhghwDPe3QD8bp8My01JOXbdlAsMRWGqlSbE5&#10;+RjO77qWYoh0xG/fDmH86quvHrRWd9MjOqatwXFJmX2D+ubyJmACJmACJmACJmACJmACJmACJmAC&#10;JrBkBJZaaVqkjhHcRExTZNL1aQUBiIgkSg5Ui/L6VWNEnzNnzhBw1N10/a6uSDPqeY/5cgAAVepJ&#10;REFU3zTRT4RBnT17Vl27ePFinz66jAmYgAmYgAmYgAmYgAmYgAmYgAmYgAksJYEZUZpApp2VtJl3&#10;n92y2c5J5dmMaSDi6ETUOnDgAOqPQje7m67fpSLVezYdu5Jzomw7fiyW6n36OFC/XNgETMAETMAE&#10;TMAETMAETMAETMAETMAERiRw1fz8/IgmXN0ETGCWCMzNzW3cuHH0Hl24cKFxN9PRLdvCxBI4ffq0&#10;ts/zYQImYAImYAImYAImYAJ9CJDus379+j4lXWaKCMxOTNMUQberJmACJmACJmACJmACJmACJmAC&#10;JmACJjCTBKw0zeSwulMmYAImYAImYAImYAImYAImYAImYAImsAwErDQtA3Q3aQImYAImYAImYAIm&#10;YAImYAImYAImYAIzScBK00wOqztlAiZgAiZgAiZgAiZgAiZgAiZgAiZgAstAwErTMkB3kyZgAiZg&#10;AiZgAiZgAiZgAiZgAiZgAiYwkwSsNM3ksLpTJmACJmACJmACJmACJmACJmACJmACJrAMBKw0LQN0&#10;N2kCJmACJmACJmACJmACJmACJmACJmACM0nAStNMDqs7ZQImYAImYAImYAImYAImYAImYAImYALL&#10;QMBK0zJAd5MmYAImYAImYAImYAImYAImYAImYAImMJMErDTN5LC6UyZgAiZgAiZgAiZgAiZgAiZg&#10;AiZgAiawDASsNC0DdDdpAiZgAiZgAiZgAiZgAiZgAiZgAiZgAjNJYAaVpmPHjt39+tExZhQ5f/78&#10;QINK+T61ehYbqOm6cB9PRmkCjAcPHgwLejl014auOEoX+tRdbIx9fHAZEzABEzABEzABEzABEzAB&#10;EzABE5gZArOmNKFoHDlyZP/+/UePHuX/EydOjHGo1q5di1n+77bZs1h/x/qrIblk/1qNnpw8efLO&#10;O++Mt/Ry6K51VBzRz0bnF8Nm//FySRMwARMwARMwARMwARMwARMwARNYsQRmTWm6ePHi6tWrJQbx&#10;/6ZNm1bs0I7ScUV7haZWvBzFsuuagAmYgAmYgAmYgAmYgAmYgAmYgAnMMIFZU5qQli5dupTTvhi8&#10;tkifU6dOKc2OMCiNMeeEQeki+WKRiJcLSHbZs2dPFKtfRovKGssl1UptOSZZWFYvKMz/u3fvLjrF&#10;xcL/XLKo1dhi7gL+8DJ8+MxnPnPjjTc2voyuFX72Z5LbLfwM+ACPhhqHr26dYiAS6kwshmDHjh0x&#10;yioZHeQtCOglPkTJXECWFSXXNqzdk2eGnyPumgmYgAmYgAmYgAmYgAmYgAmYgAmIwKwpTXSJBLfn&#10;n38+RIGOkSYjTEl2qAyxZ9Pjjz/OxV27diF2nDt3TuchQ8gaL1etWsVbHFu3bi1e5hb37du3bds2&#10;tYLBaEVN15apu3fvXlk+fvw45TnhItV37txZ9KUwkkvWtYrOdvhMKwCkX9Fc8VLXCz97MimKFX4e&#10;PnxYuBa8P4vWVZ5wNqHLxBgCZVNu2bIl1DqVjFZ4Cz56iVrEy+wAqtb1118vy4qSaxvWPpNnwa65&#10;gAmYgAmYgAmYgAmYgAmYgAmYgAlML4EZVJoYjEOHDiHiHDhwoHufpu3bt1OYHLF169YRH6RRvOOO&#10;O/hfgoI2KtJ53j58w4YNyEAR6FS8jNlA6wRYSbIpWlHTtWUuRrgT5yQDdsytDiN1raKzhc84iXaj&#10;Wjhw0003hYXiZb4eAUT42ZNJGyvMarCEC72p+6ZqpLR58+ailoaAiDBcZbwuX76sAkVJGn3llVf0&#10;ViGrMe5nzpzJMl/HsPaZPN398rsmYAImYAImYAImYAImYAImYAImMNUEZlNpYkgQcZAPhtgR/Oqr&#10;r15wRLW/NcUUOVW8XLB6RwHtaK7wGeJuRjHVXbfDZ6J7shBTvJTZ2s+eTMbCaiBKEegE0lDTajiI&#10;a8qXzCrboPz7TJ5Bbbq8CZiACZiACZiACZiACZiACZiACUwRgVlTmlAKQl0i901iDf8rZKlIgnvm&#10;mWe4SHmCVoi1GXTYiLtBzDp79qwqFi+5opAlNarQmAVbITiIACt5RTBOuNQd3JQ9zyXzeWNnw+fY&#10;p6nnXuBtfi7IpJGV/NQeWxq+PFL18LW1XnOQzWLcGwcacQ1NLctq2h8KaQwHIn5tuGEddGq5vAmY&#10;gAmYgAmYgAmYgAmYgAmYgAlMKYFZU5qQftjrJ7K6lITFtjvaYRrtKY8TGgQXSbKjWPzOWp+BjNQt&#10;TqhbvMwWtD0TrZDARULfgq2gjJDGRXl2/ImYJqJscLLeEbx2NZcsahWdbfOZvcCVAqajeBnXaz97&#10;MqnbzX4Ck54WI1UPXyOlTCPb1JZbmhIdDDU0bL9VjxHJmOG2hLBBh7XPpHIZEzABEzABEzABEzAB&#10;EzABEzABE5gBAlfNz8/PQDfchW4CiCyIIwvqXITwsNc1woqsFS+XGHJPn8foFTt/o7IpEm0lH3Nz&#10;cxs3bhydwIULF9asWTO6HVuYIgKnT5/2HTRF42VXTcAETMAETMAETGDZCfBd/vr165fdDTswXgKz&#10;FtM0XjorzRpSVMhM9L14Ods0eMARTeZF8myPsntnAiZgAiZgAiZgAiZgAiZgAiaw2ASsNC02Yduf&#10;AgJEM5G19+CDD06Br3bRBEzABEzABEzABEzABEzABEzABCaYgLPnJnhw7JoJLAcBZ88tB/UZadPZ&#10;czMykO6GCZiACZiACZiACSwVAWfPLRXpJW3HMU1LituNmYAJmIAJmIAJmIAJmIAJmIAJmIAJmMAM&#10;E7DSNMOD666ZgAmYgAmYgAmYgAmYgAmYgAmYgAmYwJISsNK0pLjdmAmYgAmYgAmYgAmYgAmYgAmY&#10;gAmYgAnMMAErTTM8uO6aCZiACZiACZiACZiACZiACZiACZiACSwpAStNS4rbjZmACZiACZiACZiA&#10;CZiACZiACZiACZjADBOw0jTDg+uumYAJmIAJmIAJmIAJmIAJmIAJmIAJmMCSErDStKS43ZgJmIAJ&#10;mIAJmIAJmIAJmIAJmIAJmIAJzDABK00zPLjumgmYgAmYgAmYgAmYgAmYgAmYgAmYgAksKYEZVJru&#10;TseJEyf64Dx//jyV+L9P4Shz7Ngxau3YsWOgWrnwEI0u2NYQNofrfv+ODOHSgt10ARMwARMwARMw&#10;ARMwARMwARMwARMwgQkkMINKE5T3799/9OjRXbt2HThwoA/0tWvXUp7/+xSOMo899hhNHDp0aKBa&#10;Eyi75O5n9ybQ1YFQNxaeyU6NjsUWTMAETMAETMAETMAETMAETMAETGAsBGZTaRKaTZs28f+gkUr9&#10;sV66dOnqq6/uX94lTcAETMAETMAETMAETMAETMAETMAETGC2Ccyy0kR220033aRIpT179iip7uDB&#10;gxrRuEIxXuZQFxLiVFjJd0VJVedd/t+9e7cMKgFNhwyqDO+qZGMtLp46dUq1jhw5ojJhqs7L6/A5&#10;+1/bVF/CPeX95UZVPXeqrYPhVfgZnudbpfHdRkrUKoDnvsT5gl2ouWksck+LTs32ve3emYAJmIAJ&#10;mIAJmIAJmIAJmIAJmMDSE5hNpQkBSDLKzp07xXTv3r3kx3EcP34cSQIBYtWqVbqydevWzB015/rr&#10;r9dbREW1leRdapGmpyb27du3bds2LnKFdiOQavXq1Sqpo6jFlZMnTyrRL/QpTCn7b8uWLaGLUbLD&#10;52LeyCZGqBKePP7442oI986dO1c0WrtXd7DwKrrcOGsb322kVADvuAe6u9DIrcBb81/6W84tmoAJ&#10;mIAJmIAJmIAJmIAJmIAJmMAME5hNpUmaCP9HREzEtjCWFy9e3LBhA5JTHYyDLnPmzJnQpyjcVjLP&#10;CcKFyKSTYkUI1bp164gqUoHNmzd3z57t27dTIBL9ZCqUssuXL0f1Pp6osGwWntxxxx3R0J133pkb&#10;XXB+114p2ktdRmIrLDS+20ipBt7hTEcX2rgVeBfsqQuYgAmYgAmYgAmYgAmYgAmYgAmYgAmMQmA2&#10;lSYRkdSCroScgaikMCWCjPSWwluUk9VBsH/JUYYh11UYlA5CseKtET0ZcUupNq/G1es+drq7MAke&#10;9umFy5iACZiACZiACZiACZiACZiACZjADBOYZaVJ8TLIE4hNSE6MoiJfYjgJxiEq5+zZs1nNQbCo&#10;Y53qknlOKCJJ6W9qlPijjkmDP23vYgoPI5OuLpY9wVUFTxXln3nmGXV2QU8a3cju6bz2Slck0tXe&#10;Nr7bSAn5rAbe1q8OpAtyy3U7+M/wre6umYAJmIAJmIAJmIAJmIAJmIAJmMASEJhNpUnZZ/zPtkRo&#10;GcgQr7zyClfY6EcxTZFMx0mR/HXo0KF4FyWlo2QeHm3PlBttGzw2KT9w4EDegKkoqa2UtI91sU9T&#10;bOktn9nISSXZdykbQQPiIq1QTBui9z+ye/m89grjNFG3rrYa322kVADv6Fd3L9q4FbUW5N+flUua&#10;gAmYgAmYgAmYgAmYgAmYgAmYgAkUBK6an583FBMwARMIAnNzcxs3bhwdyIULF9asWTO6HVuYIgKn&#10;T59W9KIPEzABEzABEzABEzABE+hDgPCO9evX9ynpMlNEYDZjmqZoAOyqCZiACZiACZiACZiACZiA&#10;CZiACZiACcwMAStNMzOU7ogJmIAJmIAJmIAJmIAJmIAJmIAJmIAJLDMBK03LPABu3gRMwARMwARM&#10;wARMwARMwARMwARMwARmhoCVppkZSnfEBEzABEzABEzABEzABEzABEzABEzABJaZgJWmZR4AN28C&#10;JmACJmACJmACJmACJmACJmACJmACM0PAStPMDKU7YgImYAImYAImYAImYAImYAImYAImYALLTMBK&#10;0zIPgJs3ARMwARMwARMwARMwARMwARMwARMwgZkhYKVpZobSHTEBEzABEzABEzABEzABEzABEzAB&#10;EzCBZSZgpWmZB8DNm4AJmIAJmIAJmIAJmIAJmIAJmIAJmMDMELDSNDND6Y6YgAmYgAmYgAmYgAmY&#10;gAmYgAmYgAmYwDITsNK0zAPg5k3ABEzABEzABEzABEzABEzABEzABExgZgjMoNJ09913nz9/Po9Q&#10;faXn+Kkix9AWejbkYiZgAiZgAiZgAiZgAiZgAiZgAiZgAiYwAwRmUGka+6isXbv26NGj/D92yzZo&#10;AiZgAiZgAiZgAiZgAiZgAiZgAiZgArNEwErTLI2m+2ICJmACJmACJmACJmACJmACJmACJmACy0lg&#10;ZSlNyoPj2LFjh6jv2bNHVw4ePKgrUebIkSMxMpE9x8mxY8dUJQqcOHEirkTJsEz55Rxht20CJmAC&#10;JmACJmACJmACJmACJmACJmACS0VgNpWm3bt3S/rRETD37du3f/9+UuG2bNkiaWnv3r285Dh+/Lh2&#10;d6LMtm3buNI2BCdPnuTdXbt2hYR0+PDhogpvrVq1Spa3bt26VKPpdkzABEzABEzABEzABEzABEzA&#10;BEzABExgOQnMptIkOSkOASby6NKlSxKhCEe6fPkyFyNAifOLFy9ShhNpQ4hHjSOzfft2rm/atIn/&#10;Eacaq2zYsAHpKkdFLecgu20TMAETMAETGJzAM3Pnb7z3X/Pv15764uC1h6xBW3f89K/Q6Hs//Ilf&#10;+Q/PDWllSarhIX7+/KEnl6S1YRr5o1f+2wP/x2MaxB/72X/Xx8SyDHofx1xmvASYt/1nxbiavv+X&#10;P730jTY636f7/+bXntWD6PfO/fGgBEapO2hbbeV5lg7t/7h8sB0TMIGVTGA2laa2EV29enXIT0Qz&#10;oRMhBukKb41xHmgTcQyiakmK8mECJmACJmACHQTu/YVPSRFo/Pf4s19aenr/91/8jRp98Y//dGla&#10;Z0V38JGnvz7/FzT3l3/937/+p1dOJvbAQ3z76teWCM4QHP7VI8+gHKniS1+b72NhMQY91KtaOtSC&#10;X+thdLHCQ6Y92oQUPf7nPLpD4X1HPod8FjoaL1W9bq6tcJRsvOm4JRuJFdaoS8kJV0Xrjpz+ykUu&#10;vvlN39ZnVvQsI3kl/4MMF6P6X/3NlVum51Ts2ehwxXTbdnvyl3/9/+hB9PLFXvdO9mSUusP1qK6l&#10;5/Zw/o/LB9sxARNYyQRWkNJEFBIxTXnXJIKY1q1bx/Ar3IkTlZE21HN/pY4qREURHnX27NmVPMPc&#10;dxMwARMwgRVCINaZQ/f3d7/0X1V35z23nDz8U7ffdOVv9CQco3dtWXrxpVfVhGu/603AfPhf/Fjt&#10;g2JM2iSVcfn8xbMXZOq7Vv0P2SZCzxMnntcV1sNffP61YrqCdvOL//a3v3DmZSl6/M/58d//Kudo&#10;PT994Dc//bk/CKWAE16qYtFcR2FZazsaVRjiRD74vz2am6b6l77yJw9/+ncIHxsXsTY79EW62+jC&#10;ltBd993fMUafJa/kAzK/+h+/sNgTrLsLoSdmvf57v+tKx7k1VLexzBjJLIspDe4bvuWbrrn6tW4u&#10;ixt1o0vz2JmQztoNE1jJBFaQ0sQws7kSQUyxBTgi0SuvvMLLxx9/PGKakIcOHDjAxXPnzvWcGXWV&#10;SMrjpC0Lr6dxFzMBEzABE1gJBA7//PuRA/j3c//0H6u/d733+3SFf3fc/K7Jh1CvMwf1OYKYvu0N&#10;30zdH3jHdw9qYZHKj961RXKs26yiw974rd/UBlMxJot9fPX1cKpiGksuYSUsB752+c/CEySVX/2t&#10;L/DyzW96IxqZ7gt0gTd/xxu5yFsSSnSPfPpfbuOEkqpeNNdR+MFt741bTHXf9dbvjCsP/bMtBRmk&#10;CmLu0Lzw+b67fkglUUXVBdSKxY49fHbuK9LdCs1u0BEMP//e275r0Lp9yjNYEjcl5aA3LWUGbuFh&#10;hOnl67+w4314+Bu//JO62FimT08nucxP3PZu+vi5T3x4ch6kwrU0j51JHhr7ZgIrhMBV8/PzK6Sr&#10;S9BN0vHYB6pjN/El8MFNmMCIBObm5jZu3DiiEapfuHBhzZo1o9uxhSkicPr0ae1h52MUAiwCCeXA&#10;AotnVsLZlJbfT8+dl4LwnnXX3PO+d2/euJZzVrmEVLDi/dX//QPkTH3+S1ciQVg2f+if3LD2mtXF&#10;FVUhTodwA4x8+H/e9In/8wQBI4XN2hOufO7zL8g4hbH/w5vWsZ7hnFALXYzjgz/8nv/1J27mJbUe&#10;e/ZLso8ccMvGtUW/VKW2wFIfV9Vrwp0kLsjCB3/kPd/zlr+bO/6LO25DuWBNS5VGjaDNc6HDlJrL&#10;zqgLbV0jtEQQqPXpz/4Bg4Jvd936fTAPCOr7mRf/RHCgveXmd4Xgwnf7YKEVlCxF99ALrJEIplFm&#10;QH/wXdf8zD2b1dni6CCjwc3lafrjP3tXXIle5zIQYMmt6Xf7putpHa/wHL3gp37i5oDDu6B+4vgZ&#10;jQjv3n3r92saNB7kuFGSYrGw16xQQyg1yDec5AnfcRdQkhgZBpoTFtJ1i0Vz3YVVPWjUN13Yh/Z9&#10;v3RUg6JhiregQUxTdIGSxD3BLazVV0gU/fe/9XklAzKFfuwf/cBDv/pfqIJGw/SQP0ynn932Xs3q&#10;H/2HG3775LniFlPhYjiKSag5hi6GjKs5hvTABFMIGCIdU5epQqe4rh7h232/9BucMDNvec/bCB8L&#10;x9qGWNfDbDgWV4SiGAuw0DpTPW7td7316jzbKcCzi9A8YWdOxo3f86mi7me3dSPouuZkW5m6Ox1P&#10;4IJM1IU8w6eBpuk9H/pH+V7uuI/02IEkDy6qM6yPf/RDGh1mjh7C3c8HPQQo89FdP4rYFA98/mo8&#10;8uQX44FfuJQnfPzhKJ7bg/4ligdI22NHd1PHmMaj8ju/49uOfvb3mTD065aNb0UxLBweZbZ0T2+/&#10;u6gEyChav379ojZh40tPYGXFNC0238985jNKx/NhAiZgAiZgAuMlEElAkpk4WCr83KGntFutvpNn&#10;7cFimE/zWpGywqFAceWXX9/ORnE6L33tT1lJxmKMEwrUO+ZQErNIA2Fc9tEIYuucxv5GDpTexXmW&#10;uP130a5Tn2QBn2UwOo7bUh++Pv/nhSfdnkc4Q45reD1jq8wGqvuozCkNCv9zHuEbRf6XhgyGUUDf&#10;7bP+p0e0yD98AA4vY7MqnFd0T3EsSGbE6RdevTpJ5mOm8RIRhG7mzDWmQUfQikp+73evyi597Ohx&#10;XiKyhETVuB0YCmPjbJSpxiSyxubaCsvO2f/6dZ10ZJNJTKQMekeWmbhSRBiRBqj5E9biimKIGFMm&#10;cNw4TCFmhapIOYq0PrBrVv/13/y/hczERWVFFcOhSRhkdGsjC2qOvflNb+ClUCMfoHrEjkLhz9Nf&#10;eEE03v3ONWxRpHb/8IWv6eJwxxu+5e/UFff+yn9CComJhOf4wEWV1AznStwLdIFR4K0RnypYGGLH&#10;qO4ncBsWxiLAMhbx4KoHDg75PhJ2bhNVF4SYOZFSqiuNrRd7ReklqjeTKj/w26oLvhrSU1ehcEP8&#10;JSoeII3edo9pPCpBpAmDYzyj4k/Jos6W4ea8a5mACVhpGsMc2LFjhzLy+L05Nhofg0WbMAETMAET&#10;MIG/TSCSgLSHEZkpLBT5tM3327kgywkV4PtzfRwvrrBmyDk+WsAo20XrZ67E7jnFINAiX9ETB5Gz&#10;/LQqJiCCsAWVV1YR0UCRA4WgoFoqg/3655yyhfCnTn2Skyw2CpUBt5XQ9DP3/MN67nR4vuBEa+xa&#10;rqUcrkh7/M9fuLIybMz/UprVv/vbQ4bnfOcPH8YUoeHpua9QhuFTXhi6RqOH3WSAH/E+ygjLAU0Y&#10;BCMXeYvzSBnLAgquaiJpyJhIEiCYPFr64pg81EwrOhU+x2T73tf3xOEtwis08RT/JTeyRPju69eI&#10;FQNNfFDs9i2z77ruap2wjCdMJmuddXMdhcPJl17f837dW1+zXDMn9EYXF9w+LESZsBZX6BcWmLoK&#10;SNE8J3RIlmPbIClBr0bJvYFZwb9f/PCVbC8x0djxj0AVyKj7GNFjQaZ+9/QVgSnIXMH4aoE9H7qS&#10;nIu+/GpzV/bxCTkslFb1FGdo6Nvf+M1qdIgdnRiLeJIQG1UjVV+IpMsTKUSQmOHRNc20gZ4qTPu4&#10;MUW7uBEw2KcMxXo+gYtugpEOxm3CQGhQet5HzAENt0ZWM4enmaCpa/XDsBG1LkptbHQp18JJCToB&#10;Xzdpfw7xdyc/QNoeOz3HFBrMAT0qlS2rp2X2apTZ0sHNb5mACQxBwErTENDKKocOHYqftBuDOZsw&#10;ARMwARMwgYqAdsuOGBAWmSSRcYU0ilyW9b+CRMjS0nVSDIorf/6Xr/2onAp8+K4fUiTF//IjP6gr&#10;WqYWB4sE0jeQBpT9ESlgr7weY1VXiW1lSA5Srcibi7iJ7qFWr1lUqCJGSK5pdBL3JFvUm5IM4Xn/&#10;CciIyDeASCnQ1+/Rd/Lp5BIFGAtOFLuRm2D9T9dUTNEfyC6sRblIekhjsmF/Mv37kkvGRCJfSdcV&#10;E/HcqZf0UnkreKiZVndKxc7/0ZVfXOFY+z2v/cjvlZypz/0hVxgXaVvf+s2viUrhAGbJUNNikrUx&#10;8RTkxEVwE0BCgCPkh6CekB3r5joKR3P6JTIklY4dbSJVsC4TQpLGTjpRtpZjiBhWhSkBVjcRsqDU&#10;nAj7khLERSYGzanFCDAJzQ4gknLAKGE39tT/zlc3tIpYLXAplRVTFJPMJ/FozVu+XRzUi5AYJKhh&#10;GaUVUaMjOzIwxgkhWuSWRqAWrTeCReKJlFVGPMQsydDqC/dUeE55zkd/qtQO97nS8wlcmLp3yz+A&#10;Ib37n97zWrqlFL2e95FEpRg4zRye/LpxmD8SgBqf2G2danMpl//2b/tWvTz9lT9hOBg+dhLUdO3J&#10;oe0B0uhV/zFlDuhR+fff9dpXKTI4abOlz4xyGROYeQJWmmZ+iN1BEzABEzCBWSCghS4rjfgRce20&#10;UufUFL2NHZfjepGmpO23OWI12LZja/7Vee1SxFFnq9UNaeWpf3q35x7b6vVbXl0262CZocVV4eRb&#10;Xt8QunGwB/V8uBmjvbd1BOScWnXDhmv1brEDcV6Ho0xRgI4D7Y6f/pUinCfs9yczXF8y8GxBogxH&#10;DKi2W6o7pYv1duAEImnShrJZSAyqyFr64X9xNwEREdzErjHhCToXAR0RZ4FNyRONu4+3FQ5rWsB/&#10;73e/qY1VhErlIY7CMdaK3JFOlK2RssQVxRCFxBBiGZ4LiCSkUILYoitPjJCNQrOL9TnyEMNx1z8/&#10;ou2iIHbXrd9/xZPXY7X0Ukf8xp9S+SKQTT785tOnZaEtmK4NUX0dI0SgEBmXN9PJxegp0xsNUXMp&#10;fj2QlL1XMV75vwYetId+qvTvQi459BNYRuIxq5c976P86IuBA1TcfZq6w+2xXbiUO8vE08S4ssnX&#10;L/0GYxTpsYNyaNxjrhiCIca0+Ls2abNluDnmWiYwYwSsNM3YgLo7JmACJmACK4tALSQtUv9ZaeRf&#10;nR+xlcZ9W0a02VZ9vJ4vkpNhlsgsNBQlCg26rdVi+9Ztn0yrusBX//gyFyMvDFUlMqpYwTZKDGGE&#10;NSoRSQ988LV0yELTJMKCOIsQmyRPFM2FqcbCejfiyyLPbiCM9EgJX3iSI4bCGipV3rZJEgNAYgUe&#10;gUiSkEJQ+AevRm3EEbJRhBPWO1vhA9lD/CyAJKpoKytWRSpfjA6F6UukRvYRCNpAKU+NYCgiUDqC&#10;odgJCNEk9mkaCHtj4aV8qoQDY38CN95H3XAUFTjeg1gq8pF15xZ7SLXAH78PNLR4Y7p4lsc7ELZm&#10;AtNLwErT9I6dPTcBEzABE1hBBJRJlH+FXXu1xC9GDc0ikuli76Q3v+nbamvafii2CGn82a+iln6T&#10;nkMrz/xPGTELHur1X/zV//+rdsRB6Gv8RicbDfb0/GuX/0zV6z2kFvSzLhB9z7mKEc+ivZzbDqQE&#10;lujxI/GN22aNhcww/Xp9bhQDGvt8ZZsMVrE/N79y2NFo47bT3azyNKibKydk08Tusx14LP7zVJTx&#10;f/XIf9EJKaL8HzpRBGr9xn/6PRVQDJEsRKiOfn9NBSQh1ds86d2QjWqAMRZIb9xZIRK9Hqv1t/Zi&#10;z6l8MqWsva/+8bz6gnQSKZN1W+O6Eml6hK3lTdzCfj3D9dboT5XhujDeJ3DM2z73kRyOG0Ebw+V/&#10;9eZTw/WxqIXqzW/z8fSWmvYfT5y5wn8R/hKNPqaTNlvGwt9GTGDaCVhpmvYRtP8mYAImYAIrggC/&#10;/00/WTrGljT6xei27Kr+UD7x6q8jseINFSDiRLKRSNBYe82VyAs2dW5rgiAOrKHX/P13/Y8qw2Jb&#10;8g3X8Z+ksJ7uqdeoFWpOv3quuu/9weY9hmvL3Z7H+k0QXv31q9fSwWpT0bUF/Y++85vc6jt1tX+t&#10;gl/aLPDr5hpiymg52hg0MRYy8gGJQePV8Stv4W3MDX71SeWpyCTkZ8jrHoXsorwwCCj8p1gqxz7W&#10;xP5gUzmDYTyGg3QerrMFeOSyMSsUg8M6E5mmaK67cHjbZztwmo4kPhqVb7iBM1JzKBChRrKMoEMx&#10;7lAV4NB24NKYgjlxPdo1SUtlDm18Vm8aFXbEPNOOHwVj5gSfKJP3YqdW3g5cRpR5CvzYQCq0KvAy&#10;IQk96/htwXrc+1yJBFJCS2gObyO2S9WLGU4BphxjOvRTJTai6nCvo8x4n8AD3Udy+NUHgrbBPh+3&#10;AOOS74g+5PuUwT4Zc2rl1e35r2xApsipcXHIj52hxzT6MvbZ0oeSy5iACXQTsNLkGWICJmACJmAC&#10;U0CATW201mUrFuUcsYgtNpYerhusMDHFJi9SAUiX0NbaxRG/TEdJWufnyYsCN33/9+oKSXaU4YfV&#10;WRpptxdWsEqV0lYyWlr3Odj/W72mOVVXl+uFfYe1bs9xUqs+nMQ+KBC2CnGn7tqCzmNWP7qENfVd&#10;GyRjuRFvGKRMDLFGRPuIF8dYyPzg6z9QSMdxMpSajt7hvBJqiLTSTKAiOVCNO8VEeI7ywg4/9n/x&#10;fx0yE7obYTv4oJzBMK6oKO34/qUXLzJMsUGPJiEGf/bVTdmL5roLRx/7bAdO4QjzoVH5hhuvh9e9&#10;MTaqj+gndYHpqumHRiD5Rll1jLKYf33+LyUfaBcnDiUA1ptGqRg0aFrBRwqS4hAQ3Vy4JM3rzFcu&#10;6t3Y14nzYjtwFQg7V9x763fm+YkepNS/OlMvAA53gpPqkW5tUBRpdPHEiwIK7hv0qUJDup21vVHx&#10;m5Vyvk+Z8T6BB7qPgvBPvvqjDdwgcQscfOTpLEEONxaNtbRVnOaVntja1Hx0DvVjZ9AxrR0e12wZ&#10;I0CbMgETsNLkOWACJmACJmACE0QgQmyKXST4LP7RXT/KqjViH1jwsyeLfpgs1reRhtDnirqNEUkt&#10;rMewTyu6XlhgaYR0otZVUipSbBHCFfb1iALKHmIzYC7GF/iqqF9Tqo/ockBgcc6mM0WvMRgW6m7W&#10;Zhf0/Jc+8sOxLzIbJGF83XUCcuWbfI7Grmn5mrO3hCKAMDRsh1z0XYMosyoZA6qLuQpDDPPGDZUX&#10;JKNhKjws4JBpxSC+XuyNYG/kqQJBgy7gVWy9hP8YgWFNPsJzWMkTHyEp4a73/r16D6CwRsliwjAi&#10;5O9oxH/mnn9YTAY80Qzh3dzcgoXDW2IrONeIdxyxf1aokPiswWUdTmiSon7wJHYxpwCjqYihEJJQ&#10;rPJk4yf2BHb9678iL0pajefjI3fflO8+3oJVMcG0A7dqxU/g5WCrEBNDPKVkeuZ8E4Rzo8wH9TeS&#10;ATsQqSOUb0t4LCY8+qD2I3uVzxVWOtck1BOPAjE/ASu9b6CnCuWBHBNMSl9969VlisdR9xO4wFI/&#10;yuLOipPu+6jx5mXTK23iFpNQI17E08mZwoc+LkUvMJjvceY5rWjLrUH/EmlKZH/qx86CY1qPV0w2&#10;+TzG2dIxw/2WCZjAQASump+fH6iCC5uACcw2gbm5uY0bN47exwsXLqxZcyVTwMfKIXD69OlNmzat&#10;nP5Oe0/JQ9GPPbF0aVyoTHsH7b8JLAEBUrpiIy3ksFCRlqDpcTVBPqCiwxCde26gNq6mbccETMAE&#10;IHDixIn169cbxYwRcEzTjA2ou2MCJmACJmACJmACJrBEBIivUZgJAUfTKDOx/9GnP/eHwCJuxTLT&#10;Ek0aN2MCJmACK4DADCpNd99998GDB/PYceX8+SvbOvgwARMwARMwARMwARMwgTES0G8FPv7RD43R&#10;5pKZYsN17cTUvX3YkvnjhkzABEzABGaDwAwqTQzM8ePHicHrOULWoXqCcjETMAETMIFZIrDgpiqz&#10;1Fn3xQRMoCbA9tjaFoq8uWkMyPKYmoAJmIAJTCyB2VSatm3bdvjw4YmFbsdMwARMwARMYNkJkClz&#10;8vBPfe4TH45f/lp2l+yACZjAUhIgjomHAP+cN7eU2N2WCZiACawEArOpNG3YsOH6668/cuRIMYTk&#10;0BHBpOPYsWO8ywn/7969Wwl3UWDHjh2qu2fPnlx+JcwJ99EETMAETMAETMAETMAETMAETMAETMAE&#10;hiMwm0oTLHbu3ImWVGzPtG/fPsKdjh49un//fnQo3uWcwrykPCcU4JyLW7ZsQXvCwqpVq3jJsXXr&#10;1uEQu5YJmIAJmIAJmIAJmIAJmIAJmIAJmIAJrBACM6s0MX6ISp/85CdjINm56dKlSxKM1q5du27d&#10;ulOnTuVhVgHimwhiQoe6fPkysVFs+VTHRq2QyeFumoAJmIAJmIAJmIAJmIAJmIAJmIAJmMBABGZZ&#10;aZKopCy5nsfq1asVwcSxd+9eBCkFPaE99d9ivGdbLmYCJmACJmACJmACJmACJmACJmACJmACM0Zg&#10;lpUmhmr79u0RkbRp06YQnsibO3PmDCFLGs6LFy/yPwWIaaqVKWKjEK3Onj07Y2Pv7piACZiACZiA&#10;CZiACZiACZiACZiACZjAeAnMuNJEUFLeX0nbMxGgRIrcrl27eBeaN91004EDB7QjOBdVgEP7NMV2&#10;4OhN40VvayZgAiZgAiZgAiZgAiZgAiZgAiZgAiYwYwSump+fn7EuuTsmYAKjEJibm9u4ceMoFlT3&#10;woULa9asGd2OLUwRgdOnTyt61IcJmIAJmIAJmIAJmIAJ9CHANjXr16/vU9JlpojAjMc0TdFI2FUT&#10;MAETMAETMAETMAETMAETMAETMAETmHYCVpqmfQTtvwmYgAmYgAmYgAmYgAmYgAmYgAmYgAlMCgEr&#10;TZMyEvbDBEzABEzABEzABEzABEzABEzABEzABKadgJWmaR9B+28CJmACJmACJmACJmACJmACJmAC&#10;JmACk0LAStOkjIT9MAETMAETMAETMAETMAETMAETMAETMIFpJ2CladpH0P6bgAmYgAmYgAmYgAmY&#10;gAmYgAmYgAmYwKQQsNI0KSNhP0zABEzABEzABEzABEzABEzABEzABExg2glcNT8/P+19sP8mYAJj&#10;JDA3N7dx48bRDV64cGHNmjWj27GFKSJw+vTpTZs2TZHDE+jqM3PnH3nyi2de/JO//Ov//uY3vfGu&#10;W7/vQ//kBvx8/Nkvfe7zL3z+Sy9znZfveut3/vCmdT9x27vVBdX6wpmXOb/2u950963fH2/93rk/&#10;/ve/9XlVfMO3fNMPvuuan7ln8/e85e9OYN/tkgmYgAmYgAmYwAokcOLEifXr16/Ajs92lx3TNNvj&#10;696ZgAmYgAlMDQEEo5879BSCkeSkr8//xcOf/h0u8u8X/+1v87+uc3zpK39y8JGnucI5WpJq6a2X&#10;vjbPWzqnwE8f+M2oSHVdmRoidtQETMAETMAETMAETGAKCVhpmsJBs8smYAImYAKzSOBX/sNzijz6&#10;uX/6j08e/in+J0BJHSW+6b67fujT/3Kbruvi8d//Kv8//YUXpEA99M+26F0Kq4AM8jLe4iJSFNdn&#10;kZ/7ZAImYAImYAImYAImMBEErDRNxDDYCRMwARMwgRVO4I9e+W9EKgHhlo1vvePmd3HC/7/xyz+5&#10;eeNa/j3+0Q+RRqesN73L8cr8X/D/G771m/QS4QkjvEthXiaDVyyoIml3nPzu6dcCoFY4c3ffBEzA&#10;BEzABEzABExgMQjMoNJ0dzqOHTvWRo23KLhjx47FwGqbJmACJmACJjAQgS8+f0HliWmqK7JP0/2/&#10;/On3fvgTN977r/mnAl+f/3P+v33T9Qp9+vTn/uCuf36EYsqqC4NcVy3+Scz6q795LQtvIA9d2ARM&#10;wARMwARMwARMwAT6EJhBpYlu79+//+jRo7t27Tpy5Egbhccee4wChw4d6oPJZUzABEzABExguQj8&#10;2lNfZJ+m2L+pcINAp4/u+tG73vt9SpqjGNs2sXlTh7ff+s0NYtZy9c7tmoAJmIAJmIAJmIAJzBiB&#10;2VSaNEj6CaTz5698tVsfly5duvrqq2dsON0dEzABEzCBKSVwzdVvkuex7Xd05D9/4cofsthuic2Y&#10;ij4iNj247b0kzX3wh98jC08cPxMGEaGokv99/GfvmlJKdtsETMAETMAETMAETGDyCcyy0kR+3OrV&#10;q9euvbI5BXqTkuqULscJ/+/evfvgwYP1uyrAWypW1NW7Sr7jyGFTGNdFfqmxseKePXtUoCOtb/In&#10;jT00ARMwARMYO4EfeMd3Kyjp6bmvkCvHCUlw9/7CpziPZLe116zm+r/5tWdz6/uOfI6MOQUxvfud&#10;a/TWG77l7ySD52WQg/Ao2Ry7/zZoAiZgAiZgAiZgAiZgAiJw1fz8/IyxkDzEsW7dur179+ocDejB&#10;Bx9EdULiOXfu3M6dOylGkp10qMZ3t27dum3btrZ3ZRxF6cCBA2TqUQwVadWqVVgOnoXZd7zjHWp6&#10;xoC7OzNGYG5ubuPGjaN36sKFC2vWvLboHd2aLUwFgdOnTyuY1MdwBJCBDj7ydFGX35L72uU/e/jT&#10;v1PbZHvvwz//fpQmdmLK77LTE/l0KE2NBimJzdhWfDhXXcsETMAETMAETMAExkKANfX69evHYspG&#10;JofAbMY0ISFxnDlzRqCZu+TKEcGkEKTLly/nAWh7d/PmzR11t2/fzruRoEfcE81lFak2u2HDhuPH&#10;j3dsHTU508KemIAJmIAJLD2Bn7jt3WhA+nk4Dvb5vu+uH0IS4lfnYhsmVCR+SI5dwCmg7ZY++CPv&#10;4YrioXj3Peuu+cUdtyEz8VIGuRK7jHO+855bLDMt/eC6RRMwARMwARMwARNYOQRmM6ZJwUrSdIhL&#10;QvQ5fPhwsfl3xDSN8i72ZYcTlCwFN+loNMt1vCKuis3I/c3/yrnNpqunjmmarvGaKG8d0zRRw2Fn&#10;TMAETMAETMAETGDyCTimafLHaAgPZzOmSSDQmNB0iDZC0yGmqW1rpFHeDeIIW+wJleOV2sziFXl5&#10;Z8+eHWK0XMUETMAETMAETMAETMAETMAETMAETMAEJpnALCtNcEfT2bdvHyfEECEDaTdu7QKej1He&#10;DTvETMU24doRvDAb73KiHaB8mIAJmIAJmIAJmIAJmIAJmIAJmIAJmMAsEZjB7LlZGh73xQSWnoCz&#10;55ae+cy06Oy5mRlKd8QETMAETMAETMAEloaAs+eWhvMStzLjMU1LTNPNmYAJmIAJmIAJmIAJmIAJ&#10;mIAJmIAJmMBKJmClaSWPvvtuAiZgAiZgAiZgAiZgAiZgAiZgAiZgAuMkYKVpnDRtywRMwARMwARM&#10;wARMwARMwARMwARMwARWMgErTSt59N13EzABEzABEzABEzABEzABEzABEzABExgnAStN46RpWyZg&#10;AiZgAiZgAiZgAiZgAiZgAiZgAiawkglYaVrJo+++m4AJmIAJmIAJmIAJmIAJmIAJmIAJmMA4CVhp&#10;GidN2zIBEzABEzABEzABEzABEzABEzABEzCBlUzAStNKHn333QRMwARMwARMwARMwARMwARMwARM&#10;wATGScBK0zhp2pYJmIAJmIAJmIAJmIAJmIAJmIAJmIAJrGQCVppW8ui77yZgAiZgAlNG4O1vf/tV&#10;V13F/0vm9/nz52nx2WefXbIWl76hRe3gpz71KewP1Knbb7/9Ix/5yEBVFq/wRDmzeN20ZRMwARMw&#10;ARMwgTESsNI0Rpg2ZQImYAImYAKjEpCWpINFfja3f/9+Xn7jG9/48pe/LP0CGWjo9tAyoqFR7Azt&#10;wKAVl1jzgnabqMe48JaGgyOfD9qp0cvXWJYY1IJdQKbUTFtKhXRBr1zABEzABEzABExg8QhMgdJ0&#10;dzqOHTvWhwU1Bv3Q3Filp52exdo8766udzn6FOsDx2VMwARMwAQmk4AEgttuuw0tSYdUjPD2xRdf&#10;5N2xOI9K8vGPf1ytPPPMM8seQSMxoqNrwKHv999//1i639PI2972thdeeAFRL5fH1SeffJK3ehpZ&#10;CcWYP3kKFaN58803a6YxgrMdHLcSxtp9NAETMAETMIE+BKZAaaIbfCA++uqxdevWPr2avTJr166l&#10;+/w/e11zj0zABEzABESAtfr73ve+j33sYwHkiSee0B9BXclforz//e9n6T703wVEK9qSWYQANTTJ&#10;Bz0lkmvpPUTbOnz4cG73kUceKQQvBmL37t1L79vUtfjUU08x2abObTtsAiZgAiZgAiYwKIHpUJoG&#10;7ZXLm4AJmIAJmMDUESBS5t577y3cRtT47Gc/y0VCfihAIBInRNkobETaE1KUNtPhSoSWRBZekYIn&#10;+9dddx3WGgNMIqUuFC5VKVLtsgO8m3fzKbK3omL4prpKAMRPGtq8eXM0QfWc2dcnSVAt6gi3sY9x&#10;tVKnbkX5ImSp4H/PPfcAKjQ+ThiCBx54IBdTF3Qle5Itt2WQKRFPR9uMjaEcLvssmhZzWinGLo/X&#10;gv6EtzGv8AommplcrEdT/aJYodlN3R1qh03ABEzABEzABHoSmEqliTyyEydOKKmOfDoOnR85ciS6&#10;ferUqeKiEtA4duzYER8H64pRLFvrWVdm9+zZE1l+cpWL/M91fQYt3OBi7W09fpE9p17XnqsKvTt4&#10;8KDcCEQ9Z4OLmYAJmIAJLBcBaRnXXHNN4QCSkGJ5CJwhCgnhiRMCmopiqCEqo5AoVvXEjyhlibcK&#10;zYgCxOBgDX2n0HF4uW/fPlV8+OGHQ2GhpC7igDL4CE4hg+y5556TJziJ1qBzLvKWolcwqIqkoVEg&#10;iy/8neI6FXGGDD75r0AtehHN4Wd36JYS61QeOw8++GAoaDSKuqG3sJ9lOMzqerf8oW4SVqyucdLh&#10;D55Q+NFHH5XlD3zgAzFMe/furd2QWKPrYG8UkrgYveOkUTfEiIZSR87sA0U0jWO4hJN1pzRejA7D&#10;IX9ErDjy9AieVGFWaGYSHFePZkxIBzTVSH3FBEzABEzABGaSwHQoTXxqkWgSH3kff/xxPu3t2rUL&#10;PejcuXM6z7s4nTx5kot8tuaiavEZTll4W7ZskRbDlW3btsXHRw1w28U+dWXhxhtvxCVOaHr16tVn&#10;z57lnP+53ugGF2tvu2ebyhddpgqf2undzp07aXrVqlUrPOVwJu9Yd8oETMAEGgmgFOS0Oxb/oc6g&#10;jJArV9dCFEAaoCKH9AvJQJEIlo1ICeK45ZZbkG90jvAhmQY5g3MaksTz9NNP33fffSoTggX+0NBL&#10;L70UnqCFdY8m/iBOqV+Ku+ElkkohnOXEOmkZL7/8cliOxEA81OcB/qcL+vqHY8HMQZQa1CsV5qSO&#10;O4u2+LNLH0MHzGJNoxuIgDFqfMjBqyLKjJdcjDJFgFWmxwCFQhQDRIGcGnnDDTdw5cKFC/zPAKEk&#10;ygJBczFe1G3b6ZLhoHcxPeAQ2uKC44hZ6uaIs+4qftcETMAETMAETGCqCUyH0hT7NMXn5jvuuAPu&#10;mzZt4v8777wzzuPj0fbt27lI+XXr1hExREjRpUuXpFghTl2+fFmhRtr4Cb1Jo9h2sU/dmAcbNmx4&#10;/vnneYnexOcwqU78z/XaDdUqvF1wSqm8uh9d/uQnP/mOd7xDPaKt48eP57CsBW26gAmYgAmYwLIT&#10;yBKJnEEkGiJnKidMKdyp7UBOQqSITLoFN7rOUVcSPrDMXxwUKP7kccJLBIibbrpJLUbyGipDVkD6&#10;oCYAhzAc/enn/1BS6k2R9Dtx3TloRIepUUkta9as6eMDZaQc0RFJLXVAWbaz4GAVbkh/KQKRwqDm&#10;Q3RNOYaDHpGKmAc3hC0+RTCIvFRPAd4mCaESMoLhTI7Y6nZJe4rp8IZWgw6fy5uACZiACZjANBKY&#10;DqWpJnv11VcPipvwIsX4cPD95EDVB6rLp+G3vOUtfHRDb5IYJAFLn5UHMjWQk6+88gqKmKpoB3FO&#10;In1vIFMubAImYAImsMQEFPJDNFDRLqpNRxBNo5P8AUKSiCCX2Pm7rUdZcxlIDFISFqoW0THEy3Bw&#10;wstIneMcPQKbUhkWlLGyh9ofvVvWUXkEIEKNOnK+io7315iiovYF54jYnzaY/bctlxsBR/4X+WXS&#10;9aJrOhloG3g0uMijzIOLETrF7uZFPqBUIUqCtNjB6tprr2UEC2eW+DZxcyZgAiZgAiZgAlNBYFqV&#10;pgXhKs4fiefMmTME+KD4oMLk9DpdkQYU1zsuLlg3u0RsERFG+kaXc3L9+J/z2g3VKrxdsHeNBRTb&#10;r8RAHcRqEeKk9D0fJmACJmACE04AIQNdKaeGESDTU23JXVPMjg5FrNQdx3KExOqbCTQOyTrhACl1&#10;bYlUYZCUNH15g3IhBQTxIuSYHKKlRLDuIYjmlDe3YF6brOWMvO7tvVVeot5DDz2klwtGIVFG0VsR&#10;+9PWCwUKhQ/dlgs3Gm1KeKq32eo/k3PiZLFdAJ0CMuJgLWVqKItdw1ASc+8KH+qpsuDk6d8LlzQB&#10;EzABEzABE5guAtOhNMU+Tf3TwVCR+MB34MAB1BZ9YNKmTtrvSXIMb1GAl0pw09F4sWfdMMKXyShc&#10;73znO7mi84h4r01RpvZ2uGnEDk0EUrEpeGwZzknkBg5n07VMwARMwASWhgCygmJJIkEJHaen2pI9&#10;xA57DmqLaCwQulL7j6oVeVsKCFKZ7MCtt966YPiMJBjtEc7BSU6dQ7qidTWEINURXYXPvKuSKBTa&#10;/ik4dOtH2t1chQkK6xM5RZiPfiuNQyi6h1jRWwvuTQ4uvjoijEuWFwygJgAKT6KbjcoUQ5OnRNuO&#10;4G3+a4+nxrxCdYoRj8Cx/JN/TKEiwIreUTh6h83YYZ0f42MacEXuFaO5NLePWzEBEzABEzABE5gc&#10;AlfNz89Pjjf2xARMYNkJzM3Nbdy4cXQ3iKoYIkVl9HZtYRkJnD59WinDPkzABKaCAMKQfulvKry1&#10;kyZgAiZgAjNJgDSj9evXz2TXVnKnpiOmaSWPkPtuAiZgAiZgAiZgAmMnoMxKotLGbtkGTcAETMAE&#10;TMAEVjgBK00rfAK4+yZgAiZgAiZgAiuRANs2xd7tK7H/7rMJmIAJmIAJmMCiEbDStGhobdgETMAE&#10;TMAETMAEJpUA+1v1/6W8Se2E/TIBEzABEzABE5hEAlaaJnFU7JMJmIAJmIAJmIAJmIAJmIAJmIAJ&#10;mIAJTCMBK03TOGr22QRMwARMwARMwARMwARMwARMwARMwAQmkYCVpkkcFftkAiZgAiZgAiZgAiZg&#10;AiZgAiZgAiZgAtNIwErTNI6afTYBEzABEzABEzABEzABEzABEzABEzCBSSRgpWkSR8U+mYAJmIAJ&#10;mIAJmIAJmIAJmIAJmIAJmMA0ErDSNI2jZp9NwARMwARMwARMwARMwARMwARMwARMYBIJWGmaxFGx&#10;TyZgAiZgAiZgAiZgAiZgAiZgAiZgAiYwjQSsNE3jqNlnEzABEzABEzABEzABEzABEzABEzABE5hE&#10;AlOjNO159VhUhOfPn7/77rv5n1biJFqs381XFtUxGzcBEzABEzABEzABEzABEzABEzABEzCBqSAw&#10;HUoTms4rrx6SgRbpWLt27dGjR/m/0X79br5SK1OL5KTNmoAJmIAJmIAJmIAJmIAJmIAJmIAJmMDE&#10;EpgOpemZZ5656dWDk4lFacdMwARMwARMwARMwARMwARMwARMwARMYIUTmA6l6fjx45s3b37nO9/J&#10;SR6wHTt2EEzEceLECV0vrijBjYPrKkAKnq4cO3asfplDk06dOqWSR44cUd06cElX+J93d+/effDg&#10;QRqSZQ68inZX+Dxz903ABEzABEzABEzABEzABEzABEzABFYCgSlQmqQikaq2adMmyTcaGDSj66+/&#10;nnw3Dr1VX9m3b9/+/fspsGXLFmQgNKBVq1apytatW4uXxXifPHmSYlSnWHfWHsWoS8mdO3fSEBVD&#10;aeLlSphG7qMJmIAJmIAJmIAJmIAJmIAJmIAJmIAJQGA6lCby5jRanEhpQvo5c+YMyk6MYn2Fkpcu&#10;XSLUSHFJly9f3rBhA1FREaNUvCwmxPbt27mCwrVu3Trim3pOFwQs9pNS4eeff56XPSu6mAmYgAmY&#10;gAmYgAmYgAmYgAmYgAmYgAlMO4EpUJrQhogqipS3IoGuewBWr16tCCaOvXv3ag9vqijhrng5rrFE&#10;DsNhjhDIxmXZdkzABEzABEzABEzABEzABEzABEzABExgkglMutKEXkNIUahFnPCSi4hEqEgRnQTi&#10;+gopdcQ0xa5JMQzbtm0j1Ojs2bO6UryMYtp9HEGK4CminxYcxYsXL6oMW0qRQMfByYK1XMAETMAE&#10;TMAETMAETMAETMAETMAETMAEZobApCtN6DU33nhjxs1LbYR06NChiHVSSl19ZdeuXahRiofSPk0R&#10;G4XAVLwsBhWVisIHDhygJDJW95ATvkRJmqCYCrMh1IK1ZmYauSMmYAImYAImYAImYAImYAImYAIm&#10;YAImAIGr5ufnDWLsBNib/I477tA+5T5MYLoIzM3Nbdy4cXSfL1y4sGbNmtHt2MIUETh9+rSfe1M0&#10;XnbVBEzABEzABEzABJadAFEj69evX3Y37MB4CUx6TNN4e7s01rhV2BTcy62loe1WTMAETMAETMAE&#10;TMAETMAETMAETMAEJoeAlaYxjwXRTKTRPfjgg2O2a3MmYAImYAImYAImYAImYAImYAImYAImMPEE&#10;rDSNeYj4hTu2LfcOTWPGanMmYAImYAImYAImYAImYAImYAImYALTQMBK0zSMkn00ARMwARMwARMw&#10;ARMwARMwARMwARMwgWkgYKVpGkbJPpqACZiACZiACZiACZiACZiACZiACZjANBCw0jQNo2QfTcAE&#10;TMAEVgyB8+fPX3XVVc8+++xi95gmaGixWxmvfRzmuP3227vNiiH/j7H1t7/97Z/61KfGaNCmgoDZ&#10;jnEyjPG+ZsIzNLVvYxyvpXnWDYRXTw+Oj3zkIwNVHKIwjzK1NURdV5k0Aozm/v37J80r+2MCy0jA&#10;StMywnfTJmACJmACJlASYHlz//3333zzzbzBx1atQ3oqLAPRPH78+Pve976BqixvYZH5xje+8cQT&#10;T3R78txzz73tbW+r90zUGnIIwYiKL7zwwg033LC8BGay9ZXDVrfzQINI+UHXrvm+RhIaRS55+umn&#10;b7vtNjkcpsY4XtLT9awrjhE9HwhyURhi+/bt4znzsY99bGg7fQaOB9GXv/xlGuIYuqHRK9LfRj1x&#10;dMsrzcKTTz550003rbReu78m0EHASpOnhwmYgAmYgAlMCgGWXnxafeCBB+TQZz/7WWkrOhZUWLq7&#10;wTeuWWTB+LL8foXkniGIf/zjH7/nnnsaK7JYygtyVsiNa6cLFy5QfQjBSBWXBdegoIpRHrR6R3km&#10;51hWpIUdZMFB2Y7LkzHC6WPqxRdfHEjbVVBerF17hunl+xp59JZbbunjW2OZp5566rrrrtNbYWqI&#10;8QrjPH9yQCKiGIpwY9Mjej50l2HOE/juu+8e2gIVi4FrM3X48OH77rtvlIaGq8tdnGNm8Tb0xOEM&#10;ulYM+po1a0zDBEwgCFhp8mQwARMwARMwgUkhwA+YIi2FosGaZ5SFYtErrF1zzTVxka/Tx2i8P0EF&#10;HPUvr5JavLV9jmdJfO2114ZNCt966611E0RPINgNIRhNUfxXMcqDcu4oD4SxKE2FnZdeemkg/QUP&#10;x+XJGOH0MUWMzEBiMROV6aqQH0kDfaZuvq+p/v73v7+Pb41lkHtC5wpTQ4xXGEcCzl1AemvTOEb0&#10;fOguj0VTzgPX4QkjlZ9aQ/s8UEWFpOUHKXNylOitgVqf4cJtgbQz3GV3zQQWJGClaUFELmACJmAC&#10;JmACS0FAX6dH2I60lcYAHBb8kVIXuxEprkdvFQlikbazefNmRUZovYH9sJN7GLuHtAUfNbbVmOVX&#10;2Me9D3zgAzTdtt1SbJJCgdA1aE7iFP8XmzTRU0piELOx5wsYWcI1IopkIk5UoC2ZTpblBkvivEJu&#10;5I97wS1ayRFGOZgL42KoJlS+dpiL4WcOacGBDEpzoB7ljlmLWQWY1BCi4+GYfHvwwQcBmy/m7M6I&#10;koiLjWlftR3F4DR6EqaUSxWUak9yT7P/WIgJo1COgBzjThkZ11t5gmXIOQ0tF47NWSI3M0/d7FjM&#10;T9zQxKhbzOXDeQpz52oU8k0R1bMP3AsSlItdlmLSxrh03wIaUEkS2VTETGl0AlfGXt9TgkNYIgcn&#10;8kExU+FYTKHcXJhtSwPMY5TzEzPhsByj37jXW+YczUUVTmJ0Go3Hu8Wsq2/V4qmlivmpm1FwXSMl&#10;l3ipmD45xnnjRGrEkh+k6k6xpV2+o2OeUCbfO21yc8d9lJ9dOa6twKh+5YmUb4fGp27c0XlA820e&#10;vWgsWTwhY6zFQc/Vxme1KuaGUGDHIsR3PLT9lglMHQErTVM3ZHbYBEzABExgNgkcPXoUJSV2LWnL&#10;UuETMDkXyqcjACqCAli2sQInI6MOB9i9ezc7jxA5olos7PXVPepM7BISi0Ps6zt5Dqo0LvCKtvSB&#10;+9FHH1Ut9AhZ45O3djx55plnZIev8emjStbxHdjhXQqHV6rFV+70VP4XtQjZwBq1VAV6Wh5Iz+IK&#10;bwFWMwa3FcbFQoJzVdmzZ089n/A/LBBoxvI44r/a+GupI5v4oLVijjDKwVwEd2BT5fFfy2/VzQ5L&#10;UdJ1CIiGVEKKqYNgeeihh7hej3LHfUL36eC9996LBcYoIEAmZgX2cUxDSTH+19AoAoL+Pvzww/IN&#10;C5jiIoWZhLqIJBEyaHhS22FK0Io8oY9MYBXGkzDFhI8hqC3kbuaBAywWIrqN7qDXCFruMjIixpE8&#10;uM67DJnGDlMxG4VC1xmFmDzcKbE5i25Y3YB0qoCf9yQiJotaKplbLKoAUM4z5xll3Uqy3OaD7ms9&#10;Q4pdlnhQaFwYNcZlwVvg5Zdfjs3OsikFWmp0cEn3I/7EtAE750VfACVpW/yZqzqPRxYdfOSRR1Qr&#10;mgNa3IZczzlfKklH4nkiaxEfh59RFyBtz6jspzgrYZlJLhUmHmu8FXJGYbxt4NpuVT21qKUR4YQ7&#10;PZ66UJWwKBS0pcmp+46XvKsZiEucU4Zz7k3e0h3XhkUP0sjIpmSOxGEQ447GGjAFnDKw1R2qGduo&#10;zrfdR0U4Xo5rKzAy5TCu+4KDkQ2dqPGpSzfpvh5K3Cnyiipxm6sX+malLlmMGk3oFuOgVp783Pv0&#10;TpA5F2T6FTbVUGMgbdGKX5rAiiKwzEpTn0ToKMOJ7u04WaShopXFbqL2vLHFpXGjbuXYsWNc3LFj&#10;xxKjOHjwYOMn/j4DXfdiaej18S2XWcaBHtRVlzcBE1hiAiwscy4Jn8hxIL5llcrA/6wutE7jYMmn&#10;9RsHJ3xQbtxel3eLqBzWuqoSfVQcBB/T+YQdyRRa5NQciraU9Kc8Ha0rIk2PdnmJV2EzYi5qsyxm&#10;chegEVIFJ22f44svk7Xg56N/RCFFikre1Tv6XosCVGeNiieyoH4puKyNP4scWIUKxokWt+q7epqX&#10;63QHYjGOxVjIYWziZNhkbSl/pCbkDsYYFaNcE44rGsFIrdK38XjFegnLKkZzTAbw6i3+j6QbukZ/&#10;cUklmbr5+3wVxvPGTdmzHS3FsyeqIk+0GudQDpeGoPCk6GMeOJVXXY1FQINwTAB6EWOh1lnx8j8f&#10;SGI2alLRfeyw1Aw5TPqjhlig2vLjsBkiCMME2FyyMS2UmRnJaznTqsOHvPMRoEJXxbG4ATGlbnbf&#10;AnmzszAl+LzF6FBdE5iLMIlpw7uN6bFFYppGhCGOGySmcTSnwVVF/K8fbrofNY01XfWUkJ8YjxnY&#10;8YzKUyjnHmI8HmuUwbKeFbXxYhLGwHXcqjkJUXpKDJAGPTSj/MDXxXzv827OfVN/27DIbH6k44b+&#10;6GhSxR0t1LoRNLHzczJnYUff2+6jIvU45P4ao2ZO3BcKJo3uNP7VCyd5V9NAzw1x0J+5mAPqTpTM&#10;o6Zor2gCqvG3GD8bIfPXKn67A1xU93bgxY3glyawnEpTH5lp9BHqLzdESR5JfP/ZJxl+IPf6ezKQ&#10;2cUo/Nhjj+3atevQoUOLhKLRZx7lzz//PB8FFqNHo9ucouEbvbO2YAImsCwEil2ZJEboK9b4QpuP&#10;6Y2Ci5ZtWbkouhCf73WdT/CxIVReuvOdNgvIkLf4yF7bLNqiOp4rKodD3ydroUKjOVmGK4X4kp2U&#10;6ND2Yb3jZ30i9EPWtISLRWkIW/mrdTpFmZyLlD1RyfiUkiu28WeNVG82VGx4nIcgp0lSN2/OFQ5L&#10;zoixIK5HS0qt3KKDShWU/8Uot03jYgQjH0p6SqNYWexCovATFldyj08LWh+y2KMvut7YemFHS/GY&#10;Y7EMlichhImkPph17IdSDFzuTgGNSSI1RLMu9uDXvcBCGlOKkVEHFbCDA/Ikq4cx7mBEmWpjnkM5&#10;GKb4tNMWuijHpEDpPBJpO3zIOx9FPF0hYcvD7ltAjcajJkzJW/yn1/E5WTGDysxVzlGjelsoDoqZ&#10;iiHOUlo0B2cF+OT0q0yYkgqmC0p6gGiShPGOZ1S2VnBu2yavMF6MeB64jls1P7UaB0hm8SF/Baum&#10;870f74pn1GrEIoP5GUvTEp7yLVb0KE9s3WK1MNp2H1E4b1GfCdcY831BRaaEfGt76jIDFUDH9Ig4&#10;RMrrCodCtLhSlyz6SBN5d/Y89HkI4pGujuRU97hbC8t+aQIrmcCyKU1LIzOt5KEdpe+XLl26+uqr&#10;R7EwRN3PfOYzW7ZsGaKiq5iACZjADBCIJW70pXGdw8fZvIksYgQLe6rkiImaRrGC0mf3SAfLa13s&#10;R7YIn9EbtxMu2pJYQMUQxWIJqnyQSGHQeqZt+2fZyWsYJVVxsW15o57Wa6dYIeeKRdMoI1qE1NsJ&#10;6avvHA0RPrfxh3D9BVVe9itASbEAhdyWowzyWyy0IpsDV0OOyWtUlY9gn6xHdNwUBYqYaaG/qK7U&#10;Fn1gywFZvGyUQVULOUx5PY15l4Wd2hNN78ITVowRYlBYyN0sBo67I4cRZYkWg1pYMutCw+JlZLDK&#10;VExpTRUOxjRHbzFFw2wOQarh51COPEyNGiXVs6BWiGsdPkQrxURqjEzsuAXybZVNScallciQFZPI&#10;zAVUW1RXoQgXIX5tdwfTHpuROprBFs9MCV4RX5bjQzueUdlgfhLWD+SYMxEH1HiL5cFqu1WFN57k&#10;IanIIDKuhDz5kJXfAhrvxgMz3urAUgv98fAsJpUy0fT8zw/YNkGq7T6ieg4TU56vHpU1xnxf5IdP&#10;21NXHjI9IntXz424bbPiWZQsxi43ob7roVoQC02w+GtFv/JjpHFi+KIJrEACy6M0jUtmymEmcY66&#10;zzmHUsAYVP5KkZbFCS850cUoFm8VJSNsVdZkUFMkjHNy5MgRXczt1jOp8KRoXeVPnTqlhsJm2MEZ&#10;vUVGW3dzteVGb8Ng3VYNTShOnDgR7gXtxiHInPt7TkDThg0bit5pdNqYd/SiDWlUiQGFWB5ZuqnO&#10;5i+RCia1kTzi9RA0+rmg8yvweeQum4AJ5Mc+5/V24HycVVYdByt51gCKcyl+1KkgqY/F2Xis67iY&#10;8zgiW6pjLIq2tNQpmuBKLMjz+l/ZEI2H7Gixp+qRF9Pxfbv+QuUjL+HyXjOx6oOb1g8cxRpGF6UH&#10;ybIgh4rUxp8CkXiCdCX74RsvtXONFo21vBJRBvmtSB6pOxjlcwfrUeZb/cYdVfICWE5qpimnLD7/&#10;EEsSKYQF51gGZ9/oeDRXLJ6jWGGniHcoPFEtNsfBq5xaVQCJlx0Dx+igFKgkfkbmF8A5j/EiiEnR&#10;RtlUbg43YvmqGS69IEey1O7VoRwxo3irMUoxawpKX4qj2wd5XkwkOKs685kWF7wF2iRazRycZ2Iw&#10;pTWa2Z+2oeF6EejEiMSY5u2lwnPmUt6UulZyc6qjNgiLoJ4I1ZE/bc+owtus+uX0K01C/pfaWxiv&#10;jYTIlTWafKtmgZjqTKQYILqMfKmnev0zncU3BFndiLc6sOhRHEeWURgLvNVbel4pd7WQWtp+LrDt&#10;PsJCJGmqazkGMAugaij21FNumvrS+NSlfGjZIZPlrNjczbpkMWrxhy+e1TEB8lcjoZrlGaV+eTvw&#10;jnvfb61YAsugNGnRvkgHksGqVat4TnFs3bpVDyweATt37lSLq1ev1kU+SagYD0f+UtYlVZ4/pdu2&#10;beNdjCDKxCekkydPcpEUM4kURbt17wr7ResqL5s0hLXioxhucJ13ifpBfOlorsNyeJv7taCrUYDv&#10;BoWiz9gF5/6eE0iVv0DOo5P59OzFglViQG+88cZz585pEHH77NmznPM/16OnxfC1zQqVr4cgymd0&#10;jRf7sHUZEzCBlUCgLacm8tEQEbQprGjkZVvNRwIHH6b1aTiv63iZV/s86iNjqE2nKNrSsjNyZyLP&#10;hYdhZB7FYoNAKtYzXK8jiXKCAwVYrUVwRMevoVOLfql1+pJ1E17mvWZCgWIVF97mHYKCG7hYXSgF&#10;DIc5j/ivNv7YjKxD7Ag4iyUlD3LCsi0vseLvXRGulccCm5GTGMSK8lmPaBzlxt8uzGJcDsHIuW90&#10;P+dOoi/IGWlJ+KZx1KGFHOtwvmvRFYavMZezsJPjHfKcx5NIzdMXPyGuFRbybC8GDgsxcIwOQUzy&#10;TRuNqyJTK2avuqw4DkxFGqBqqTydioFWeqMIt92wqpXfzXOSt9rSQvNdRt/VaHBu9CHf18VEisEC&#10;CHNvwVugkGhjusbMgQO4wh86EpOh8WfdKMCU0LNFc5guZIE1i0RqjoGgFwE/70YUgy7BizJKQc0S&#10;T479bHtG5cmjp0dW/RSMGQ6EUpZvn8ICL2PgOm7VjJcqPOhigDQ5RaCYKtIrY4+kYiOt/FYbFs1V&#10;eqQxyum9kU3Ju9roWjdCRwpw7nvbfUQZxkVjpJTtnJKZx0ihsjHiDGWMeONTV487jQ4FIntXadE6&#10;9PeusWQxcPy10lhzAr3GZ3XWixkg+hJ/d3K/6inhKyawYglcNT8/v5Sdr2WmBZULqqgMJ3ww5d6u&#10;T+JdTnhWojGhiahfUbg4R1aIcB7Ei02bNtUlL168eODAgfCQzzqoDxivS9bt1lRzre7Wi4bkRhhc&#10;t27d9u3bi27Guz37xccjtmGqEbVBw4fGKo144yKRQf09J1wrXFq8XtQDSiAVf1RoGgmPafD444/z&#10;Z4YhAHL+Aq3oVD0r2oaA6zW6Np5LeTO2tTU3N7dx48bRPeEjb+MWp6NbtoWJJXD69Gluool1b/Id&#10;42Mun+/btvSefP8Xz0MWDMgEHbtQLV7T02uZ6RS6yfT2Yiyes+ZnTRjqUrbJ1OKPfmOW6FiatpEp&#10;IrBkt4wiy9rSDKeIWLg6+n0UPzM6jd23z6MTYM24fv360e3YwkQRWOqYJgWq5GO8OJAGQpZSGlTj&#10;wfMdmUluEMYyug8921VDQ7SuECEdfCRqa24Iy6P3vdtCT88xQkzT0HxG6QUw3/KWt4CO9D0tkjVz&#10;6jjtPq1M4BD0cdtlTMAEJoEA36MW2Q2T4NWy+5A37Fh2Z6bFAWIWGsO1psX/8frZtjtYDlIYb4u2&#10;NnUE8s5Ei+187EC32A0tjf2x3Ec9f81gaXrkVkzABMZCYKmVprE4HUZQMdjbiJexz47eIqCJyCOl&#10;QXEQP1K0yxUig7iIphACR11SuoOM8xg9c+ZMbCTU2JGi3bqMPGlrXT8Qi0tFQ7iBk0Uf6252WC48&#10;kUHpKbXZxq61VWkbAhnp7zmFMaWshzY+Y+lF44C+4x3v+OQnP6kobs4Ja+L/tuHrnhW1843oGi9q&#10;5yZNNp0wRrEzV+O4+KIJmMAsESCtIPZgmqV+Dd0XHoZK5ci/Vj60tRVVkXAJh4DFiJO20/jtkdLN&#10;hvtiaUVNp9nuLFo2zxkyvPQ5fFEPYn9oi2SrWQqjG8t9lLP/FnUIbNwETGDJCEy30sSmRYQmsSbX&#10;PjsSEbRrNSdKoEM+IGEqNpZWMdb5r7zyCsXQFCKmqbGkdvOhJJ/YSLJr+zhStMvLWiAI+42t4xXq&#10;Dw3hLZ4XDdG03NBm23U3O/rVOJlogoYyugXnXGOVeggKOz09p9b1118v3bCNT+3hEL1oHFCWMah7&#10;73znO2lC5/xfNJenR8esaHS+0c8hnF9wjFzABExgqgnwh6ZxL5Kp7tQozvOnUL8iNEurslGAuO5w&#10;BLitGu8sMlUbU+qGa8W1ppSApgHHEmQus9kTDc3Yc34s99HS8J/SKWq3TWBKCfx/LFA3kXLRpnwA&#10;AAAASUVORK5CYIJQSwMEFAAGAAgAAAAhALP+AorgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyoY9pCCHGqqgJOFRItEuK2jbdJ1HgdxW6S/j3mBMfZWc28yVeTbcVAvW8c&#10;a1CzBARx6UzDlYbP/etdCsIHZIOtY9JwIQ+r4voqx8y4kT9o2IVKxBD2GWqoQ+gyKX1Zk0U/cx1x&#10;9I6utxii7CtpehxjuG3lfZI8SIsNx4YaO9rUVJ52Z6vhbcRxPVcvw/Z03Fy+98v3r60irW9vpvUz&#10;iEBT+HuGX/yIDkVkOrgzGy9aDXFIiNfl4hFEtJ8SpUAcNMzTdAGyyOX/AcUPAAAA//8DAFBLAwQU&#10;AAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQ&#10;RfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUw&#10;jq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6&#10;hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+&#10;PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAp/bLM3AwAA2gcAAA4AAAAAAAAAAAAA&#10;AAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAGzyezUGVgEABlYBABQAAAAAAAAA&#10;AAAAAAAAnQUAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhALP+AorgAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAA1VsBAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAA&#10;ACEBAAAZAAAAAAAAAAAAAAAAAOJcAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAG&#10;AAYAfAEAANVdAQAAAA==&#10;">
+              <v:group w14:anchorId="61D7CC74" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:399.35pt;margin-top:77.35pt;width:450.55pt;height:116.85pt;z-index:-251657728;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="121920,46020" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAKf2yzNwMAANoHAAAOAAAAZHJzL2Uyb0RvYy54bWycVVtv2yAUfp+0/4D8&#10;3vqWS2M1qaZ2qSZVW9RuP4BgbKNiQECS5t/vALaTNt16eYhjzLl85zvfgcurp5ajLdWGSTGP0vMk&#10;QlQQWTJRz6M/v5dnFxEyFosScynoPNpTE10tvn653KmCZrKRvKQaQRBhip2aR421qohjQxraYnMu&#10;FRWwWUndYgtLXcelxjuI3vI4S5JJvJO6VFoSagx8vQmb0cLHrypK7K+qMtQiPo8Am/VP7Z9r94wX&#10;l7ioNVYNIx0M/AkULWYCkg6hbrDFaKPZSaiWES2NrOw5kW0sq4oR6muAatLkRTW3Wm6Ur6UudrUa&#10;aAJqX/D06bDk5/ZWqwe10sDETtXAhV+5Wp4q3bp/QImePGX7gTL6ZBGBj+Npls5m0wgR2EtHF/l0&#10;lAdSSQPMn/iR5nvnmYIjdBCa4lxHkyRLpt417jPHz/AoRgr4dSTA2wkJb4sFvOxG06gL0r4rRov1&#10;40adQb8UtmzNOLN7rz3ojAMltitGVjosgM+VRqyEirJZNh5PZqMICdyC9MHKJUeHDaDcBXA+IQJ2&#10;Fd5J8miQkNcNFjX9ZhSIGLh1rMbPzf3yWfo1Z2rJOHdtc+9doSD4F4J5hasgxhtJNi0VNkyXphxq&#10;lsI0TJkI6YK2awrF6R+lB4QLYzW1pHEJK0h8D2Ad0KMNj/IAzJVgQG/vVdjbOgHWtLG3VLbIvQA6&#10;AAHNwQXe3pkOTm/SkRgQeGgAyEkfzh/T8wWrE8Y+NGIPDVYUILiwB0mA3GFEJtMcDsWgCUcXdJlT&#10;dLTnJ9H7DXNp/kXZOB2Nkww0BjM0zvMURhHccdHPZz7J8yydhCG7mM3SiT/zhhn7IHe4ENLpy+fg&#10;Au3cCZCOE8+2kZyVvfqMrtfXXKMthpN3uYRB7xMfmQEMLqAjjqbQEf9m95y6Iri4pxUME5wzWcjg&#10;rgU6hMWEgFLTsNXgkoZsgOeQrPfwmvQBXeQg1S52F6C3DEH62EHMnb1n1t8qA7Cu9P85097DZ5bC&#10;Ds4tE1K/VhmHqrrMwb4nKVDjWFrLcg9Hjbb8WobLDQvSSBh1YrV3dlagae/qLxDPQXfZuRvqeO2t&#10;Dlfy4i8AAAD//wMAUEsDBAoAAAAAAAAAIQBs8ns1BlYBAAZWAQAUAAAAZHJzL21lZGlhL2ltYWdl&#10;MS5wbmeJUE5HDQoaCgAAAA1JSERSAAAGIwAAAlEIAgAAAKh7U64AAAABc1JHQgCuzhzpAAD/yklE&#10;QVR4XuydB2AURfvGkxAIhNB774hU6QRUFGmCBVBRERX9QFQsCAoWihSRYgEVEeSPvaFSBQQEBKQ3&#10;gVCk19BCCBBqgPyfy4Rh2bvb29ty9dmP79zszbzzzm9m926fe+fdyKKdFkRwIwESIAESIAESIAES&#10;IAESIAESIAESIAESIAHTBKJMW6ABEiABEiABEiABEiABEiABEiABEiABEiABEnAQoNLEeUACJEAC&#10;JEACJEACJEACJEACJEACJEACJGANASpN1nCkFRIgARIgARIgARIgARIgARIgARIgARIgASpNnAMk&#10;QAIkQAIkQAIkQAIkQAIkQAIkQAIkQALWEKDSZA1HWiEBEiABEiABEiABEiABEiABEiABEiABEqDS&#10;xDlAAiRAAiRAAiRAAiRAAiRAAiRAAiRAAiRgDYHIop0WWGOJVkiABEiABEiABEjAQSA9Ij39+iuJ&#10;kAAJkID3BCIjIyIiI8QrNxIgARIggWAjQKUp2EaM/gYBgch03GLh25EJV3GLhs2MBRONsyoJkAAJ&#10;mCGQHhcT2blpwYqxB8+eOnb29EkztliXBEggDAlkj43Lnbfo/rRS4+adiojECgx+IQrDWcAukwAJ&#10;BDcBvytNNt2Th51Z7WnoSrYIO0Q+g4CGrPpClGEKxoTv3EiABEggGAikpz/VNF/pK6tLV65evFSl&#10;6KzZgsFp+kgCJBBABK6kXU48sHPX1nVXi9z54cyTGWITNxIgARIggWAi4OcLN8LrERVr8rZchNVm&#10;3ItnWgpDs9qTjojE5PDNPDE5n5VDmWGKMlMwXVLpKwmQQETE1Uqx+4qVrVy6fDXKTJwPJEACBgjg&#10;0lG6QrVbazYumL4vIv2aAQusQgIkQAIk4F8CflaabLonD1uzHvUmKVuELSKldmMTBGtPaepM1vKk&#10;NRIgAdsJXLt68czx4qUq2t4QGyABEghpAoWKlz51/EBE+tWQ7iU7RwIkQAKhSSBLXI2nQ6ZnFq5a&#10;UjIJLrPaoxlcfaG3GE0L5bCQOdPZERIggUAmkH7tSv1Ch6rUig9kJ+kbCZBA4BOIypJl55Y1yxML&#10;RUZFB7639JAESMBWAnGRpxvl3da++MrGWedXOj25/NkZ5a6sLJdlR/aoy5ez5L2UHmNr6zRugICf&#10;Y5oMeKxRxaZ78uAyq400uPpCb609QWiNBEiABHxCgLGYPsHMRkggXAjwkhIuI81+koBLAnGRZxtd&#10;+eWRq4PqXv65xNWttxS6XCB3zJnzV04cOZh2dG2zHHP6lZ5Q99x3+bOmEmBAEQipmKaAIktnSIAE&#10;SIAESCAcCVy70rj4iQq31gnHvrPPJEAClhLYvW39CkdMU1ZLrdIYCZBA0BC4q1L6WzX/qhB7OOpq&#10;WmT6teOnLs9bd2LB+qO7j54/fOrSnqPnVm07euhE6p0lkj55LNvu1MJ7UrIHTd9C3dGQimkK9cFi&#10;/0iABEiABEiABEiABEiABEiABEgg9Ak82SB93NPZKpYrXT++yR133xERk2fFttQ9B1NiIiOzREVm&#10;i47KliUay2w37k76fdXxlItZPrr93wfLHgp9LkHSw8iinRYYcHX9p02K5fewGPJI8qU6Ly8zYNym&#10;Kkd+aOZsed2uM/cNXGusRZcG3Zkq9sRC/a3AsrJ8w1vy9u9UsWrpnDmyZblw+erWA+eG/Lhr1X8p&#10;+g16LPlg4+KqMtOXJ3qs5VUBd7i8IqNs0fIB9ao7LEwCJOCOQMmC2b94uTouWSiA69XznyYcSrpI&#10;XOFDIP3Khd71trbs0NVMlxet2xeXI1v9qurPJjM2WZcESCDoCMybMvHDtVUjo3MEned0mARIwCSB&#10;+BKp379cJD3i6qo/vorJnj0qJm742JlnT58vEJsj7crVvLGxV65cOXn5atLlK6cvXEw+efLB2295&#10;p2v7y9lyPf977H8XK5hsndXNEzCoNKmkEJd+6CljvgP6LTj7gyNCuDEmNkmD7nrqsYA755UG33u6&#10;cvvGRVbvOD3ujwNQl6A6vXBf6QaV80xdfuydb3bo776ekjlzRFcrmzt/XLaYrFHOSlODW/Nv2Xfm&#10;3IUrekw5l3FJycwksXxAjfWLtUiABCQBcYG6s3q+JQmn+mVcoIY+XVn8Ka5gZBUOBMwoTceTz307&#10;698te06UK5YXrLbuPdG6caUu998WDtzYRxIgAWcCVJo4K0ggPAkUynn1p8dPVa5RIyL98sa53184&#10;e2reyl2rEo4VzJkzZ1SWR9q0vXbuzN5DhzYeSEyLjt559NjhpORrVy59M+TZmKyRew4eGbzrsZS0&#10;2PBEFzi9DqzVc9AOVP/+GFTPVlivjd+OH97tbsVwFyAzPX5Xsbe+2tHlw03iJg2v2McRyE+4qTNs&#10;2bkiZKb4W/NHR0UtTUhyaRZvoQCKWdio5aYCfEAt7y8NkkCAEFj2YaOt4+/4qleN2Jgsjw/fiMsU&#10;4pjwDzv4s2DubD+9WQsFUCxAHKYbgUmg76fzC+bN+dXAdgOeuwv/PnmjzYEjKR98F0Dx0YHJjV6R&#10;AAmQAAmQQCgReL1lTJHCBSKzxWbJkbti9YZlK9faeeR8zixRJXLnevGJJytXurVQ6QqlSpaNr1a9&#10;QsmSBfPkzZUzLj09y96kC9myZStXsvDLLRgI6f/p4J3ShEVzQgmC4ypJCG9Z0huspVL+c27IqzVr&#10;Hl2avvJYwGoTQmaCe3BS1REcQZQTltR57KD+AohmOn/p2vItSe6ilvAWCqCYfpu+L2lyQPs8XB43&#10;w6q5jSM47vu+sEUSCCIC5YvGPvPR5qrdl3YctgGCuDyVcPo80Kgw4kbLP7MYBVAsiDpFV31MYPL8&#10;LfWrllBGMBXOnxN60/6jp9dstXhBt5munUm91G3ojL2HT5kxwrokQAIkQAIkQAIuCRTLE/nIbZF5&#10;8uXLki1bZJasOQuUSLoQfeL0lZaNGnZq/2iOuDxX067kiMtVuFjJAvnylyharFihgtliY3PnzRMT&#10;l7fULbWr3dPpuUeR6idbGOL9undN5Z3snq+aTn67NvJa+B4F1CHvlCbkZtpz9DwSMDkEoORLcgcH&#10;8Zbq/tyS/uD+xFl7ssSyNGJSm7DWGWntwUZFELXkUmYSZbAURaRBsWQrWSgWi+Y27knRtoYCKIbC&#10;ljRqkxHDA4p748eaFvtoyl7VlMMRHA8WsQmRbjgTrY1383akrHIAYitMQarw1gFj5a1yW9k6QnjE&#10;hRHXfXFcdEp5xLkMoizl5dTlUDobcT7iEoIdfZQNycVx8Pn5tqXEqYRXKOa4oKGYu9Vz8EoVWKrT&#10;Tz3F9JRxfKIZOmskdgt/AjHmibE5H2i1lv67/+F7qjp71Tq+4uJ1e73yFjLQg71/uueFb/Bv9I8r&#10;vKrLwiRAAiRAAiRAAn4k0KJqdLY8+aJzZIu4diUiOluWvEWPnr1yPDk5X778h04cXb9hVeK+3edP&#10;nz544ODR5FNXLl/JnTvXhXPnorNGl6hYPX+VxrlK1Y7OkrV1nbx+7IK/msZiAuWd7J1vrMJqg4+e&#10;u9X3/gz6YZd3ShNc/GreIVTDzgOD1omE35//sR8HsWO3JGQHIHE798XL1ZBsu25Fi6N15q7PXIYm&#10;d/R34f1nKmOJnHM0k/KmDj7rN6hdsnTh2KPJFz3mYEIBFENhne0qxUdxL+csR6rK6LTsrpiZAe3S&#10;ogQm88S56gcW4AiO412TvrkkYOENqnAPN/M4E/UnxPHxba1XzUFs7f/tDoTJmCevMWHsU+Vg+e9N&#10;yeLC2KpOQdHQsy1Lthu8Xhzp2qqkyzIoho6Lii6H0tkIjqgasg+aR8tI1bR25xlxKuEV++2bOJQm&#10;jQ2XX9DwaDmgCmDs5EBgTIPO/4CCKZzZuucEgpicHUOgE8Ka9DsMman/uIWje7VeMO5p/KtZqSii&#10;kPRXZ0kSIAESIAESIAE/Emh5+y1ZClWJiM0XEZUeGZ0rKq5EWlRco1vK58mdPeHgkcSkk8kXTu8+&#10;eGDbwd2n0y4mnUo6ezY17cqVrBFX8xQuFxVbLALVrl1oXsuymAw/otDftCqaSdwUI18qnsxTr5LF&#10;Kocer6BjeK003V49P6qdSk0TzxJCNBNuJG4rb7H3yp/03WkT+DFZTyc1ylgojUknEaImHYOmKFqX&#10;O/odzheXFfqXhgqDmxykM3c2iLsd1BL3PMp97aZzx0Ynnbksy2g8eA7FUFh/R1SQNf7Ub9NdSWfj&#10;XtkEc5XMJFcA4TjehTURYmM4vsll971yMqwKg/nmfanB22WIRDJtPy6VNcrG4eKA510K8QgCNC6n&#10;zmXwVr44rVPM2QiUHaWujT/9C+2fhOR5605IH0oUiDns6dlzk+Yd6tWhnH/d9rZ1DCg+CmUGPWeR&#10;2luD7sq7u5Lrv8Jb5YnddkoXzeOyiS17TxTKo/cXDmGhcpkCxQtlfjNpVr9c7jjH03IvXb765qfz&#10;EeWEcCe59m31lsMi9An/sI9iYnHcorV7UQzlUQsHERglykz7e5toYt+RFBE2JY/YzYf2SYAESIAE&#10;SCAcCJQrEhcRER2Bh05GpUdEXIuIzBIZFV29fPkKpSrd27DuPXfdWb7CrTFxcflzxkRniz5w7Gi2&#10;6MjIiIir166WKlcpIsKxizV3ZYrkDQdWso/4Dbv+q8uVN5v4Ewch2lgYnuIVUq+VplIZy/zw4DO8&#10;YskffrHHzq2lMRss26ChYF2YipSSGn7tx/d7y5+8ZrgDSt+Qi2TcrAPQFEW6H7xiH6C8Cl3Ro0fg&#10;ZhJPzXP2GXc74DPkqcpoF6/Y13P/g4fNHTpxXg8BFENhPSVlGee+A4gzItyBe2XWubDLmCn9NjGp&#10;lFEJysV0OI53YUqsBgrwxXQybkjciOKfELmdg3fE0EwbUEesXRIr78S8FdyEaikOQuBwXqIljstW&#10;VLTlujBh32NzyuruCosWpXtClXYeZVXTonVJQOyrmkAZZBRS9UUycdeubEhb+0Z+IqhmJQpml5Iu&#10;xBfkyVZ6LsqIIzh5xcA5d03bCMqrzMouKK257BfqyjxlGHdx+cJBMcT6TyVcc+RlBwOEjzePl+sZ&#10;K4/vOXrBub/u/HTnjPO4aw+rmbWZQoBWrftTOQD7cmIIpC5PNJdjJPsor+rKCxT29V/h9Y+df0si&#10;dgmpmpx9WLpu3x11y+r3DRrT+YtpA8cvFCKR3Mb9trpogThEOSHc6bvZG/Eu/v23L2n2mM44+P5L&#10;zT/6YbmIfjp7/tLcFbsmv99x+MstYrJlgZZ09GQqiuFf+RL5lQVQ6+d5CYyZ0j86LEkCJEACJEAC&#10;2gSK5HP8PuTQjNIhG+EWNSVv3iyFYuMir0ZdSU69mnw+a9YcaamXChUoWaNEyWa31cuZLS5rdJZS&#10;FSrnzYufrC6nXz17Ne1c3pzXbOXsnNtX3oqa+XppxmcRCSQ31Z9mLBur651kgDbKFXUkcoeYgq+5&#10;resWxA7+RJImvKru8405hFpIdI1HYmugeaZlSSF1BeAGDWXGwLrQ45D7FqoEXrGPI9a6iqQnDSrn&#10;GfKjYxmj8yZuSyBh6pSZrPXN2Ro4KA+6Q+SuO165p0on71Xdr+cffvG+MvJeTi6mwxEcx7vCmpnF&#10;dMYizrzqhbIwgkQQKqLirywg3sLCHyREww4eHCYWduH8kvfPON1wBHMJC4Vqlc8t9jG7pJ27aubH&#10;QVSUC8TkW016rxQjgrVRuJfW05ys61xY9AUNwROpGUG4cdlBVdMuGaqaQBnRF2UHwUSjXYgIp1Kv&#10;iD5qiCmAiZgjBL9AA3IX3SPLwA3hvEDqvCbL2QhiiOSI4Mqg6qzsgvK4y35BJYHcI7qDeY51i8Is&#10;ljHCGe15CCnWWcpEp4rnj8FSa1EXBYRi63LDJHSeQu74uzPictydp6jLqe7SppAy3T2fFKDKF80h&#10;w0jl2Mk5j1MJrQvL7RoXFZ9czq27HCOlPyqxKSRlJvQXSZqQqkmV/Bva07mLaXd7ozRBG4JC1KhG&#10;yTavfi+DkiAGbdlz4sGmVdCQCHdKPHEGJZ9sWwuv+LNKmYK5YmNOnnb86IKd7h3qieOoOOufneJP&#10;/KtZybEUVBZQ1tI+R/guCZAACZAACZCAfgKRWfJGxBRNj8ydHpGtVv3b8xfMl7Bm9clTJy9fu7Jt&#10;0/qELZsP7j0QlRYRE5ElKjpbRPq122+/PTISH9zR6VHZr0VkjYr0WujQ7xtK4nuyu8U6tqb+8MpJ&#10;/xb2egDw6zTuFiADYcUc/mEHf4qFRSrWxjomApr6fbPDXXV8w0ZzHn8hN9a64VoyDASLIXErdc9b&#10;q+WSCuxr3FwZaBEy08fdq+CORSMXD25LxL2iTvuX0q7pzPONYiis06zLYu4Q+X3Jz8jf9vy8+AjU&#10;GRG+IRbTYR9HcBzvyu7IxXTecjAWceZtK6K8UCjEmaJn/aY4sxDfhC5DypELuEQWNjGXhBoo9qWs&#10;0GvCdvyJ2YgFYogJUnorw51wEEuNlG+5a85lZ5VnvaohpMZ3WUWjaQ2eoi+ygx7bRSQORDSXkUey&#10;Fcg3kMPEEGAHEUnODijLyHfRUwT6lSsaq4zrwb6zETgMJUto/ZCKlCthXU4Dl/2CZQRVCc1RblDZ&#10;YFP7aiMKo13VKYwhEDKT/NkABVBMgz+a++g5hxAgNg3+7oy4HHfVFPVq7on8fZCT3LWILxMijFSg&#10;VjmAExBUxckCI/jTuXWdp6ovrx4aY2T3W6nnL3/+6+rBE/7+/Nc1+PfyqNkHjqb07tzYQLvt7roV&#10;kUrQm55+d4qMVOo6dAbWu0GBWrf9iLCJeCWxLK79Gz8fP+UiUhhlYrJFF/By+Z4Bh1mFBEiABEiA&#10;BEgABI6dEtkVsSYuS2RE1siIXNmy5skZFxOVO1vC/n0XL1/MlSt/8dKls+bNeyjx0LHkE+lR15o0&#10;qt/9xZczls5FRUXmyJo116nzIjCKm98IeK00wVNxM1m2aKxYNNe0RuYPtpZ0YliXykEa0CTESwQU&#10;fDJ9v0Qh7v2qWre6UMhMP/19xFqt7cz5K6oVN+5GE8VQ2MBYCxS44wKit7++oSSiRwveb4AjzrEY&#10;+lsRxlFeGVgn/9RvB3KS0KdRRSymwz6OKGUmvCUX0+m3LEsGWsSZsgvostSLERsi3jKcKUnkSxYG&#10;XYqtLpszgNS5isemLWkFRkT+dTHTnIOPcBwSEqQ6qfQpV8xBctq4x7FiVFXG2TfRiviHfZdG5JMm&#10;UB0hTlZ1UL8dqJB3Vs+nDGtCBzftOytlJryFAtqhi+KyZjgHn/5x1z/3xKpebYFMKH0IWXLpAN6C&#10;xIZOrd6RmdNaf+sq/oF89dA/VdyVPJ58ru+n8+9tXOmrge3uvb1ywbyxZYrleemRhq8/2cRlmnCd&#10;Ld7buHLZYnm373c8oAOBSBP7PSDShE//8PFyJfIhMdPKzYfE6rmpox4rnM919tBLl6+IWCduJEAC&#10;JEACJEACdhPYdxw/TCJDE245IVY49IqY2FzROeNKlCtdpkjhbHHZshSIvJievGjtqgtZr13NHhkZ&#10;lXbvAw/Gxd0U159hhJuDgIGnk1kCzojShJUUuDVC5BFW0mHHkmdyyc5gIZ5G/EVgBjQpRwKqhPKB&#10;cco4L/MDZpPMBMd2HjpbslCOnDk8pPpGgaL5sx847sUXbin9oBVxn4zAGbxCXUJ38A9P2YM2J46b&#10;QeQufNGwTdViOmlHtZjOgH1vI84MNIEqIvBKxlloGBHRRqK8gZt8EcmChhC7gRgf2RDMIspJvKUc&#10;XAPNiSAj4ZsIvVE25Nw1l03j9l6o5Ko+qoKtlNZ0totLlkjvrfJErK1ThhaKGChRDCvF8KdzGWkE&#10;PUVh5546G1FOTgTOiBaFsOtyGrjsF85BIFLFZwmtEK8eJyGqz159YtxL1bA8VhQGFnkxx0G8hQIe&#10;n4qI+CPZnE7+Hqecaop6NdUR5AUCqlAv0SLGTsqLlYrHIpTM5cRD2B1kdHxuivg759b1n6qiulfx&#10;qh4HLkAKSJmpY4tqcKl+1eLYaXt75VvKFjDgIfQjmaU7QyS6UChvLJKCVytfaPpiR9yiy23h2j0u&#10;Y5qUFZHXadPOAF28bwAUq5AACZAACZBAABL4a8NJKE3pEXhcFWKUHBvEpIJVal6JSC9XuXS2qLir&#10;R69eOhnVsGbNQkULRWaLvHj18r0PPqLqyF8bMp8CH4AdtMkl+SVc2Fd+J7epRQ2zuM33Tmk6kuyI&#10;ZMNNI+70sIwO/7Aj7yEtydMEayo7yj+xQiFwMjTh0W/Ot+WqmBpBH/d75hODCVHG8mgm4eGJ05eO&#10;n75Uq3xe7VmIAsmpl3XmDocpl0KbyOcCdQndwb+3vtoBbU47gYvOc8N55uis6LKYcjGd0rLzYjoz&#10;rdhaF2uRRGJp5Fdy1xBCNlBGpKERyZhEZ90lpnG2gzA3lIcRNKfUEcT9M95CpicZ02S4OZGeCdaw&#10;vg9+agsWLpvGpUNYUNJQ+uMSkXa7cqkUZCNniRxBPZCK5OQBUrgt1qPhn8DlXAZuiALueupsRC6v&#10;wyg4rwx3OQ1c9kskZhKti5xi4jcQvOq5gr00bmti8iWkpRMfbBCt8FOE+JzDQbyFAh4nPHqn/OHF&#10;47iL9Z5ixrocd7ToPEWNTXWV84jAEottRUAlJoBLB4SEh6goOWmdW9dzqnpEF7wFVDKT+Y7UqlQU&#10;kUpyTVy39nURvgSzzz5QZ2VC5nGRvwklcRyL6VD4zLlL7mKaXni4ATKCi2V3Fy8bieo13ylaIAES&#10;IAESIIEwIfDnuhNX8cQ5pGBSbCWq1Dp05FB0ttg8RQrlLJCrRNnCBQvmSko9f/bipfyFCkVnuSlg&#10;4uq19D/XhZfShO/Pa8Y0Vt604k9/RTNh3AY+UTGyaKcFBqYs+uAyC6/SlJ4yBpo2XMWjPx4LqJpW&#10;RhjJutjZeiAVuZmUhRG/czDpop5cOe56J2QmIcoYJqBdEfFK8bfmP3/p2sY9KecuqL9J413ITLEx&#10;USu2JTu/q8cliQj3n8iSDkToFCqKHhlApBwvcaeHTTktXR7U42pIlgEN3LR7jCjxtu82mfXWDZYP&#10;HAIiC/igH3aJUxunOT5pdh0533HYhsBxkp7YSiD9yoXe9ba27NBVTyuWy0x6GmUZEiCBYCEwb8rE&#10;D9dWjcTDzrmRAAmEE4FRz1bu3KyYI1NTxuo5bFevXPpxaK/Ia9nz5il85XLaoaSjF69dis4SceXK&#10;tdyF8j/b573orDee6fzDosTXJ7qNYg4nkP7sq3cxTf70NPDaxn3Ua+O3P35XMaFoyFUniOOAbiLy&#10;leAV+ziikePcY898IDPBB+hHUJGuXLt2d61Ct1XIKxOEYwd/3lG9IN4yLDMp+wgUAtHRU5dENJN5&#10;RCJ4ypmku+MemYdqAaXOLZW4AOmsGd/M1LWw+wHihoU9MmAKC83mrD0BZRyXRPzDDv6kzGSAZJhU&#10;GfJ/i5GbSSya40YCJEACJEACJEACIDDy191JSUnXrp1Nd2Rrirh06eLJE0cLFch3IfLq9qRDO5KP&#10;XMoWEZMzR/bssXE5Ys4cPfDzp++ePJ6Yge5a6oXLH/y+lxj9TsBgTNP6T5sgoZK291hqV+flZX7v&#10;oXRAz321x0Atj91BK/VfXY7HqyExB/QULJpAFlhoKzItrkcLzgUgxGCtmX3RTKoWC+WJqVQyV+7Y&#10;6JisDiEST5pDCnDkZtK/aM5lHyV/x3qlH3chc4pJRKoBxdg5D7H5ATUwXoFZxabgI5vMBiZDeqWf&#10;ABRk8RQ55F2yPJJOvxss6RcC3sY0mUn47ZcOslESIAGfEWBMk89QsyESCDQCLarHftWnwsHEs1/9&#10;+NuWFQu7tW6UJy5XyoUryZfSL5w/n3b5UrbIyOxZIrNcu3zx3GnEPp29nPbf+Zjat989f1+FRQmp&#10;gdadMPTHoNIUhqTYZRIgARIgARIgAY8EvFKaPFpjARIggXAmQKUpnEeffSeBsjl2HVjzZcHYmO/6&#10;donJnuP8uXNXIrOduXzl7LkLUdeuRKenR2EBXWR6FBKGR2dJuxbx6Yylqy/UjSx8J9EFAgGunguE&#10;UaAPJEACJEACJEACJEACJEACJEACJEACmQT2Xah4teRTWWJyZc9VKCo2T9bsuWJjc+XJnadA/vzF&#10;ChfJly9fnvwFcuUvElGkwq5i9b+LqrXmWkvKTIEze7LE1XjaX96ky+cWWuoBzXrESURAZBMEj/BZ&#10;gARIgARCnMC1K42Ln6hwa50Q7ya7RwIkYD+B3dvWr0gsFBmV1f6m2AIJkEAgEojMXjg1R83tUblz&#10;lyt2LkvOi9lzp+XIezVnvtMxeQ9lzb89V/m1uattyFH+n51ZVv99Kj178UDsQ7j65E+lCcsprd2E&#10;dhDmZrWREpHUmGyaJxSwrD2paY0ESCD4CFBpCr4xo8ckEKAEqDQF6MDQLRLwJYEsMYeORvyz9fLW&#10;C7n3xhTcmyX/vuyFd0bm25eW+1BKtm2bTq9bfPjwrjPpEdG+dIpteSQQOnmabLrDDy6zemQmj3PC&#10;2wLBhSi4vJW6mLeDwvIkQAIk4C8CyNPU786D8fe0Vz5v2F/OsF0SIIHgJXAl7fKSOT+PWFkxMjpH&#10;8PaCnpMACZBAeBLwe54mCyJLoB1gKVTkTcFMYWfWo8ZERD6cJ5ZdTGzSxSzzj4ZIgARIwJlAZFRc&#10;vsInEg+QDQmQAAmYIZB4YGfu/EUjIi34Vm/GDdYlARIgARIwQMDvSpPj9t/k5vj8cfxfaSrszGoz&#10;JKLMOeKjeWLBVyJXupjJE4XVSYAESMAXBPAEmBOR5Tev+ztx/05ftMc2SIAEQo4AoplwATmwK+Fw&#10;WonICL/frYQcX3aIBEiABOwnEDqr5+xnxRZIgARIgARIgAQ8EriWfvlC7w4li0ftO5544MqVyx4r&#10;sAAJkAAJKAlg7W1sXL4z2auMn3fi3JWYiEiKTZwgJEACJBBkBKg0BdmA0V0SIAESIAESCHQC6VfT&#10;r1xKv3ox/UrazRHHge44/SMBEggMApGRWaIjo7PjX0RklsBwiV6QAAmQAAl4QYBKkxewWJQESIAE&#10;SIAESEAXgXQsAr6Wnn5NV2EWIgESIIGbCGQkZ4LGxCRNnBgkQAIkEJwEqDQF57jRaxIgARIgARIg&#10;ARIgARIgARIgARIgARIIPAJc9hx4Y0KPSIAESIAESIAESIAESIAESIAESIAESCA4CVBpCs5xo9ck&#10;QAIkQAIkQAIkQAIkQAIkQAIkQAIkEHgEqDQF3pjQIxIgARIgARIgARIgARIgARIgARIgARIITgJU&#10;moJz3Og1CZAACZAACZAACZAACZAACZAACZAACQQeASpNgTcm9IgESIAESIAESIAESIAESIAESIAE&#10;SIAEgpNAZEpKSnB6Tq9JgARIgARIgARIgARIgARIgARIgARIgAQCiwBjmgJrPOgNCZAACZAACZAA&#10;CZAACZAACZAACZAACQQvASpNwTt29JwESIAESIAESIAESIAESIAESIAESIAEAosAV88F1njQGxIg&#10;ARIgARIgARIgARIgARIggfAhEBUVtX///k2bNh0+fDh8ei17WqBAgWrVqlWpUkW772FCSSeN7Ycu&#10;TFmRNHVl0tkL1+ycM+mGjVNpMoyOFUmABEiABEiABEiABEiABEiABEjAOIHIyMjff/+9Vq1aUFti&#10;YmKMGwrampcuXUpISFi7du1jjz3mrhPhQ0kPjcMnL7d7f+vZC1cj0iMjIoyLQbZOGSpNtuKlcRIg&#10;ARIgARIgARIgARIgARIgARJwTWDnzp1paWnx8fFhDghi08WLFytVquSSQ7hR0qbx1rf7pq46GagS&#10;U+YAMk9TmJ/R7D4JkAAJkAAJkAAJkAAJkAAJkIB/CPz3339Vq1b1T9uB1Co0JoQ1ufMo3Chp01i9&#10;80yAy0wYRypNgXR60RcSIAESIAESIAESIAESIAESIIGwIZCYmJgnT56w6a7bjmLl4NmzZ9297S2l&#10;9evX33XXXdBrOnfufOLEiaDDq03j8Mm0wO8RlabAHyN6SAIkQAIkQAIkQAIkQAIkQAIkQAIk4JkA&#10;ZKZevXoNGjQIa+7q1av32muvea7DElYToNJkNVHaIwESIAESIAESIAESIAESIAESIAES8DkBITOh&#10;2Vy5cuG1Z8+eq1at8rkX/m+wa6uS/nXCeqVpz549EA6XLVuGjmEHf/q3h2ydBEBAOS0JxCoCU6dO&#10;xTl+//33W2UwGO04X/FCY7IFVC8CyplgnKUaPofqx3So9svA9CMKA9BYhQRIgAT8SGDx4sVY86Wx&#10;oYAf3QvwpoXM9FHGhh38CVxVqlQx4DaGACFR2LCjYu7yoIEmbK1ye/X8yz5s5FUTR35o1vCWvF5V&#10;0ShsgdKELzFy++KLL8qXL49UXk2aNLHKRZ12umdsysLOR3SasrsYcFnehIVfJZUDaqFZk1026ZW/&#10;pqVvAFrYilecJ02aNGbMmJkzZ5oc3ACpjr6/++67zs4IQc2daO48tfw12Zw992o0VdX90gtctEFb&#10;6Qn+xEG/OAM3xNArN5czRDps4Zlo+KRw9sG/XnnlD8Ya3yJk37Gv/FgXk8EwmeCq6K8vMP6dLcE1&#10;RvSWBEiABOwj0KNHD6FxOG94y127Ii2R2OzzzVvLQq/xtpax8lJmqpOxCbFp4MCBWEanMqgS8jTE&#10;O+F/06ZNYUH2RXnQmKu21oJaBM2oVZ2COxPPuxObRBnxz1tBSqfzFihNaGny5MlQl7A9//zzOhtm&#10;sUAmIAf0nXfe6dixo+rez1+eB6ZX/qJhX7sqzhoNHTlypFixYvZ54nvLf/zxh7OiBEEteLupfzR9&#10;T9u5xdatW//555/K4/jzqaee8pdv7du3Fx9t2CCqwg1tpclffoZMu5gAGzZskN3BPtJ/yj83btxY&#10;u3btkOmsRkdwFULHsTEqPByGm30kARIgAfMERIhNu3bthDI1e/bsX375xbzZ4LKglJmUnkNvgurk&#10;3BdQkkKeEJJCY9s6/o6vetUo9sRC/Ovy4aav5h1yFpIgM00bUKf/tztEMQhSdvTdGqVJ5ZnL38Tw&#10;A534ZVgsrPP9hjU+8qdp2TqO4FdTeRzf6qSfSnlFGbRloecwK38zl82Bj7OfzvQESbzee++9eIVX&#10;kIQs/70XN1oQm3CnLXotGxULppQ/+Av/lSEJcqzhp7WOqbwS7apmlzNG5bSU5cXoi2/zLofDwuEW&#10;prShwW25GA33tKJTyuVpyl5gHwK8raMPh+WtjhKyWM0kZp2899aYpbILLss4nwWwLLsvYxz0jLLJ&#10;8erateu3336rNALf6tatC03N3fCJmaO6IfQ4qVzOQJfnvskeyeo4a9yNpurMlZPQ5SkjLuA2nelw&#10;ct26dUqYuNkWEbK+d0ZFfvjw4bgYyoOq01N5RsjLnZ4zwuVpbtWgO9vR+CCWl3dx2bHPBw3LtWrV&#10;wgQQBYTagrNPfmfAWy1btlReHFTXRnEGqdbzCsKw5vJDweVJ53yVFi7puShZwm3evHltMzbsKA2q&#10;HFB9Irsjg+O4gjl/r1B10+UctqQ7NEICJEACJGA3AcTsINYJCYlEQ1CdHn30UbHft29fEb+DiCfp&#10;Bv6EFCWOY0e5Ly1oF0AxPNNNWJABQSqzQv9CyTZt2qAwdpQLA61l4iwzuROetNuVnRo9erQS119/&#10;/aXqizK+yRmgkg9M2R3YJbUk7Dzz0eaq3ZdK5yfOPVS+aKwqZ1ONsnGnUtPwligGQUqWf6BRYRHo&#10;9HXvmuLge09XltFP2BcHcQQ28QphSxxB06KYbMsWpcl5/PD1CEEB+FkYP7Dj+7q1E0uPNXz1LF68&#10;uPhpGt9cld9EJ06cKByDHdw24/dzUea9994TllH4vvvuE79po7C1Shl+sYdl3MDI5l599VX5K7pw&#10;wB09kETJOXPm4BXF0IXx48froeFVGdz74UuqvPcTjYoFU/iFWbgq/ccv0jjomGrLlmHEN2/ejH28&#10;Wv5DtNIrl3ycMcpeC2VEeH706FElDefh8IqVnsIuock4jvnz5z/77LNi0IFdzlh3Ul2pUqXsG31I&#10;PDgRsHDJeRKK1Uxi1gme2rNUTBh3ZZyxo2nZ/SJFirirqzHKesbCuQzuY1VKB05MZUyN8/B5bMi5&#10;d+5moOXdUfqmMZoopgwmkpNQecqoLuD2nem42IprCDYh86kIO88i+5yRTYMePkGEWufy9FSeEeI6&#10;rPOM0HOae5xjOgt4/CAWl3dskFz9kn8NGKW0hGmAfWhPmJDooPgMQgGNa6Py40kwkVcSVHR5frns&#10;ssvTXOdFSedYaBebNWsWrkU1atTAjnISqq6KeEvZZY9kVCOr6qbzHLakLzRCAiRAAiTgAwLIeI3f&#10;J5wbgsx0+PBhEbnTsGFDIfeIDV/OcXDo0KH9+vWDKIN93OdiX2cBWC5RooSIn8LyNJe1pLyCMt9/&#10;/z3K4AuGDCOyEItVMhM6Ba+Ehyr3ypQpIw7KvigLKGGK40pT8hdr5y4L6U1Idcp9Y3AgAyE6adV/&#10;KVIYEmIQopakqCQsiz9dLpq7q2Z+lEe4ExbficK1yucWoU+T5h16tuWNLOO9OpTDQaFq/TGo3qnU&#10;K/iz3eD1OC4qWqM0QaBRRZSo6GBNirhbw1cZfF+3KSAct4jyVzvsyJ9GoXpggOXtInbwpxSMcGMj&#10;HMOXWtxNid/PceuCV/ErqKyLt6R6Ymz4nWuJWagKN1CJWe7ovfnmm1a5od+OslEZzCL9l79IQ12C&#10;YiLWQeAV35j1N+FtSXd83GmCKC+wY1OthXE5HN76o13eGZqI4xC1sAOGjtP1+imDfcxYWcBaZ1xa&#10;k6cz3pXapcdTWM8sdVfGGTs+6uQYidnl7SgbBoXPaRnWhHtLXB+E1qaaMKpzVqM5595pzEBrhWx4&#10;pXM0XU5C2Sln+Pad6S1atJDCK3bwp4qtL50RTeODQDkhdZ6eXp0R1p7mctBV0Ukez2KxQhAbFsIr&#10;f2AwfDYZqIifJYS0BB0Eoy9nmhCetOGrPhNRBZ8+yh9gnM8vl112vkqjXf0XJQO9VlaBk/iahMuO&#10;+DYifXZ2AO8qu6zxqaG/myadZ3USIAESIAHfExAKiMvcTFOmTOnWrZtwCSqP8hFsQh4SoU94C69i&#10;BZkUWbQLwLKohXZLlizpspbL9EyWpzM3LDMh0kpmaxKI0CmpmskAMT0DqmQleq00NWLECHdGwByf&#10;7yCJuCe8Yt/MOj5IQpCHhLSEf3PXJw15qjJ2XLYOhQiylHOSpl4Ttju+9mRIUSI7+H0DHeEF2N75&#10;Zoc8iJ2PpuyVlutWzD3kx134EzoXoqVERWuUJpkKxGUicKErye++uGfWEPb0jKW7MvgaKqOBRFyS&#10;KHn8+HG8ykwrYkccxFa0aFFpEF/vVMZFMek8PFdFwZhx2GVdeI6fXsVKLhTQoOeb3DEqWVDZqIzk&#10;l0stxD05quD7Pe5dRYoNuf7FQlbSK3d8VBhVTSu1Awu90mPKGRpqQc7A7YS8wRB2JGpJVY9982XE&#10;6Yw4NflzusdTWM8s9WhEY4yMjbIxFLjHltmacLlXJQlyOXwGGnI5A7UnrYFWUEX/aOKCiWuOahK6&#10;uwTZd6bjQ0SkpxGLp1SfKS5ngn3OCOb4foDPftWQaZ+ees4I+05z+YksPhBFQ96egL75fHGe1fhZ&#10;QgjreMXoy8GFbCRUeI1ro8pnBCQqZSaP55es7u40V84Bb3nqP38htMkoYAjfIjRYbM7XDVWX9Xxq&#10;eOymfldZkgRIgARIwCYCY8eOFcqRWICm3PCWV43K21tp0KvqLgsLMUUqNRCwlHkVNeyjIr5TiUV2&#10;5t2ABcMyE+oq8zRJZ1wKdsZc1WlKiE0YVpMyU+Z3pAyNSTqMfY1s31g0hwKIRYLepNFHxCvJICll&#10;sc37UsWfQldC4idRDIv1sDoPR6xRmrTpi+9Gyu++Pn4yXeHCheGAlLfEjjioc1M6r4qC0WnBq2Li&#10;9gDfknHX53d6yBMhl1ApeyGivaS0J99CYbn4Rdy7Oq9/8YqGy8LSKw0+SowqIyqhyrw/Oi24gyZW&#10;iOCOQgTTiU0lyPpYHYNQiIETs93jJPRYQI8Rd2OkXVdjlHUOinMxfARCXHAOaHI3fAYacjcD7egO&#10;3NMzmmINGuahchJqwLfvTBfpaUSqGhVbdzPNPmeE4u/8sAvt01PPGeHj01y/S3AM89OmH4Q8niwy&#10;kEd+MxaDC/1Xrl7UeW1EII8q4ZT2h4Iwq3GaK3938Yqnx14rC6Cn+K4p4tGwo1xA5zEe3CMZObIW&#10;Xs286h0LkwAJkAAJeCQA6UEsdsMr1By53Mxd+mooGljI5k67UWlAOuUPbSeFEWMZtUUvsEzPfHCT&#10;GZnJXQdlHJbLgCyPY6csoN+UGHEz0UyiXRl8JP5UZl/S8By19hw9LxMwqUpi/V2+uGgRJOUuPApx&#10;TKiFdXOymAiJ8oXShGbwTVGVZ9ercTJZWKx6kw5gR66S82hZfLWVMW+46/D4Vc+jTZ0FpECjk54d&#10;Nwa42VYtG5HOy6AwHFE+lxqiCda8iJ9kxb78IVpnxz0WU3mlzcdZ58IROaA+npbuoIm1S7ijkLdS&#10;iHKSvkHuEWs8sWHqihyxSub4047RR7u45xFrNzxOQo8F9BiRQ4/+Kk86j3WtVTMhK2A4nAOa3A2f&#10;xxmrKuBxBlrbHdG6x9EUkxCbnITSbZeDa9+Zjgw1OBdEqhpntj52Boq/XMipnJ8uT0/lmajnjHB3&#10;mns7o3SW9+iS8sLo8gcGnQ2ZLIamkX5IxvVgpuGpFPKk0A8NV0tnsUlcTKSHzl12d5p7e1EyBkH8&#10;NqOMzobiJi7Czg6omtAgo7+bNn2aGKPBWiRAAiQQ5gSEzKQHAjKCQ7uRYhNEHLHfoUOHL7/8UljA&#10;9xn8qceanjIQwvBVWU9JlHGOeEJ1nXU1iuGhcmfPnkUHT5w4gWLGUoAr7cMrkBRH3PVOZ/SWHlPm&#10;CRi2AP1IKS0hCmnvUdePnytXNFa2InOEO7cLrap/p4qq4z5SmhDBLpMoWfsYMp18kaZLOoD5IfIT&#10;69wQ0CTr4vuuraEl4uEvYsP3bPHrrh56+IqJNXdWsZWrBbEIDl95XXZZ3I46P6VIpNUQiZnEvlVK&#10;kzuvnPm4xCiHG+UxB4TnVvmmMZek27jVdwcN1XF3obz/EcFEwkmoSDKSDlk5xM/dyhatHX2lZUT3&#10;YF7pmYR6ZqmeMqJ1ZffFEW9HWefZ7a4YOq7K0ISSGsPnVXMuZ6D2pPXKvkantEdTNQmVp4zzBdy+&#10;M12k8xOpapz74nIW2eSMuKIq0x6JI+5OT+WZqGe2u7NjyXDrRKcshnA2cc3BcFv4fAnlNVA053xE&#10;6QZGExc9md1PPP9BCk9eQcNnKM5l9GjChAnOn61o1LnL7k5zPRcl8wOH32ZUQYXouJA1nR1QNadB&#10;Rn837fs0MQ+HFkiABEgg3AjolJmABeEwiDCC2CTW2SFtkEjAJH5pEAeRGlwjYZC3bJHhG4vmhGVl&#10;onFnO5C38FmMMsqVgPhQNhnCA3UJDuAbS+7cuQcMGGBAZlLmaRLCHDp16NAh0ak6depo9MUjLo+m&#10;PFqwtQBijto3LiLXxCHVtypluGxd5GYSJTVcatJ7ZfmiOUQxuV4vMiUlxdZu0DgJBDIB3N7jnkem&#10;MvGjq7hJwP2VcziJH11i0z4gEDgz0AedZROBTADf+fCziq0/pQRa98Owy4E2BPSHBEiABEgABPBz&#10;yBtvvEEUIDBq1KjnnnvOJQoVJQS/Y+3FuHHjIDnhB5VcuXIhxMmlPOR3sHIVpLeeaNCo8mLm46SE&#10;TQ0ZCNFGkIG8bdqS8j6KabLEVxohAcsJQNqXC9MsN67fIOQGl6uW9FtgySAlECAzMEjp0W0SIAES&#10;IAESIAESIIEwJLBkyRIsnUOoVOPGjRs0aBCwMhOGBivyLFy36HKsZYIk5x1/yUzwk0pTGJ6Y4d5l&#10;5XOFkMjDBynetYnDAcRVqZ7PHe6DFNL9D7QZGNKw2TkSIAESIAESIAESIIFQI3DmzJkqVao8/vjj&#10;iBhCZFOgRTMhK5Z8YiDytVu4bjGIBpKr54JosOgqCZAACZAACZAACZAACZAACZBA6BCYMmVKp06d&#10;YmJiQqdLhnpy6dIlPPKoS5cuLmuHGyVtGvV7bzh74ZohzL6rxJgm37FmSyRAAiRAAiRAAiRAAiRA&#10;AiRAAiQgCeAhGPqTf4cwt4SEBI3QpHCjpE2jea28gT8TQiSm6cVP//1r/XGf4W5QJd/3fev7rDk2&#10;RAIkQAIkQAIkQAIkQAIkQAIkEHoEIiMj8cjXe++9t3r16qHXOz09QvwOtLY1a9a0a9cuKsp1KEz4&#10;UNJD4/DJy/f03xQREakHr7/KhIjS9ODAFdsOnPUZxFtL55o+KN5nzbEhEiABEiABEiABEiABEiAB&#10;EiCBkCQAeeW///5btmzZ5cuXQ7KD2p3Ck+Pw9NuGDRtqFwsTSjppbD904ZuFR39fedL+RWoG9awQ&#10;UZrC8IRkl0mABEiABEiABEiABEiABEiABEiABEgg0AjYL4EFWo/pDwmQAAmQAAmQAAmQAAmQAAmQ&#10;AAmQAAmQgD0EPMc0Xbt2LT09/erVq3i1xwdaJQESIAESIAESIAESIAESIAESIAESIAESCAUCWkoT&#10;pKUrV65kz549a9as2bJlQxauUOgx+0ACJEACJEACJEACJEACJEACJEACJEACJGAPAber5xDKlJaW&#10;lidPnri4uJiYGMpM9vCnVRIgARIgARIgARIgARIgARIgARIgARIIHQKulSbITIhmyp8/P6KZQqev&#10;7AkJkAAJkAAJkAAJkAAJkAAJkAAJkAAJkICdBFwoTWLRXN68ebNkyWJn07RNAiRAAiRAAiRAAiRA&#10;AiRAAiRAAiRAAiQQUgRcKE0IaEJWJkYzhdQ4szMkQAIkQAIkQAIkQAIkQAIkQAIkQAIkYD8BtdIk&#10;HjOHLOD2Nx3oLWzatCnQXaR/JBD2BHiehv0UCC8AnPDhNd7sLQmQQJAQ4MVZe6BCnk9wdTC4vPX2&#10;GhBcvQsub1Vj4dF5F0oTEoEjpsnbQWV5EiABEiABEiABEiABEiABEiABEiABEiCBMCfgQmnC6rkw&#10;h8LukwAJkAAJkAAJkAAJkAAJkAAJkAAJWEhg2YGzSmt7ki+2/mbb9O2nLGzCVlP7j1/4c12SrU2E&#10;jPGblCYsnUPH8BoZGRnsPdy7d6+yC6o/g7139J8ESIAESIAESIAESIAESCDYCezYsWPgwP4tWzZv&#10;0iQer9jHkWDvFP03Q2D57uR2n63O/dLsyK4z8K/E6/Ne/H7T3qTzZmwGSN33lxzuNHknXqU/vf/c&#10;nz068s25+4NFbOo0cuMzH216aOiGNTtOBwjVgHUjMiUlRTonkjSdO3eudOnSNnm8ePGif5YsOXcu&#10;NWfOuNvvvLNp07ttamjdunV169aVxlV/6mkUKw9r1qyppyTLkAAJ+IsAz1N/kWe7fiHACe8X7GyU&#10;BEiABLQJGL44//rr5J9++vHuu5vdc0/zSpUq7dy5c8GCvxYuXNCp0xOPPNIxZLAb5hMsBCzs4MyN&#10;R5/4cn2NUnmrlCxYrniB1AuXDp84vWHPsVPnLn/xZM37axU1z8RCb4UzZT5Yr+3V8w2KvHVnCQhM&#10;32440blWge83nnyqdiEcQXxT16m7N71YbeSyozg4vFWZB6vkM9lBy3un9KfH51unLDsqjsRlz9Ln&#10;kfLdWpcy47Axb/+73cVT3cy4gbq3/OP1sjaPzrtQmlJTU8uUKWPSV5fVITOtXrXy9tvvrFe/wdo1&#10;q//5Z0mDho1sEpsgLeXMmbNKlSrwZPv27ZDPlMKTnt55ZKfHCMuQAAnYSoDnqa14aTzQCHDCB9qI&#10;0B8SIAESAAFjF2fELr35Zp++fd+sU+fGr+Owtn79uuHD3x8xYlTlypVDA68xPkHUd6s6iGim1h+v&#10;vPe2kjUqlFB1f/aq//Ynpf7z5u3lCsaaJGOVt9INKE27Xq3hzquoqKgsWbIImem95iXvr5xn5o7T&#10;7/x1CGLT3lOXcmSJ+KCVQ6yxSmyyvHeyX1/+eXDE5N1Y+5V68ao82KFJ0bEvVjU8Isa8hdJkQBjS&#10;cNKYQY/OW6+HafQB0UxCZkIZvGIfRwwPjHbFEiVKbNu2TZTBDv60qSGaJQESIAESIAESIAESIAES&#10;IAGvCPzww3eIZlLJTLCAI82a3fPjj997ZS0MCyeduTLgh+MNeu3R/tdqwP7xc5KvXXNkiQnwbeSc&#10;XYhmcpaZ4Habhrfky5nti7/3BXgXVO4JmQka0xerjwmZCQXwin0cXLL3dIeqmUFMfZoURbhTwC6j&#10;Q3qmkb/uGfJUxW97V69ZLk52EyFOUKCCa1B85q2LmKazZ8+WLVvWQg/efvMNaW3QkGFKywP7vy3/&#10;HDZ8lIWNwtTUqVNvvfVW7EBpat++vbfGtVU6rDTctWvX2rVrDx065K1lltdPoGDBgrVq1brttttw&#10;nZK1fA/fpRv6e+Hjkh4FZt/44xs3fNOKb4iFQCtBMRw2OWmTWdWs8NgKLo/4ED9x4gQieUNgRrEL&#10;QUpA5P3kRgKBQGDMmDGG3ShQoMDdd9/dqlUr3CprG/F4cXZZHVmZRo/+BIvmnN/FMrrXXnt17tz5&#10;yreUJXv06NG2bds2bdrMnj3bpQWVTZTRWdIwLo2Kxvh49KTbp4nZoiOfvzdfgdxaA7Tg33Pf/326&#10;WqlsH/yvaFSULcmIreogUjK1rl0Wi+Zc9n3z7sN7j6as7nenRzJ2TFcNm9oxTdHR0YgDavX11oKx&#10;Wb9uX1baEZFNUJegMcmD9/2wE/tzu/g6Ssgj0lb9Vtcom+v9pyuKkm99s+uHRUewUzRfzLQBdcoU&#10;zuHRgssCxmaODEHSXkYn4p50ljEQJOXRebuUpr0v3ziNv8z5ukpgcgYNyanbuQ/k8XKfWvAdBYvm&#10;RFgT9CaxjM6rTYMdvkJ98803yOJUrVq1mJgYr8yysFcELl26lJCQgLWQ//vf/8THvF/gO7vhVS98&#10;XNjjae8bf3zjhm9a8Q2xEGglKIbDJidtMquaFR5bwc1JvozN431RCMw3doEESIAEPBJ49tlnJ02a&#10;5LGYywLnz59ftmzZvHnz3nvvvWzZsmkY8XhxdlkXKcD//tvt8o677rpz2bIVyopm1CIzdY3RU9Yy&#10;xke73Utp1+7ou2/2u6UL5o726OGeo5d7/9+xcoWjbRKbrOog8n/37VAvLofru8u9iSf/3LDv8Act&#10;PfZXu4BV3spWNJQmuXQOMU0of3vpXC7Fpkeq5vt166nft54qnDPr5/eXK58/u+E+Wt47ePLG/23f&#10;tPfMHwNrK736bdmxXl/uGPP8rR3vKOZjb5VKkzuFyKoyZq57NipNxV/9WHg2aOJhPUrTwK6ZC9wS&#10;x7xmidKEphHWhFcDAU2opTFN8RZ+Lo6Pjzc8q1jRKwIQm65duyYStPsRvtINr/z3cWE7rrAGuuAb&#10;N3zTioHuh2eVoBgOm5y0yaxqImm3kpycnJaW9tZbb4Xn9LOw14bvSy30gaZIgAQsIWBGaRIOQGzC&#10;E5PuvFMrkMTYR4CBmCbDcUmhqjQtHVE2JquubDBYavfC50dKFbBFbDI2AZxnOJSmIU80cTfzoTRN&#10;WrQ9feIDJk8Nq7yVbmgoTYhmQkwTkjQJpQmbS7EJkQR1i8d1rFkwADOC/7ku6eXPt2DRXL1KuZXk&#10;7xu0oWa53KP+53U4i9KIsbGwSkXSY0djsnl0nkqTW3oa7H766SdEq+bJ41hoys0HBBBS9PXXX3fv&#10;3h1t+RG+0g0f9NpwEx5Pe8OWvaroGzd804pXHQ/nwkExHDY5aZNZ1XTSbmX37t2lSpV6/vnnR44c&#10;Gc7z0GTf+/TpQ6XJJENWJ4HAIWBeaUJk08CBA0eN0sryYewjYODA/gULFnr++ReccX3xxbikpBOD&#10;Bg1RvuWsFskj2Bk6dGi/fv1QHgvrevbsiR1EueKGRRwZO3asMZVq8eLFXbt2nThxYtOmTZX7Xg2x&#10;MT7aTYiYJpdK0/7jl89euFa9jDouRohNDSvneL1DQa/891jYqg6GntIEdDrFJvE0Oo+oPRawaixE&#10;Q0jP1G7w+u73lvhfy5t8e++XvSu2p8wd6kg/bWYz5q0ehciqMhq98+i8Lg3YDL6oMj1QHYvjtP+h&#10;jChp4YbVc8Ka3LHKOHIzUWayCqYeO1iieObMGVHSj/CVbmi4jQfWIhx69uxZeroWzmWAyGeg8GOL&#10;+Od74P3+OnjrmH993y5a9GPTfumv+UbxmxsmCV5dmsJ0Nd+ErRYQbKu9vsPW1mmcBEiABEKSQGxs&#10;7MmTJ+3o2hNPPLlw4QI8aU5lHEcWLVqId50bhXIEUQkbRB/VuzNnzoS0BEkIopJ4q1u3bpCfcNCM&#10;8xCYYBNi0+jRo6XkZMagD+rOXpv6/q9JV66qk7Fgnd3TzfJO/ufMVae3fOBVuDWx/GCq6DLila5c&#10;uQIV6fkGRcSRfw6c7TJ1nwQiE4S7+wLmR3S9JmyPvzWvSmaatyF5/JxDm/amFntiofO/1v3XIAzK&#10;jz4HTtO2K03oKpbO6flnORQkaUKGJmzyIXSWN0GDJOBMYNWqVUWKFFm9epXyrenbT9X5fBNezRNr&#10;/+N/wg5esW/eoL8sABFALVy40PcOQDLQ+GetP/VLxpXJe2O9fZg0rWKo3Wvlu3rgW2tN2eKs/07d&#10;WigHXvW4wTIkQAIkQAIkYIbA2bNnEDA1fPj7iGASehBesY8jjz/eqXLlys7GEZeEMtggAKneReAV&#10;jojjKCCkqEcffRSvIsTJ8CbEJghYIrLJsB2fVcyVI6pkgaypFxzpkFVb89ty4siVYHgOnc9w2dEQ&#10;sn0/P3O/lJOCVGz6eOq+oymXercvrUR04MTFft/u0oC2cc/Z0dP22kE16Gz6QmnyCxQRx4RE4CIX&#10;uOVhTX7pFBsNfAI7duxYsWJ5167d5s+ff/z4ceEwJKFBCw8+Ur0AXs2LTV3qFIYdqP54xX7gM3Hp&#10;IeAA0auvvgZcEpTP+oIUmxr/rHVDteA8TJpWMdTutfJdPfCttSZbxLl58vwV5KHEq/nz1Lkj+NL/&#10;+uu9XcpkenptrAyem8lNJwFjhFmLBEiABIwRWLdu7dtvv4VvjCNGjDp5MglPmkMKcLxi0RyOPPJI&#10;R2NmbaoFgcmlvGVTcybNInZpzc4LcTlc3OdG2vLoOZP+hlp1+VA5dMwrsQnPoUM6p2UHzgYCEcQl&#10;fbvg8Nsdy5UudNMyzEE/7D566pK2hxCbAqELfvchZJUmEdAk+Nof1rR3YnsRylqpUvuJbjTMhX3F&#10;e46yotD1I+5mwY2Sfp8nAewAKFbqe1NUjPMRH7q/fPmy+PjGbdq0RbTO4sV/i5a/Xn98YLNSiBrF&#10;K/a9defJJ5/AP1kLygXs/JpwEq8G0uZBC3vhhefx6q0b1pYHnPLly+OLC159sNJw/+t1xD9re0Fr&#10;oUTg180n7yibG487QU5K7FvbNUzyt99+E7qqMPvJJ5+KJwrJHWubozUSIAESIIFAJiBlJihKiF16&#10;993Bc+fOx+cCXpGbyWU0k7fdwVesw4cPi8imX375xdvqQV3+Ytq1W0rGRGehquSHYZQyEx4nJx4z&#10;p1NsQsXvN57ECrsmpXP5wW+nJof8tOvBRoVa1s6vfGfM9APz/0326F6t8gHRBY9+2l3An0pTVqct&#10;pmJP/DP54Dko7liPgyz38hnPYgcHTS5Udj0YDj2o5c6XRSjrzp0fRSzQXgxUruvUnVO7ltMxsvpL&#10;6jAWikUyBL65ER1u9M35iK/7PWPG9IYNG6LVBx54EPui+amdbhGSEF6x75VP+C6CkB9sSm0Idta/&#10;WNOAzISmp0+ftmfPbrx65YblhQEHiASoBQv+stx+QBn88+lM1dv3Xvmxad931kyLe5IvrktMnbsz&#10;BXmalu4/g30cMWNQVXfixC+VR+rWrSf+lDsWtkVTJEACJEACgUxAKTPZ6ieSNCGzEn4HX7/eD3kq&#10;be2atvF9x9OupauTNPnRn/BpGrmZ3vnrEEKTIDM9M20vNCY9YtPrcw+OXHYUFa1KCm4eeI/PtxbJ&#10;k+2dR2+6Y1+78wzSM3k0DpmpZzs9t/oeLQV9AX8qTYBnR7qNgwcPVqtWrUGDBtgR44Odxo0b46A8&#10;Yt247Z3Ya0Tl8TtHNLtuslzXrnLfumZoyRUBhxS3c0QrxVvOR3xKDl8dkJG3adO70Grjxk327Nlj&#10;PnRo5swZzZu3iI+Pt0obQlTFq6/2lLEVPgV0vTFgARwBCq/YBzq/eMJGfUZApCpTyTfOHwH6/YEp&#10;Ve4zM9Z+SThZIDZaxr5hH0f0O+Ox5LFjmQ/39ViSBUiABEiABEKYgBmZCb9oQzZSwpFHlG/JfSRp&#10;Er+DjxgxwrluqEJGtu8ZK8/2aJN/xqrMpwmFak8DsF+NS8XVKZZz6/GL5fLFlM2bXWT+1habYrNG&#10;HTiTNmHticCRmb788+DyradG/e+mcw20e//fjifvKXHkh2ba//4cUr91XYsfbqgx1njGnMt/yip6&#10;ytgxnfysNKFLf/+9xOM/O3pujc29C2YldGjlSlpyLOES281Lu9SL5q4vvLu+6s6xpK5vX8TqoJqn&#10;5XXW9IFWLCMAVQiSUOHCjtxJiHyuWbOWeXloxYoVzZo1a9Cg4V9/zTfvKIKoc+bMicV9eFWtWcNb&#10;WKOHe/UOHdo5P9DEfNNKC8CCNYYCFF6xL/OCnz509o9X5+PV2hb9+Oy556bvuf3LhE9XHrW2R15Z&#10;e232vtbfbIMnXtWysDBkpjfn7keqMqxNU5p1zrikv1GYgkGYlTmVzFhDFvC2tzgCD8WGfWvzgmM5&#10;rf6usSQJkAAJkEBIEsAvbSI3U6ClYQol2nPWpTarlbNa6ZgjyVc++yN53obU2WvO/rg4Je0Ko5x8&#10;Mc5SV8LO7aVzeRSbhrcqgwUfQ+5xpBnxhX+e2th//MLIX/cMfaqiKj3TW9/sKpYv+4BOFT0Z8On7&#10;t/xzTeOfcEVPGZuc9r/SZHnHSpUqtSVjw44w7nzEykarV3IZHtfM8eMBtvEdpnzqLnVTRETCiE8j&#10;PkKpeX0jRvS6XixhRyUcuxEmZaW3gW0LAod8bqty38deG3MDC9ygCkESkt5CITIZOvTrr5MhCWF9&#10;jdCG8KdJFIsWLRBr1u65p7nq6XhxcTn79x+Ie3U87mTMmI9VDRlj4s5bYAEc+S7WGyKsCX9CYJrx&#10;4p+px1PxarnYpHTG2APgjEGY8GD5u8rlkbE8vmxadvnh6gWalsu9dF/mj3s6k1Ib66/LQUf2+vNp&#10;15Dl0RLJTxqBQZiFcZPnBar/06268isO9nHEvFlpQZx33EiABEiABMKcAOLKKTPZNwfOX7r2zcKU&#10;nDFRPy053axWXI2yMcdTrjS4Jceeo2kT5wXog2UR5jZ27GfeMkEV3z9RR6eTXolNNQrngFkENOk0&#10;bnex5z7Z/GB8YVV6pt+WHfth0ZHl204Ve2Kh87/W/dcgfbjdjgWj/RBUmiBV4CYWm4wvdT5i5VAl&#10;7HSdAjwzqKn7FK3Gqvf9KCNlU7muL3eQhqq3vSdM13aKp6hiSfno0aPx6q9nqRpzAymuU1NT33tv&#10;qLyNHz36YyyZMZPuetWqVfIGFYE/+NPM1BVamFizBulK+XQ8HIGehTgsEfTkvNLHGBOX3gII7CtB&#10;IWfToEGDhcxU6d5yD317X54yuW0Vm4w9AM4YBDwlcMvx8y83Kipo+LLpzBYPnO07d3+JXNlyZM28&#10;4Lv0wXmwjPXX5aAjez2io5Hl0ZLU7NIIDMIsjJs5L3xTt0uXZ955px/y3/umObZCAiRAAiQQgATw&#10;RQtfwALQsRBwCSFLP/yd0u3TxColY15rV6Dz3XkrFc/WtHrOR+/Is2H3xcJ5stxX35GkOSZr1LCn&#10;CuMVCtTXf51CrNPZC1f92/3U1HMJCQnSh6TTqRr+1C+bV7z7448/4PlX/vVco3X9YtNTv+8KnF68&#10;8X+Oh9e///RNgUsHTlwc8N1uDSfxpLnR09w8EszmvrlbFieOi8b1lLHJzRBUmmwi5dpsuXvaVp8y&#10;1zkFONbEdY8Y74hpmtdX1+/ie/f4+VFgPsWm0Zi4uR07dqy/ZCbhmwE3sP6rRYsWw4YNV/5Trgvz&#10;FjFCrBH78+WXE4R0NW3aVPxpJvGT0MLat38Q1vAKf+TT8bA/atRIrJvDAsC9e11fKw0wcdllgGrX&#10;rr1S7Pjuux9iLucQMlPdrrVQ696PmmXNGf1nnwXeQnNX3hKBw9jEQNzNhbRrw5cmmuyLGf4I/EH0&#10;sgEHzDSqbA7Z6xEdjQcmWpinyTGB956BWZka30yeJjyQUVkd54IBXNpVcHeBqS4eOceNBEiABEiA&#10;BEjAKgJnL1z7eHpSg8o5IiMj+zx0U4qcrNGRLWrHPdc6f6lCWUVzzW+LW7Tp3H2DD6zbfXHWmtQH&#10;hxzcdtDKZ4AY6FRqauaXtFuKxh1JOu3OwpHks3HZo+W7WI5goC2fVdEpNh08fdlnLmk3NHnpkWnL&#10;j33+ovoxPm/8387Uix7kSIhN/uqFu8VxSn/0lLHDfypNJqk6gpGmdFfkYto7cSKEp707E8SqOkci&#10;J40mEmYtyLird5/vyaR/wVgdN7eQ6PDqX+e9cgMC0KZNGzt16oxayk0soDMW3Tp//jxkelIqMgiI&#10;wEHDWBAS1bPna9Ig9uXT8RC4Cz+nTJn2wQcfagR1e8XEpZ8ZcVU3LZ1DMUQzTes2u2jNQkJmwrZu&#10;4sbT+8/U71bbcGftq+gtBIhceAAc1tCZd8nbpkWLeFgsnlQIB/BqwAdjjTo3JB6YaGGeJjQBsMon&#10;MJrJ0zRu3Bei+ieffArLiD8ywIpVSIAESIAESIAEfE9gZ+KlEvmzfvbHqcFPFMqVw8PtLWSmvl8f&#10;G9GlyKfdi/3wesnbq+YYM8Pzc+vt61SxYsWQRELcLDwZX3LN7hOpFy45N4eDS7cf7dLYEcctHqQT&#10;+I+vdRab8Iw5HNyWdAHPm7MPqQHLSM/0/i97encoo0rP9N4ve1dsT/FoEM+b81gmDAtQaTI96EjI&#10;NK/vju7X83/3irgH+WeaPY/ESy1xrNfOyloxTdUr7+zlqNkSD7ALx8RMpukHigEIQJCBEBStcghR&#10;DMgEbGwB3YIFfymTGcEyVtLhoLE+iwgpsXRObOKhbzJICk/NEx9y33zztbEm9NQCCgBRfjQKmSlX&#10;3rh9iw7u/nOf4+Nz4saN321p8d5d5e8uo8cmy3hLoPOvARSo7K3ztpbHKYB1nd26Paecos5KsTHt&#10;2FbPaZwESIAESIAEwpZAnQo57q2X66P/FSlfNJs2BCkz3V0zMyDoqWb51u/2Z0wTbh9wEyHWGbzT&#10;tnK2LJF/rd+jEpuwpG7y0m333FroqQylaeXKlVhIERTDrRSbnqtXqE+TongaXY7oyB4NHM8FCpyt&#10;14Tt8bfm/V/Lm7KSz9uQPH7OIY9OQmbq2S5MU99ow6HS5HHy6ChQrutUkf4b29SMvEtIvCQOTR0x&#10;Yqo4BEXKxQ7eznz+aGZ+ZFlMWUWHD+FbBMRUIp3zEdvpQABCjm2XzWABnQF5CPmSkMxIKQzBOP7E&#10;QWMPhlu+fJl83JvwUzz0TTwdD/fVzZu3wJK6Vq1alC1bFrFUNiFzBrV01MqIqxG3NK5YKb7C0uEr&#10;Fw9abofMZEkiamNM8Ny3Op9v8u+z51Sef/9IYD04wxhYO2qNHDmifPkKyKmkNP78888pk/FjH0fs&#10;aJ02SYAESIAESIAEjBHInytLliyR2nWdZSaU/zvhHDI6GWvUqlp4Gs9PP/0ofsea07NR7uxRY2dt&#10;mLP6v+UJ+/APO2P+2NikQr5pLzVAAfxIjEUJd999j1Wt221Hik1CZtqXcvGrduXK5Yuxu1399gf/&#10;uOtoyqUxz90UMYD0TMMm7x38ZKUjPzTT/vfnkPqt6960ZlN/06FdkkpTaI8ve+cjAlh3pro7lQ2/&#10;8UYfJGfx1g8sWcJCHohByor4EweNrSuEe1gZp3IDR+CeOIgdGJ87dz5Wz2ElkbcO6ywPFD16vKQs&#10;fMcbjSKyRGxasK1QmQIFSubbOW+PD6KZjD0ATmcfVcVqF8tZJu+NT1NfNu3OYehu4i2lM8Z6p7OW&#10;dq+9dcNaa7ILX3/91Z49u/v06avqFFbSTZz4pRCb8Ip9rq3TOe4sRgIkQAIkQAIBQiBh/0WxaE5G&#10;M8ExaE8T/jz1Ypv8/nUSayDwQxd+7oIb5QrGLny98Y/P1a1VIi7p9Dn8w86yt27/rmsdvAs1asiQ&#10;Qfh52NjtgL+6KcSmhl9uC0CZac2O01OXH3u7ozooadAPuysVi+3WOggeO+OvYfXYLpUmj4hYgARI&#10;wEYCeUrmavdlm8uXLq2d8e/xfUmtRjTzwaI5Yw+AM0ahQoHsZfPGHEtNE9V92bRHh5XOeCxspoB2&#10;r711w1prol8IFUT2fUhIKnkXbyHib9iw9yEwYR+v2DeZGUEmBWd2cDOTinVJgARIgARIQD+BOetS&#10;H2iYCzLT5n0OySk9PWLXkctCe2pSNVa/HZtK4oeuY8eOPvnkEyKvxf21in7euebqfnfiH3YaV3Bo&#10;Yfiu0rv3axUqVJC/E9vkjB1mITbdUTou0KKZ0NOv/zrcqEqelrVvUhv/b97h+f8mz12fVOyJhc7/&#10;Wvdf8+e6JDsohZhNKk0hNqDsDgkEHwEhNsUUyNZy+N02yUxWPXvOANwhiw6tOZxaJC7ziScGLLCK&#10;DwgMGzYUrbzyyssyYErZqBCbkGLMvMzkg76wCRIgARIgARIgARUBSEuxMY473wrFsq3ZceHvzecK&#10;5sry4xsllSFOfoSGH7o+/PBj5K945pmn3313ABKbyqSQ0J7w5+uv93777TcbNYp/993BfvTTTNMf&#10;tCoVUIvmRF+Wbz11X4NCyn6t3Xnmwyn7NXqKJ82Nnub6Ud1m+IReXSpNRsa0UKFCly65eCiAEVus&#10;o4MAaGfLlrmC2o/wlW7o8JpFvCAAsemxn9vbJDN54YcNRfF8tH+6VX+5UVEbbBs0Cd3NYM3QrYZ1&#10;o6pQKVVfITZhkazJaKbQ5ceekQAJkAAJkIBPCURHRWaLjlyz84J2q3uOXu7+WWLSmSt1K2SfsvzM&#10;lavp0JvqV86Bx9XljctSsZifMzQpnYfYhGClYcOG4+CYMaORPlX8+gXtCSHV+Lnrq6++UeWg8Cnx&#10;UGwMS+fQLVVAU+//25F68ap2dyE2hSIPi/tEpckI0Dp16iCNt5GarGOIQEJCQsOGDUVVP8JXumGo&#10;H6xEAiRAAiRAAiRAAiRAAiRglgDyf/d8MP+bXx9/59vjg386ofr3yYyTCGKCzPTC50fKF81aMHf0&#10;PbfFDXy8UFSk4+Cyrecb3uL/FXMuESABE6KWxA9geCZdp05PYAe/dUGEcn7ItVmIYV9/ztoTNcpk&#10;PoUQMJAF/NHhm/ce9SBfoiSeNxcg8P67PcrlP6V7esrY0R3blaZr+8e6+2dtf75Ejg3FNn78+HXr&#10;1lnbhLRWo0aNOXPmQHewyT7NSgIIIwLnzZs3Q2ASB/0C39kNjhEJkAAJkAAJkAAJkAAJmCHwS6uZ&#10;ZqqHed2Hm+T5/IViZQpHF82XRfXvlpIxkZERb397vGHl7H0fzlwb1aJ23L7jadCe7m8QV6tc9sCn&#10;FxcXKHJG4LMy5uGyrck1y2VC/m3Zsdb916/YnuLRFGSmnu3UGcQ91rKjwC3/XNP4J1rUU8YO32Az&#10;MiXlBs309PSrV6+ePXsWjzk32d7elyOLv/qxtpGYij0REPj330s8tnXXXXd6zJwKlenxxx+XplJT&#10;U//++29Iv3Xr1vVo32WBTZs21axZ011dsIL8sWjRosuXLxuzz1p6COTOnbtSpUpQ9/HkUlne9/Bd&#10;uqHHf7+U0Z66PnPJN274phWfQQv2hoJiOGxy0iazqimh3Yp499lnnx05cqSoWLAgH7ur96xKSsrM&#10;7tmnT59JkybprcZywUbgwB8/PvJbUkTp+F8H1y8dbM4Hir9J+3p+vmdvRJG3B1TLDDgPFM9c+IFL&#10;ovkz2qMRwx8BUJoenXt/APOzxjXDfMw0jxVzbd49sGhY2ZzZM0MrRIhTs5qxUnsyY19Z16YOvvDC&#10;89WrV7d8xZzl3uKhxrterWEMZsUxm63N6uBV75DbG+vgnri72PlL11ZsS3nr0fId7yhmrCPGannl&#10;rWwCMUrQj4y16LKWMYMenbdRafLY+XKfptunNOXKZVYD9sjOYwdZgARIwG4CPE/tJkz7AUWASpN9&#10;w0GlyT62Hi0vGf/JGysiVOpP5sH4Nqu6V/RoQX8BldIkW/m1e0VrhacD69d8NW3F7AMREVZ3wVNn&#10;z/0+ftV3xyLK3t1w9B3XV4Vs39Ju8rH0IuU/7162hKf6nt9XKk3Wqk5Jx39fsve7hHPwIT0i510d&#10;q79W5cbCFs+OuSrhUSTSY9ajEcPfRqA0xb9d98ia41lzZKn0YPlcJc32V093fF/GMB8zrqakXm05&#10;YP/M/qWL5IuGHftkJhi3qYNBpDSZGSl/KU37j19o9Bo+exxb41vzffRclTKFc5jpiIG6xmYOhCED&#10;bWlXMSBdeXTeei9FH6AiefxnOSCVQef1dHPnzrW7UdonARIgARIgARKwicCc7pGR3efYZNzfZneN&#10;aRLp2JqM2eVvV8Km/WRbenpk16ABnzzySYbMxM0LAsc//jxByEzYIiPOLZ686uPtXtQP0qKQmQre&#10;mi/twtX14zYHaRcC020k/I6vEtvn62Or/js/f0OqTdFMtva9SJHCOXMGgfgoH/FsbMdWhhrGV/2X&#10;gndrloubMbDu7/1q+15mMtxx7QVxxt417IxGRbuUJv2+YmWcx3/6rSlLYo0V1tPJDX8mJydTbDIG&#10;k7VIgARIgARIAAQcWs/NYohDIAlZ9cfwmF+XjTK0I13y2JxRPZc/NxtfVpa9amUMj+EehEXF/Hd2&#10;f2XV168gbMrCgKYD61bPjrjlpVfavGSh0YAdjoJlRw9oNt2qZXRFijzZseG0Ac2mvVi+aUaX95/I&#10;FJ4sB4DkDM6b5a3oMdjw9dsqtC2D16NrT2iXVzr8yy+/6DEuy6BuGD7OaOQzRZCwqff/Hftg6slO&#10;TfNYvmjOqyEwUBipwbt0ecZARVbRQwAL5cY8f+vcoQ3qV86jpzzLeEvAz0qT6qnSGn962zGX5e+6&#10;6y6KTZaQpBESIAESIIGwJdC4cePlPUeFamSRhcPaePROCEfYZj83oY0eMa5x1UoWNh96po6sQaxQ&#10;wy7i34+D/rgRkYSlaoMG/Hj9rU+eGr9GEU6UvGR85ls4vu9mLFg956g1XoSRJX/nsP/jd0eSv1NU&#10;UZqSx2Vb1+vesFv6vk6rBrd6sk7+QB6Bw0u39By8sF3Gv55Tjh++7uuqpavk8QfHb/k9M30Z3j7+&#10;8XhH4QcHr/p4m1L9Of6x4+CWVQ4LGfvj963anmkcFlZJC0n7hAX578Epx29GVPi17tUeEsvlChYq&#10;XcRefpBdnDd7m8ywPn37qfY//me4odmzZ8PtiRMn9uvXz7CR8KkYkzXy7UcK/jOy3NzBZZ6+J2/4&#10;dJw91UnAx1mZdHoVMsX8rDT5mGNcXBzFJh8zZ3MkQAIkQAKhRqBjv9GN3UknylgeKa4gEKrJmDEZ&#10;0VCO8CeUwQoxER0lj4h9xcoxhSU9Kk0gQ7633XMRCTuur4lzgchxqM2EiOU9K92If9JDEp12WUzE&#10;mUnC2lRdWgg8nOvnNnxLuR4tafZv3z+VKTbt+sqxVO2GKPLfihWPZIpHEUvGf//Gisy3cPwNpAP3&#10;sCV99tb3nymqXDcFHerGcU9G/P/+vkWrbsg6k48pHTq8dFWPRcf2XT+0LyHhxUzR5/jyRefk8chj&#10;x779fV+GCIXcTwmLM2w4FrUp6jr3M/LYnvcnZxqHhWGZFrAybo+woG87dyCjcJlCQbB0SF+PHKUg&#10;M705d3+1wrHKKgcWJ+LP3bP2F6yqV53Eo3JQJQxjlPSjZkkSIAG/EwgvpemHH36YPn366dOn9+2T&#10;H6N+HwI6QAIkQAIkQALBRaDSq99AaxrqlE8ImkWlntUdK8Cw7Ryd0ObGsrrlPXtGZLwx/l5HX6Gp&#10;TGsnSkG0iqy0tZ/4I6Ln08LqnO5PR3yTacdVU8EEbNeYoRMiqlcWa+LmdL8ZUYYKVPHVZQh8ihBB&#10;UBmEXBbLMHATSffFIia0GVo1I6Zq9nMyBM1RPCIz0mp2RMYAaljwNeMDKx7JjFdyxBk5coTf2JK/&#10;m+YIA2nzcGfHYrevX/n1lVtuiYj477c1GQ8wzn/3w/Gj3r/+1sN4JyJixe6Mt3YtEnbi2/yKiu/H&#10;Z7zncSv40iuw1nlUfEbJw6ccYU1Hds93/OeWUe9nOPBwxoMdfZ3t26Pnegocn7zoHPJtP/lis4x1&#10;atWbInoo4URGUFLhjh2rj8VBuX7t2LlDOJx0YukxR4rujCoN37rbg/pTtnqGkY4ZUUnCwvYTi5Hk&#10;WxzPWBnnSE/eobA7d1dNSRDlX6uip0dGyixevBgLyvCKysp9I7Z01/l6/fGHqhUY2ryUrJG3fO6d&#10;0/bOfWHxrj/21eiib3pGRGDpXIkSJeA/7EBvEqvq8Gu6MIt9FBAHR48erfKuc+fO4q2+ffvKt1BX&#10;HBRAnG3q7iILkgAJkEAmgTBSmp5QbPjJkFOABEiABEiABEjAIIGKr/aDfpGpCl23sWvWZGQaElKS&#10;Qz3pp4zkufFGxrvX/6zYtmPjG39Urh6xfOtOx/v3jr+ershRIvOgQWf9VU2EKEVGVprccWemwuYQ&#10;nRqPfkOBaPnkWc4JwDWL3SDpoVgmwRsRVXOmTYh4rl9mGqgMwjr98RdB2W6myhOBOCaxbO2RT/7L&#10;WIB0cv8RvOa/s26+/TP+fEq89ZtiadL63bMdxQq+9EBGJqZi9YcKhUhzu+Xh1hlr3/LfWT/jzv9A&#10;8j5PVQLwfTx7ziEYiX9C9BFbhuiD0KTvPs9YyPa5CFZKPZQZ7HVilFjjhhAkWSUpI9CpSJFGDng5&#10;G95apKz7DkOQuuPOwo4n3FUpJHItObaCOR1VTpxYuf34qm3HHJYLxbp7Ch5Crt5P8CBFmQeOsCCs&#10;QevatSu0GLxiXwQK2bqtTzz3bJ1CyiZajWt6z8dN8Ip/hWt5npxt2rSBHjRz5sy///5b2OnWrZtY&#10;UvfCCy9I8QgFcATHx44dqwp9+v7778WywSlTpoi3oD01bNhQHBQQXNq0lQyNkwAJhB6BMFKaQm/w&#10;2CMSIAESIAES8BeBe8c7YmVu0pp2bl1+kzeVqpqQiG6s6arU82az/uqx1+1m5mlSxBRlmLguQDlE&#10;KCyZc7dZW+x6Ky5SQelsyOvue12hdLwj7Oj6v8x4Il1Wdg16azbWu7lPflOgTDFdhrQKFavQwiFW&#10;/ffGW0LPcggzbeqHVvb2pH2jsPDNizVuuqkWjC0DeevYse8mJ7y/6FzZ6m4DmlZNwcq+c46Ip+5l&#10;3UlRulv1UFCITdBifCMzqbxBtiYspvO2LxCPsK1alRGClhGNdfjwYSE/IXMT9sXxgQMH4hUHISGt&#10;X79e2YoMd8LBxMREqEuwNmLECFnGnU1vXWV5EiCBMCcQFkoTrphyC/PxZvctIbBp0yZL7NCI3QQu&#10;X768Zs2a119//VkvN1TB74FXr16128MAtB8g0ztA3AjAAQokl4TWNGqW9AnK0k3+QXkymuP65jVd&#10;N5sNJAZ6fLn3jZuXGmY8YO7G5u5Rc9YWu+6oi+gwnQ3p6ardZQq+lLFyTfGv05OQkGTgknj3Fecl&#10;SCL0yeSWvMexeq7gdesF27zSeWAdkzb9UT0jvCg9okjm6rmMoKfpAxo+VDDi8DZHfiWsWVM+/c3h&#10;oohIOnZspUNeO4egJBTzaju8dC/imJp2zIyxGt3BtYoEmen9BB/JTMJ/iE0ykMerHhkrXKd4zknr&#10;Mx8w16VO4UELDyrFpj3JFyE/3f5lQp3Ptb5nQj/q0aOHXBaHZXQytTnilbQdQ0kIUqI8Kror7JVN&#10;YyhYiwRIIOQJhIXShE8RuYX8iLKDJEACggB0osGDB+P3vVdffXWklxuqoDqi0KFVkScJkIBbAhka&#10;Sk8ZcuRY53YjU3jGwqyObU3HfMwZFawxTde5iaWGGU/ry0DknOBKTdjaYtK6Yx2dbH1Od6SI0tmQ&#10;38+BYvkqOHxI+mzGrutPgkte8sfcpwYonzFXAFEzeH7ckjWK2KZi+TOEoaT5MzLWKB5Z089zRnA3&#10;vRV6VnyDbzOlrk4DA/vpcm4HrWDZx6tj9dyxzNVzGQ+DwwPjEAxTolAcakUmJKhXzxUsdEcRueBu&#10;FYKSvJ0RwvLiyZkPnsMD7JQPvMu0lrTvpwSHZeQU73H9EXXXn2rnbYMBWh7q0u9bTvb76yBEpQer&#10;5BvYrJRSbBqw4FCDknH/dKv+22OVtTvQs2dPsSwONzj4noMwJVX5WbMcPwHgh3bEK9Wpc0MQRRAT&#10;opzEWyIACroVdCVlOid3NgOBqcwnJZNSBYJXIemDjH0T6cCMbSLhl2r9psuDwr7GW8Yc8FhLpCcT&#10;m/N5JJz3vVcu3cYqV2zueuTMWZzdKvg+hmy90qQcMOe+eRxvOwowpskOqrRJAgFOYMmSJVWrVr39&#10;9ttz5MjhrauogootWrRYtmyZt3VZngTCiUBFR2rwGx1GYuvZzyHBt8xO5C5exyMjR7xUpqGhVUc/&#10;57F8gBfIkHimZUhNry7b2XGyyN+kftqeohPWFpOG7x3vSLouWh9a9RtkbNLZkN/5VnxG5FdaMft6&#10;1vDv3/hNpGpC9iUhJ4l1bXjSnMLbYvW7ZmT1/m/FbEeCp7dWGH+8fJ0KbTIcEImiHP8G/Dgo8+F3&#10;N/PBY/IcBb7/TKhimVXmZmQoD4itYYeGb1XPCFNSbVWq4bg4hgVuT1aXb+d86KGMxOGOYKicTTtW&#10;f1KR90lXlwoqcjZlZInCA+9GLfVasdLVVgAXgro0vFWZLcfP3z1pa5kP1r/yx96T569AbBIuL91/&#10;5q07HXFG5fNn99gJhDUhmxKKYekfwpRUSb6PHDmCI8g/NXToUKVSABXp0KFDOPLll1/KmCakfIJu&#10;pcwI7tKmR5dsLSDu9pGLStz5w39nXUCPAy7vvfVUNF9GeY8spb0AUTFUvROxbyL/F15FnngDm6At&#10;ZqAkrzyosumyvIF2vaoiuont0UcfdVnRL145jwjOXGzm1RUN/l5x01M4MiUlRZZDKDd+xj979mzZ&#10;smX1VHY3GBgwoQuOGzdO5qvTNojyopbhdnHFgf+y+nPPPTdhwoTHH3/cpcGffvoJBbTbwtqNmjVr&#10;GvaHFUOYAOdG4AyuxlgMGzbskUceyZcvn2FvL1y4MGbMmA8++MCwhWCsGCDTO0DcCLQR1MYi3sVS&#10;UcTwCc8LFvScXzbQ+ugvf5KSMvMh9+nTZ9KkSf5yIzzbXTI+40lzyNM0uL4jFVLGlnlQ8XC3A+vn&#10;9pv233+ZQU0Fb4lvMLR7Rp5vbOvnPpWZIxyL2ipFfLJiNh4S93WrOx3vJX83/k9kccLeLfHxQx+I&#10;6Ae96XpbN7eS/N0Ahzx0y8Odv70v43nz0Iw+gTaVYerImqdcCVVtXnlFvYYus5ZqMKU/4TjIq6Ys&#10;RJJvrJ4Tz5LLXCVXvfp094+fswoTLonmz2iPRox9ZmHpHGQmRDZBgUJ/oT3tf92CBZnm76qsgi/t&#10;GOOjdAPRHPfff787LUC/wzbB0dNBZdOIyUJwmTI9lssuaHtruC8evYW0hFRfOu/idcL31ltvyxub&#10;bN4SNuyVO0oex0JUVEYdIqTR2ZpLxyz3VtWuR+etj2mSHuBagLBM88KbzukLXR/ikdx01mIxEnBJ&#10;4LXZ+1p/sw2r5Q3z+WnjmaGLTsp/+NOwKfMV161b26FDuyZN4keOvJHx0bxZDQtjx36GFm1twqPx&#10;Xbt2mZGZYB+RTcnJyR4bYgH/EsBkw9zGq61uoIm0tDSdr7Z6QuMkEHoE7uyekV9JITOhj5kHu99Y&#10;flm6TqtvB8skTZ2+lTITSuOtG4va6g907AuZCVv+J7t3Eqmdvu1ev3Sx+o6S19u6uZX8T2bYz5SZ&#10;MsxmVHSYWjLDEQ91C5Qv0dD7bdpkqFy7E50+JjJrqVJKSX9CbwD19kiunkMyJtS5q2phvTVDsZxK&#10;ZnJMt+I5v93gyOKEtXWh2GPjfcLtJJYBupSZcC+NXAciWEGEz2CTa+ugT4kj4ql8ohgSqIs/ncsb&#10;d9HLmoiQkM/+87KqL4qLFZTyUYaiSWdcIrJEEJZSiGQugs6UETSSvDiIYZKBadC2xKg5l3dZzD4K&#10;sptKccdlL2RJwUG4pJyQFjo5bdq0tm3b1q5dGzvSrEtXXR5UeSK6I7z1OIJmemGj0qR0S3We4y3l&#10;LLTptEdoOGKXXG54yww11g15Ah+3Kfvn07eeOJdmrKenL15be+Ds0Mkr+/+wDP9GTlmzOzkNB41Z&#10;M1kLMtNbb73ZseOjv/76+6ZNG+2+IRfeLljwV86cOWfPvpEp2GQvzFd/8MH7df7T0xYUB53/gt2a&#10;9B/fiZGjVJm7VIOAnl5bVebHH3+YNOlrvFpl0KWdv/92LHzR/2qrMzROAiTgLwKZq/AcC/Fmz85I&#10;EN6ibkb0EzdNAliv9+T1dXkomF6kyJMdG4r4prDdvl5/XEYzCQgfti7z46Yk/NL51O8ZacW4XSeA&#10;9FIa+cuLFSsmbpsRdiBWQmGRnVBJkCJdLIwSso4ohjIimMi5vM+Q4+YXPUK/0KK87ce+TEQF5UV1&#10;g+xj1Uyoe/BBLp1ziQvPz0FJ8QxH+A/ZQqaTVyqDKvKCM4YJ1cU+BgV/Sv7K8hrFLBkv8ehGOQro&#10;JtacuoyVcZ4/oiScF4n2hT9yQlriHoyIIYCHUADln2ICO7uq4b9Lf3SOoMG+YPWc3E6dOoXo8b17&#10;9970UBQv/6hYseKOHTtQ6eOPP37iiSdUtcW7P//8M6LTlW/JWjgIiMKCczEvfTFVfOPGjQbqN27c&#10;SP7r3LnTrFl/GDCirLJ27ZqWLZsLm9jBn8YMorqqovMRY5ZDtdawxYe6Tdvtsnce58bC3eeaf7Kh&#10;7JsLkU8aW55X/nziux046HtWmDAtWtzz008/Ck8WLFjQvftzdruBaNvnn+8+efIvAwf2t7stjbF4&#10;5plnTpjeYMTuLgSafZdIp21LrjJ6Q+lR6/CKfR/47PEsEz788svPTzzxOKKN7L6gwb44iZSbu4P2&#10;8dHGIt5Vznz7PAk9y/JqEYZnfeiNpj09Orn4ix+efHpMg8x/Pzz5xerFifY0RavWEbDkjPZoROdn&#10;lnXdCjJLJvngxhC3ii77LG8h8eUT+3ITN6G4l5RHUABHtMsbxqqng8q7XTSEG16VS/BZ4wZZ+ibt&#10;GL591uOtaE5QxatLvEoHxL4YKYgA2t46dwE0RBV3vRPvymIaI6W/d8rmZH+VTTg7o5o/0g2MHSab&#10;s0GPM0qPt5gVEil2xCTBiDi76vKgGBSxCY3FJWR3I2gGtS0xTUIaRHCXfNamjMuCHgb5Fg9BgLSs&#10;jEmTOpl4FIKwAHVQPBYhuLby5csPGzb8nXf6HT9+/L33hmJEzfhft269uXPn16xZCwaxgz/NWPN7&#10;3RdeeN7vPuhx4Lnpe85dvjbhwfJ6CjuX2X0ybffR03ffWmjG5pObj5yPr1Bg/a5jOGjMmuFaIprp&#10;2Wf/99BDD8MI7qMmTZpYo0YNwwZ1Vly0aEGzZs2aNr1r/vz5OAt01mKxQCYwbtXRp2oXgod4lblL&#10;/e4w1MwZM6aPHPkBPgXhDF5nbjz63qwde5POW+6biGZSbfoPWu4PDZIACficQP47u3e6vkYPK+Ow&#10;fK/+ncV87gUbJIHwIyAigDymAJfRNIguEdFMItIEm8uQKFV5/3IVMUQamZtUd9NKb+27fYaWgdzz&#10;iNlBc3pwKZdl6ckjDuN4TiK61q5dOw3+eBdlPBbz7wja1zpkE5mzHzv406u2xKCITQTKaWzejqC2&#10;NVuUJhG4KLOIOZ/n2n3QM4+94uvjwnFxuXBatmnTNj7e8bwTPP3BvANY9FSxovF06eYdCDcLc3em&#10;rD2cigBmAx0/dPrK6n3JicmpL91V6uc1Rz/7+2DX20vuOXb6aOoVvGXAoLEqzjJTnz6vV6hQoUeP&#10;l4wZ1FkL0hIEJshMhQsXjo9vHFAL6HR2gcWcCWAxqXggDl49Pn3ZNwClzFSokEMCw4YnWgweNLDf&#10;1O33jl5puQ933XU95YvCtP6DlvtDgyRAAiRAAiQQPgSwhAqykRQvsKMSnkRqIeVBBDcg6zYQCSFG&#10;shJr1pzL+xKmcEkshtKz+Vg1A0aJeu3atVgO5hUupKyGhLRhwwZV1wR55YbcQ4hNwTPEsOPMQZbH&#10;u1jkhc1lMT0AdZYR3RR9d6dsyvkjywiVEJE0OlvxqhjcwDSWUhF28CcOunRVj/96Wnc3gnrqKsvY&#10;ojQ5zyqX57mqD4Fw2nuLT6M87vORj71IkSL6LyLurMFUXFxc5cqVLXQveE1ByGjVqoWMjcIOMk8b&#10;DpxxZw3P/sCtNf4ZALU+8eL2g8nVS+atUSx26Y4TK3cnP1CjQN6cMYsTDuItAwYNVHEnMw0aNMSA&#10;Na+qLF78NwQmyEyohRMfCZu8qm5fYe0kTcba1U7V5C+bOhNIoZgxD+XTl/2Yp8lZZkJfENNULub0&#10;Hal//nc09dvlmQ+NNtZH51r6w5dclrTKDdohARIgARIggTAkgKQ/CGXo2rWrSKmDjNrOCcKRLQhq&#10;lCiAPE24BcNT4UVhGdPUoUMHGBFZnFTlfUYVYgF8QIYdZYsibst5xY+4Qfaxaga2ePacIInWxcPO&#10;9OCSgVcIvVE9Ik1JXnYc9kuWLIn7BedYG2V58S74eAzJMTCIMk+TgI9xEdNs/fr1ztaUXon0TCgJ&#10;C4Bjh29wAPoanrqo9AR/ivxWLl3V9t8jH40R9FjXRQH78jQpF/XhVMfaP6xgFEtSlYtmRTEsOEQB&#10;uexQLiZUrVb1uNbRwgJ6lk06N6fM09S+/YOG0yopLeOeCllvTHbNL3ma0H1k6oHzSFklliJjH7mr&#10;evfuhSN469ixYwb69dVXk9AdGIQpsWPAiKxiwJr23Bi9LLnga/N6/rJt7KL9uV6aE/G/6ev2pzzz&#10;zeZyb/+Nt8y4qrPupo3/Pv74Y889100klIE2j0Q2Awb001ndZDGMLGasNGImuZgeT5inSQ8lr8po&#10;IEWeJq9MmSms4QYmGKY0JrYqa5KY6sjchJPum2UHzLTu8trOPE3WIg00a8zTFGgjQn9IwBICHlMs&#10;6WnFoxFjdw16mg6NMiHPR08HlWmklDcvqmxHopgooLxBVt1Nm7l91uNtoE08yAg67/iCq3fB5a1q&#10;Vnh03vqYJpcrADEzxIpZkacKQqmMARPqF1al4ohYm4oC8l2N1apGdDWf1EEcU6dOT7Ro0eLcuXNv&#10;v/0WoktMNrtlS0L16tVNGjFcXTz7QIQRKvd1GnzxxZfGjfviww8/HjPmY1Q5duwowog++ODD7777&#10;oWzZcp9/buTB5F26PIPEVTA4ceKX7dq1Nxk1Zq21/05cXrMnKe3KtZHtK/y85kj5onnKFcmDBXRY&#10;Sbf32OkDJ8+jgEt0Jjkrbc6dO6dYkULJyUlDhgzCvZNYNKcnmsm8D8hKtmfPntGjP5bRLqmpqQsX&#10;LvQ4W8w37bEJFjBPALF+xoxYO77IhXf+/PmDBx2PfZKbmOoPPPAgHrNYv2xeDT+NOSMilcRyOfmK&#10;g6ojeFcjpslY08aYsxYJkAAJkAAJkEDgEFAugFLevCjvnWUZUUB5g6y6m1a9G+y3z9rDhK9PCE8z&#10;eccXODMhfDyxXmkKH3buelqkSFGkwnn33cGvvtoTt9k//fSTSSa7d++uXt2CLM5KzUt/nnKc1QgI&#10;RBghQgrxin395znyl2MVFaSlbdu24Zn34AD1DcqOAIKdFStWGIPz2GOPIx4K24MPtjNmQVnLQmtY&#10;H5ewP6lmKceN7saDpzbuPQGBadbGI1hJV7dcgTU7j7pbQGeGs7IvJ5OSkk+ejImJKV2y5LZtW595&#10;5mmdMhOMmPdh+vRp0FiXLVsh/yE7/l9/zfc4Ruab9tgEC/iRgLXjiwsLnpAwYsTw9evXiU4pZSb8&#10;GZc9Ol/OrO76a8wZoSgJFUm+4qDqCN51mbxJOGOsaT8OHJsmARIgARIgARIgAT8S6Ny5M+5AsQTS&#10;jz6waWMEIrF6TtZEQBQyqp49e7Zs2bLGzIVSLWRZqlmzprc9QigHwm0QxYOK0F/ffvtN+ae3pmR5&#10;2Jw6dbpIfGN4e/313uXKlZPZoL/++quEhATEFuk0iL54JTN5mwIGwoROT0Qxkadpz57dzZu3eOON&#10;Pl7VdS7srTWNuTFySfLQX1d/9cxtyM2kaqjP1N3frzz4Rru6fe7M785hbzmr7EBm+u3XX/bv3yeO&#10;54iNjcqSFffkXvEx4wNSaA0b9r7qCYlIpNW1azfkyPfohoGmNcbi2WefHTlypGwUeZo8OiAKTJ/u&#10;WPwsNsQtT5o0ybmi/hmuZ24HlDUNpGU+WK8Ma9Jw22WvvRpfj1dgSOd4uGffvm+WKlVaRjOJkcLj&#10;595p6yGxnVfOwGZamhfPjsya1a3OBVPeNq2cftpYxLvKmV+wYEGd057FkpKStM96IiIBEghGArgk&#10;uvwc96ovHo14/MzyqrnQKxzyfIKrg8HlrbenQ3D1Lri8VY2FR+epNLmdvR7ZuayJWy+s7Oja9bnj&#10;x4/h8dtYSYT7fD332O78wD0JlolNmTLN29NMVR52hg0bisfhFSpUGAtPEGbirAiYbMK5OiQG6bnY&#10;Vx5BrFPv3q9hGZ237UIm+/LLCQiWSUjY/OOPP2BHf5iVc1sGrLmbG4v2nP9w3p61u44efL9p/MjV&#10;6/aelM09c2f58Y/fUqj3wo53VH68bpG7y8d622uP5RcvXrRowV9IJSNK1qlb7+FHHvVYy8ICeMwc&#10;1jM6z1VvZU2vXNKvNHllVhZ2pzQZsxYUtfQrTbZ2R88VWIhNsbGxYtGc9Gdv0vlyBS0+xXBtd14W&#10;J2OalChwUI+8aIwelSZj3PTUotKkhxLLkEDQEfAoEunpkUcjej6z9DQUqmVCnk9wdTC4vPX2pAiu&#10;3gWXt6qx8Og8V895O3s9l4e6hFAmpKpBUTMyE4SYJ598AqawRgyhIibzPUGL+fTTsZCZ4BUeCo59&#10;VeCJ546ZKPHrr5Oxbg4G8Ip9YQk7jRp5/fQrcIDMhCVa6BFCtJAVC0ocWL02e1/rb7a1//E/r9x0&#10;Z80rI7LwwdNX9hxNaVOzKI4kHErp1qrGkCea4F/beuVnbzqKg1hVt3rHURQzZl+7VtOmd787+L1h&#10;w0eJfz6WmeAbFFWXkiiWSeqPnrODDG2aJ7An+cZjE5X75i2bsSCW0WEJrVJmgkHLZSbY5LPnzIwU&#10;65IACZAACZAACZAACYQVgbCLaRo5cgTCebp1e+6RRzpqj7RHlS6sJoqxziKYBQ+5R+IqPL1y3759&#10;WOY2apRjNRO0M0hOCP4yv/BN5djtXyb808327Oku58bpi9cGzz/y0fR16wY0RQrweQnH32hX+9XG&#10;+eDhmOWn+v+0avhDVYvkzvbMV//26VD/5fh8ebJbqfN+8803Xo3R008/7VV5jcKnIiO9MpUvPd2r&#10;8obPU9XqOWONMqZJcKvz+aZHqhf4YvWx5xsU+TXh5PoXvV5Z7C1/l2eZH+c5Y5q8HcGgK8+YpqAb&#10;MjpMAnoIeAxHssSIV3cN+KnV422IHq+CqIxXfIKoX9LV4OpgcHnr7XwIrt4Fl7eqsfDofHgpTQMH&#10;9kcuqrZt7xswoP/cuR6yFHtk5+2892N5b9Op+NFVM02/v+Tw3lOXJjxY3owRPXVdzo0/d5z7cO7O&#10;vzZmPg+rea3SLzev+MCtcTA4Y1vqezO2rt7pCGvC9lB8pa53lG5d2ZEi3aoNd+D6xSOvCnv0MFiU&#10;Ju08TcrcTMouaytN2vmVjC2hMm/TZNYnl9N7+vZTb87dfz7tWmzWqOGtyjxYxSGh2nphcac0+Wue&#10;W5inyeM5pVGAq+fM0NOuS6XJPra0TAJ+JBCAShM+PXv2fC2sxCYf3FXhSdlyms2ePVv8qTzYo0eP&#10;nj17ijLujhueqD7ooGHfnCsGl7fedjy4ehdc3qrGwqPzIa40ffXVJCSOad68OR7xLmSm/v0HZjz6&#10;PUkk7Tb8hd7bSc/ydhN4bvqewjmzDm1eyu6GYN/lefX5qpTk81eVrXepk6dknmgcOXT6ytfrTyvf&#10;yh+b5cWGeS101SvxyKvCHp0MFqXJY0dcFmBMk8QCsWnQwoMDm5USMpPdW6ApTZHexO7hs8YmPlSa&#10;bAILs1Sa7GNLyyTgRwKBqTTFxcXhYSnhIzZ5vCM1P0MgHgmB6Zdffhk3btzff/8Nm/Ig9u+66y6s&#10;sRgxYoTquPmm3d0aWGLZDiM+GA473NZpM7h6F1zeqobAo/NWrt/ROfw+Kzb9649nzpzx5Zf/t3v3&#10;biSiljIT8igNGjTYZ26wId8QmLszZe3hVKRq8k1zzq1AOep3dwHlPyEzYcOO6i1rZSbRCvQjnZu/&#10;ELHdoCYAgQmL5nwjM2mA0jnJvV1n53Fo8Amif/NojQVIgARIgATCmcDgwUOQdVSmLg1nFJb3/dFH&#10;Hz18+PDOnTtVlr/8Ek+tmeJ83HIHaJAESEAQCFml6dTsgaXXD8kRE71p08aRIz+4++5mIpoJMtNH&#10;H40uXNiRGJtbKBHAw9f/fPpW/AulTunvC5YUebXpt+yxJPIuefXPo0GrCuTPn//ChQtmrJmsbqZp&#10;1nVJwKtJrn+dHWmTAAmQAAmQgC8J1KlTd8iQod6KTYjWQZCO2Nx5i7dCWEzp3Lmz6H7fvn29HS/U&#10;KlGiRGJiorcVWd4YATz3HMzxiurKfWPWWCsYCfhUafLNhLu4e+mRMXedW/dzpR6/j/rwkz/+mLlk&#10;yeLnn3/hiy/GrVq1ijJTME5T+kwCBgi0bdt269atBirKKuvWrWvfvr0ZC6xLAiRAAiRAAiRAAs4E&#10;vBWboB/169cPC8Swg1dxA29yCzpZ6vvvv0f3sWlEJ40ePRqr5DTEOAGtTZs2QrSyhKTJgVBV980t&#10;s7U+O1vDU8InTpzYtWtXjAhesY8jdjdK+wFFwKdKk60T7ty/vydP7X1oRJ1j//dItgp3FHkzIab8&#10;7YUKFUJAE8Sm33//7aGHHsafY8d+GlADQGdIgARsInDnnXfi1z+oRQbsI5oJFdeuXdusWTMD1VmF&#10;BAKEAHIPcdNJIECGjG6QAAmEDwGvxCYE4yAkRya6Ds+bdhnVhUniHJ0kxKNp06ZBkPI4i4Rmhy0A&#10;Sdp6y+yRjIUFREfGjh1LmclCqkFkyqdKE7jYN+Eu7V1+euFHOaq1LT7oYO5WA+QYQF16++1+SA2O&#10;yCaoTps3b96xY0cQjRBdJQESMEYgS5YsX3zxRbZs2ZDV29ttzJgxuDsdMGBAzpxWPiLQWEdYiwRI&#10;gARIgARIICQJ6BebcA+F9EOqVWMQSkRgDtJdq/i4fAvFZCCPEK2gzihtBnI0jYjqEvIQRDfn+SDE&#10;I5EL3HlD1wAwAHUll97ad8vs4/MIHQlMOc/HHMKzOV8rTUJssmPC5W//YWy1tueWjz89o8+lPf8o&#10;hxNXUiTeg9j0xRefp6amVq5cOTwHm722ikDNmjWtMkU7thKAzHT33XdP8n774IMPnnjiCVS31b3A&#10;NB4g0ztA3AjMMXLnVY4cOa5evekJmMHlP70lARIggQAkcP78eVu9EmITHpY9efIv2g3hBgqZQJQL&#10;vrp16ybklRdeeEElQjm/hSRHWFYmA3lEOidUF49jE1sgR9MgiAn+w0mhGXk1KOgsFnANHTrUq1r+&#10;LWzTLbN/O8XWw4pAZEpKiuwwHqyDL6lnz54tW7ZskFJI/Kjhpb2ro7Jlj8pVOKZS8+xVWuWomZlm&#10;5Z8JPT+Zs7PfoGF169bT0zuPz+3TY4RlSIAEbCXA89RWvDQeaAS0J3xycnJUVFSvXr0Cze2g8wfq&#10;dND5TIdJgARcEnj22WdNntHz589PS0tD7I8GYa++jTRpEv/330tU1tavXzdgQP///a9rx46Pag8l&#10;dBaR9QbFsCMLQ4XBqjHoUBCPIMqo3ho4cCC6oEoWLgo7pzSSTVgVAeQVH43uIyYLGhN6eujQoUGD&#10;Bindc9kXZdeUC7jcddzwSWRVBw074FXF4PLWq66hcHD1Lri8VY2FR+dDTWlKO7Hr6Nhm2ctUyFqs&#10;7MVdGy8d2hsRGRVT8a6o7HkvbJhcsPPXOW97SOd89chOpx0WIwESsI8Az1P72NJyABLwOOE3btxY&#10;unTpfPnyBaDzdIkESIAEfE/AjNKEaKYNGzbMmzcP4UKxsbGWK00nTpyAzWeeeRpLLqTxnj1fe+SR&#10;jtqgkGL5yJEjUI6gH6kWi0mlSfUWNCb9SpPlw+Txw8vyFn1sMLg6GFzeejuUwdW74PI23JUm9B9i&#10;EyKbclarn6tRa/x5OXHP6cVTr6acLPjkd/plpqATRL09CVmeBEKDQFBfoENjCNgLXxLwOOERm3zq&#10;1CncgVy5csWXjrEtElARiIyMJBMS8DsBXBKReNGwGwUKFKhbt26HDh08rqb3eHFW+iBimvC0oq1b&#10;t/TvPxBPx05KOjFo0BBtP5EMu2jRoiKKB+vg6tWr17NnT+hKWBH26KM3wqBktI7zWwgIateuHWrJ&#10;hlDGN6maveJjeLz8WDG4Ohhc3no7rMHVu+DylkqTgwCeQ5f03ZN5Wjyao2Ktsyv/PPfv0oKdv/VK&#10;ZqLS5O1ZzfIk4BcCQX2B9gsxNhrUBDjhg3r46DwJkECoEvDq4gyl6eWXX5k164/jx49//PGYvHnz&#10;PvLIQ1OnTi9cuLA2H7F2DGXEQjnsiGVuohYUMWRckkqT81soI1eTCYEJsVpTpkwRFW0dGq/42OqJ&#10;TcaDq4PB5a23QxZcvQsub6k0ZRLIEJs6RxcqlX4pDTJT9gp3hPY09bZ3LE8CoUEgqC/QoTEE7IUv&#10;CXDC+5I22yIBEiABnQS8ujhDaSpfvvyHH37866+Tjx07irCmIUMGFSlStEePl3Q2F3TFvOITdL2D&#10;w8HVweDy1tv5EFy9Cy5vvVWa/PDsOW+ni7HyiGDKfU+f6ELVirw434DMZKxR1iIBEiABEiABEiAB&#10;EiABEiABdwSEzIQIJuRjwrPkIDOtXLnS7ifccThIgARIwMcEQlZpAsd8bQYV+d/UrIUq+pgpmyMB&#10;EiABEiABEiABEiABEiABZwJCZsJxvN5zT3NEM33//Y9vvNGHrEiABEgglAiEstIUSuPEvpAACZAA&#10;CZAACZAACZAACQQ7AWU+pj59+mLRnMcMTcHeZfpPAiQQhgSoNIXhoLPLJEACJEACJEACJEACJEAC&#10;JEACJEACJGALASpNtmClURIgARIgARIgARIgARIgARIgARIgARIIQwJUmsJw0NllEiABEiABEiAB&#10;EiABEiABEiABEiABErCFAJUmW7DSKAmQAAmQAAmQAAmQAAmQAAmQAAmQAAmEIQEqTWE46OwyCZAA&#10;CZAACZAACZAACZAACZAACZAACdhCgEqTLVhplARIgARIgARIgARIgARIgARIgARIgATCkACVpjAc&#10;dHaZBEiABEiABEiABEiABEiABEiABEiABGwhQKXJFqw0SgIk4BsC6enpvmmIrZAACZAACZAACZAA&#10;CZAACZAACeghQKVJDyWWIQESCFACkZGRAeoZ3SIBEiABEiABEiABEiABEiCBsCRgVmlavHhxpevb&#10;6NGjwRB/7dy5U+xoIJXFLMTulU3ptnLHQmdoylYCylETE0//5tU80W+WJe0gwPPUGFUlN3FB9tfG&#10;080r8pzwXuFiYb8T+OWXX+Skld/93F1zeDXw+3jRAcME/HtxVraOOy9VL5zvvJTnmvbtmGEgFlbE&#10;FUPj4qB93TBwVdFuzsJ+aZvq3Lkzrp+yDIYVR1xW8eMIOl/hjfGRXdAzM10WNtaunlpmTi499i0s&#10;Y+BMcXmC+HJGmVKaMP+6du2KboutZ8+eSpr+vb3RM67Sc7mjpxbLBAiB2bNnu5x4AeIe3bCKAM9T&#10;YyTFCTJ06NBu3boZs8BafiHACe8X7GzUAAHM1X79+snPYl9+eTXgLauQgEkC/r04yxOtadOm7jri&#10;8s4r8G/HZs2a1bBhQ7yaHCCd1X3cnDuv7r///pkzZ8p3Mb444rKwv0bQwiu8VzPT9/01fHLpnHJW&#10;FbNq6vqSsCmlady4cRgbd/iUErvURJXy7fr164WOqJTnpbIoD0LiFQf79u0r2hL7d911l/xT+a5V&#10;w0k7QUfAefLgiJx7MuYO/WrTpo23kVBBR4MOkwAI1KlT5/Dhw9jRvpA6vyuutOLSqryYy2uvS4Pa&#10;l3qedJyTJBB6BJQCk9gXn7D4kia+8rn8rV71vQ7lxZHQ48MekYBNBFQnkfjUFlEPyi+6Lm/HlB/H&#10;zp/1Njnszuy0adO+//57vCoLOPdOfi1R3Tlq3E7KO0elZZfN4XoFsyKqSHWbaRONRx99dNWqVdL4&#10;lClTcMRlH+UI4l2ln8rvaTY5KZpQGXe+K1fdaqG86pKuMTPlJwWMSP6qaaz9aWJH33WeXO7GSylT&#10;WOiet2eKy/kvLxRix+PYmfTfuNKkZ4mcdA6qrfh1HeKU88GBAweKg5hhPXr0ECXlQVx9cASSFk5C&#10;WbdYsWJ///23sgpuqAywEKv/pKrFbzkGGPqrCr7LiguBGD6XkwfHxdybOHHi2LFj8aeYt5hOqhA8&#10;f/WC7eohwPNUDyWXZfADSIkSJfCW9oXU+V15QqkurfLa69KgxqVenoOG+xI+FTnhw2esg7qn+PzF&#10;dzbllyjlJ2y7du1wByg+cOvVq6fsKS4v+JqHwtDBRRV8QIuAkaAGQudDnoAfL87yS684Tdx9Rmt/&#10;0VV9JTZ/G2V+xIG0ZMmSsIOwJmWQgbgfVH4D0f6er7xzdL7CSD9dNocbcrSO5vDFRpSUX3XMd1DD&#10;QocOHYQcj1fsK4dD2R1pQeWnRjctcdv5Ci88VF29cdB5Xrm8pLu8BZOfFPi8UH5S6Pw0saSnhk8u&#10;d3PSjvlj4EzRo43oHDvjnFMU26lTp5KSkvbu3YvHOXncduzYgQBO52IVK1bEWzjuvGPs4M8//wxT&#10;YlNZVhpU7Xv0H9ZEGShW2MersCArbty40aMRFvAXATkZpAPKI/rnnr/8Z7s6CfA81QlKVUxeMyVA&#10;7Qupzsus8iwzUMX5tDXWuxCuxQkfwoMbwl3DvJVfCOVpLr8l4i3nr4XyGiW+fT3xxBN9+vQJYUTs&#10;WrAT8O/F2dsvvca+Etv6Ge3urgonPr5OYHrgVV4ETPqv/AokrjBy89ict7eTZm4b4RsufeICKO9D&#10;xdVS6YbLmxpRQHUh1X+WeXWTq7rCqxp1OViqS7rGfRk6Lj4+XH5SCBrOnybaPfW2d5K5irzHUfA4&#10;UfWMiE5vPU5djzqJdEa7pFcfxx6dNx7TBKVT/hhlXOjyVBMCHsKgbP2lCzMbP7Yj4ZRzjj1P3vF9&#10;EiABHxHgeeotaLnsHBW1L6QGLrMGqnjrf5iX54QP8wkQXN3HlzREJSjTI8B/ESQuvlk5B4yr8mIg&#10;lAA/AjOuPLjGPTy95cXZ2nHHghWke8O5j1fl4hWTrbjLvGNTc8a8xVw6dOgQrp941Ui/pWFcT4Ih&#10;Y74pa6mu8Hoa1X9JFx1390kh3ND+NDHfwaCwYGbqyge4ucs6rySgf+z0cHOhNOl/ajgiG5W5ZjVy&#10;cIg0b/gWgnUc8puE80GZEE6WPHr0qAiqVH2DkX1TVtHTYZdl5MeGYQus6HcCzpPH7y7RAWsJ8Dw1&#10;zFP7QuryXe1LqzuDLi/1ht0O84qc8GE+AYKr+7hTcnYYl5Evv/wSiyNUb7nM/osl7crlM8HVfXob&#10;VgQC4eJsye0PRs0qO8YmgFg1JuIJsMnVZC69cvc9X+N2UuWVx+ZU5eGSSAqMO1xxk4sbdWvjEnB5&#10;HDRokLxIat/LqK6cvkyjLq/w+hvVf0l390mhHA49ZYxNQpefXHJSadv02b2nx6mr1EmcTx9cssQp&#10;JteHavdL/9h5ZO5aaUJ4lceaKAA/cG6IXDnYNBLfHDlyRMjV+M4hLTsfRP+xsFNZEtnRMLlxRKz2&#10;d96QzklUcVfAXUdkOgDhPGKa9HSZZQKWgPPkcecqPsmYETxgx9H5Y14c4XlqZsi0L6Qu39W+tLoz&#10;6PJSb8bzcKvLD6ZwG/Gg7q/8mRTXZ3y1FelslZ+w+KhFytvatWuruikvL/KnR3GFRzFjP+wHNUY6&#10;HxQE/H5xlqlkhOSh/Rmt/4uu4dsoS0YNOWLQL2kK++JxbC69cvc93/mLh/MVRjThrjlpWU/EhyUd&#10;l0ZwecRFsm3btuKI9r2Myk933bTKQ5dXeJ2Nuruku5yZ7j4p9HyaWNJZwyeX/ntPk356daaYPKmt&#10;/TiORJom2XkITFevXj1//nzhwoVjYmJMQpHV4TEC7RgUbRVP2iEBEiABnxHA7yRYwiyewKC98VLv&#10;iRDfJ4HwIoBbYjwrR8/VI7y4sLckEHgE9H/WB57v9Cj0CfDTJEjHWB3ThKVz0dHRx48fD9L+0G0S&#10;IAESIAHzBPCIE/GzhioW1bxlWiABEggHAogOQMg5FoaEQ2fZRxIIUgL8rA/SgQsrt/lpErzDfVNM&#10;E7qBmKa0tLTU1NTSpUtnzZo1eDtGz0mABEiABEiABEiABEiABEiABEiABEiABHxMwEVMU1RUVLZs&#10;2bAg+dq1az72hs2RAAmQAAmQAAmQAAmQAAmQAAmQAAmQAAkELwG3SlOOHDm2bt2K+Kbg7Rs9JwES&#10;IAESIAESIAESIAESIAESIAESIAES8CUB9eo5tI1QJrGG7sKFCxcvXsyVK1fRokWRvAkpnHzpGdsi&#10;ARIgARIgARIgARIgARIgARIgARIgARIILgIulCY8gQ6b0JuuXLkCvenMmTPB1St6SwIk4HcCeLAA&#10;nmLpdzfoAAmQAAmQAAmQAAmQAAmQAAmQgC8JuFCa0Lyz2ORLn9gWCZBACBA4evQowiFDoCPsAgmQ&#10;AAmQAAmQAAmQAAmQAAmQgH4CrpUmUV+lN+k3ypIkQALBS2Djxo21atUy7/+RI0eKFStm3g4tkEDo&#10;EcDT3z12qkePHh7LsAAJkAAJkAAJkAAJkAAJBCABLaVJJTYFoPd0iQRIwHICVJosR0qDJKAi8Omn&#10;n/br108Dy9ChQ19++WVyIwESIAESIAESIAESIIFgJOBBaRJdksFNwdhD+kwCJOAVgX///fe2227z&#10;qorLwoxpMs+QFkKVwCeffNK/f3+N3g0ZMkS7QKiSYb9IgARIgARIIOgInD59Ouh8psMkYDcBXUqT&#10;dEJITnb7RPskQAJ+JGCV0pSYmFi8eHE/doRNk0DAEhgzZsyAAQM03Bs8eLB2gYDtGh0jARIgARIg&#10;gXAjQKUp3Eac/dVDwDulSY9FliEBEghqAhs2bKhdu7b5LlBpMs+QFkKVwOjRo5GGKTZjU/XxfMaG&#10;RE4DBw4M1e6zXyRAAiRAAiQQSgSoNIXSaLIvVhGg0mQVSdohgRAhQKUpRAaS3QhgAmlpaZs2bYKD&#10;BQsWrFmzpvBUaEziOA7irQDuQWC5hhCwxx9/vFKlSoHlVsB7M3PmzKlTp8LNsmXLMobO2+GS9PLm&#10;zfvRRx95W53lQWDZsmX/93//N2nSJNLwioDgJqrcddddTz31lFfVWVievG+99ZZVHxxUmjivSMCZ&#10;AJUmzgoSIIGbCFBp4oQgAd8QkHpTo0aN0OLKlSupMRkg/+yzz6KWhTcMBnwI9iq9evV66KGHmjRp&#10;Euwd8Yv/EDrvuece0vMW/s6dO8eNG5eSkkKlyVt0UJoWLFhAddhbbqI8Jt77779v+UcGlSZjw8Fa&#10;oU0gKrS7x96RAAlYSOC1jM1CgzQVSgQCfG4EoHtZs2atW7cuYpegMWHDTrNmzQIzlEmoOYG54TYV&#10;QSWB6ZvwKpDpCQ8BsHDhwoHJMPDpQSshPQOTBzLTCy+8YKCiz6oE/tzzGQoDDQUsvRUrViAQzKpQ&#10;JgNk9FQJwG8sSrcD3D09hFnGNwSoNPmGM1shARIgARJwEND5BcXaYvrRW9uuTmv63dP53d3aYnTP&#10;JQGdkAOfHuIj4KTH+y6d/bW2WIDTAzr0F09rJT3lSOmZA3j+5t133+2RmzCrx6DlxQJ87u3btw9Y&#10;EI3o0U/SUyGCNPz3338DCzbEN2kD1EkPy97XZWz79+/XMGj5VwKdBq0t5nHKyQL+ale/hyxpNwEq&#10;TXYTpn0SIAESIAEScEEAq+fwxTQpKQmr57BhZ+HChXglLBLwGQHcaP3+++9chmMMOFbMIaQON65I&#10;+2LMQtjWglCCHGHiNh7LD8OWg7GOi4mHDRnWOPcMMGzfvj3oIbJpzpw5Bqorq8gPbvk5jo91fLib&#10;NMvqJBAaBJinKTTGkb0gAcsIaORpEr9OfPzxx3oa47Pn9FAKpTKYHjrnhl96HVDuBV1GcNwQBnIu&#10;Ffywj2U4OuMjfD/9ApaeSJQT4NmsA5aenEgQSvDA1vvvv9/3U8tji4FPL5A9DGTfxNBz7nk8BZwL&#10;QJvbu3fvK6+88u233+Jdw/nUoTF5fLIH1sgb8BBVAuobi3MXAtw9Y8xZyw4CjGmygyptkkAoExDZ&#10;mpizKZTHmH2zmcDYsWPxdDn8BCofPIcGY2NjkaRJHEQBm10IHfO4G0RQCTK8ilVg3PQTQL4SoBOr&#10;SMRNFzf9BLD+S6BDlcCUmfT3hSWDiwDOVs49w0OGs1Vc97CGzrDMhNb5OW54CFgxfAgwpil8xpo9&#10;JQFdBDzGNCmtaMSwMKZJF24WCksCo0ePHjhwoEbXBw0apF0gLLGx0yRAAiRAAiQQEAQ8fkyjQM+e&#10;PQPCVzpBAn4iwJgmP4FnsyQQhASgK6m2IOwEXSYBEiABEiABEiABEiABEiABErCRAGOabIRL0yQQ&#10;jAQ0Ypq86g5jmrzCxcJhRUBPTBN/Cw2rKcHOkgAJkAAJBBEBfo4H0WDRVX8RoNLkL/JslwQClACV&#10;pgAdGLoVQgTwDdVjb6g0eUTEAiRAAiRAAiTgFwL8HPcLdjYaXAS8UJrefffdP/74o27duuPHj5ed&#10;3LNnT8eOHe+77z68a6DnIoeiVU/otNaage6wCgn4mMDjjz/+5ptv1qpVS9Xuxo0bhw8f/tNPPxnw&#10;h0qTAWisQgJeEeBvoV7hYmESIAESIAESIAESIIHgIuB1nqZ169ZNnTo1QDoJeatevXpQuwLEH7pB&#10;AkoR1iMN81MXMlO/fv2gKynbwp84iLc8OsACJEACJEACJEACJEACJEACJEACJGAtAa+VpmLFir33&#10;3ntWOYFoJqsCmuCStdas6iPthCEBSEivvvqqSgBSccC7KGNSbEI009ChQ5Vik5CZcNA50CkMB4Jd&#10;JgESIAESIAESIAESIAESIAES8DEBr5WmZ599Fi52797dpaMId0KQkdxEGSxqU0Ue4U+x0g2vYkds&#10;MCvqYgebfMudWazmQy0s33Np7YsvvpCeKBf3iUaV7/oYOpsLeQLly5dXCUCqLks9CCVN0lCKTZSZ&#10;TMJkdRIgARIgARIgARIgARIgARIgAZMEvFaacFvbtWtXd2vojh07tjZjmzx5slCO8CrEKRnfIRbf&#10;iYPKDYVhFhVRvXXr1tiX77o0iwgm5IdCGVRxDoyCtDRx4kRhbcyYMdCklGLTkSNHUFHlp0mUrE4C&#10;SgLO0UbyXcv1INlWQEUzFS9enFOCBEiABEiABEiABEiABEiABEgg3Ah4nREc2g2iMBATBLEGSo1G&#10;RnChHKEMmCK2SKYSF5nFxXGZw1vYgYb1/PPPizFwl95baVaYEi5pW1OWlM6LhpQGw2342V+7CTiL&#10;SpbLTKILwix2zK+bQ0bwIkWK2E2G9kkgnAmIH2O0N3wmeirC90mABEiABEiABEiABEggEAkYVJqW&#10;LVuGFDMIKXrqqadUz54Two3sq1CUlOoSVCf5rDopJyHQCemf3nnnnfbt24u6sJOYmCiDlTTMOitN&#10;ztbEEQQ3NWnSRKVhUWkKxIkZQj4ppSVbZSZoTMBmPqyJz54LodnHrpAACZAACZAACZAACZAACZCA&#10;rwl4vXpOOAi9BmoR4onEMjSxIS4JKhLkIbGADkFM8q0WLVpgH3KPWDon/tS5aZjVaYHFSMCPBOTS&#10;Nkx+8zKQc0eU6pXGkj0/EmDTJEACJEACJEACJEACJEACJEAC4UPAoNIEQAhTwnPoENkkYYlMTC6f&#10;rQ5lCm/9mbGhlvhTuRUuXBh/Ih+TPAjFSuxrmHU3TuKpW0prwohzu+Ez0uypHwkIAWjSpEnml7ap&#10;euEcJEWxyY8DzaZJgARIgARIgARIgARIgARIgASMK01g51JU2rx5M95C+IZyDR2OIAYKR7C1bdvW&#10;mTs0IChQyOEtHvqOB8Mpo6VwxKXZokWL4i1VSRxB2iZEVElrWOuH8CskgeJ4k4C/CEAAwlJQoYFa&#10;uA0fPtxZvRJiE96ysCGaIgESIAESIAESIAESIAESIAESIAE9BEwpTWINnWwGKZbwJ/QdrKFD7JJy&#10;9RzKyBVzLVu2dOmZSMmErE+ofvToUVldw6xIH464KpF6SbmNHz8ezghrKKDMNa6HC8uQQFAQ+Omn&#10;n1yqVziIt4KiC3SSBEiABEiABEiABEiABEiABEgglAh4kRHcx92GeISnpEMw8nG7bI4EwpwAM4KH&#10;+QRg90mABEiABEiABEiABEiABEjADAFTMU1mGnaui2fAyYNi9RwebGdtE7RGAiRAAiRAAiRAAiRA&#10;AiRAAiRAAiRAAiRgH4EAUprQSax0ExuW4E2ePJkJvO0beFomARIgARIgARIgARIgARIgARIgARIg&#10;AcsJBO7qOcu7SoMkQAJ6CHD1nB5KLEMCJEACJEACJEACJEACJEACJOCSQGDFNHGQSIAESIAESIAE&#10;SIAESIAESIAESIAESIAEgpcAlabgHTt6TgIkQAIkQAIkQAIkQAIkQAIkQAIkQAKBRYBKU2CNB70h&#10;ARIgARIgARIgARIgARIgARIgARIggeAlQKUpeMeOnpMACZAACZAACZAACZAACZAACZAACZBAYBGg&#10;0hRY40FvSIAESIAESIAESIAESIAESIAESIAESCB4CVBpCt6xo+ckQAIkQAIkQAIkQAIkQAIkQAIk&#10;QAIkEFgEqDQF1njQGxIgARIgARIgARIgARIgARIgARIgARIIXgJUmoJ37Og5CZAACZAACZAACZAA&#10;CZAACZAACZAACQQWASpNgTUe9IYESIAESIAESIAESIAESIAESIAESIAEgpcAlabgHTt6TgIkQAIk&#10;QAIkQAIkQAIkQAIkQAIkQAKBRSAyJSUlsDyiNyRAAn4lsGHDhtq1a5t3ITExsXjx4ubt0EIQEdi6&#10;dWsQeUtXSYAESIAESIAESIAEAoFA1apVA8EN+mAhASpNFsKkKRIIBQJUmkJhFP3UByhN8fHxfmqc&#10;zZIACZAACZAACZAACQQfgRUrVlBpCr5h8+QxV895IsT3SYAESIAESIAESIAESIAESIAESIAESIAE&#10;9BGg0qSPE0uRAAmQAAmQAAmQAAmQAAmQAAmQAAmQAAl4IkClyRMhvk8CJEACJEACJEACJEACJEAC&#10;JEACJEACJKCPAJUmfZxYigRIgARIgARIgARIgARIgARIgARIgARIwBMBKk2eCPF9EiABEiABEiAB&#10;EiABEiABEiABEiABEiABfQSoNOnjxFIkQAIkQAIkQAIkQAIkQAIkQAIkQAIkQAKeCFBp8kSI75MA&#10;CZAACZAACZAACZAACZAACZAACZAACegjQKVJHyeWIgESIAESIAESIAESIAESIAESIAESIAES8EQg&#10;MiUlxVOZm96fP3++V+VZmARIwMcEWrRoYabFDRs21K5d24wFUTcxMbF48eLm7dBCEBHYunVrfHx8&#10;EDlMV0mABEiABEiABEiABPxLYMWKFVWrVvWvD2zdcgJGlKaHH37Ycj9okARIwBICv/32G5UmS0jS&#10;iAECVJoMQGMVEiABEiABEiABEghnAlSaQnL0uXouJIeVnSIBEiABEiABEiABEiABEiABEiABEiAB&#10;PxCg0uQH6GySBEiABEiABEiABEiABEiABEiABEiABEKSAJWmkBxWdiq4CZw4dX7eyj3LNx26cOlK&#10;cPeE3pMACZAACZAACZAACZAACZAACYQZASpNYTbg7G5gEzh8/Gz39+fc/cIPvUYveG7YnPpPf/XO&#10;uMVpV64Fttf0jgRIgARIgARIgARIgARIgARIgAQyCVinNG38qkfm9tVGa/DC4rC5R/XY0l9SjzWW&#10;IQH/EDiefK5T/+nLNh4qkCdHi4bl4muUiMmaZfriHS+Nmusfh9gqCZAACZAACZAACZAACZAACZAA&#10;CXhJwCKl6ejcYRMinhubsfUvftQiqcnLvgRIccpeATIQwefG4P/75+TpC/fULztnzKMfv9b8y3fa&#10;/DaiQ4lCuaA9jfttffD1hx6TAAmQAAmQAAmQAAmQAAmQAAmEHwGLlKZjiYdLFC8i8BVt1apW+IFk&#10;j0nAHIGUsxf/Xncgd86Ywd3viM2eVRgrVzzvwG63Y2f55kPmzLM2CZAACZAACZAACZAACZAACZAA&#10;CfiCgEVKU6069Q7PmKRa6oZAp5vX0zktsHOE/3z1FUqJBXdOFXDsWKYRF+vorhe/6a0bNjKNZlBU&#10;WVaGHcn9jJ2Nmc3BIVnnhn21gxlV5mYuG8wohiMT1kYcnjHkep98MYhsIxQIbPjvGLpRp0qRPHHZ&#10;lf1pXLMk1tDhXWYHD4VhZh9IgARIgARIgARIgARIgARIINQJWKQ0RdR6Zmz/uuugr0h9Z+NXQ9bV&#10;7Z+xnu65iFkZIhQKib/rrRUHsB0+UvzZsWOfqeUQdmQFx9/i3RmzIvA2ahyeMefmNXmwP6NYxoK9&#10;ZyPWrc0cpxsHx/Z/4MgEoRG5tOxyYG80t3ZCj0kZLSuadtEjh4eJdRTF0MXn6kWUeAAdv96HUJ9C&#10;7J81BOJis8FQ6vnLKnMXL18RGcGzRlt1tlrjMK2QAAmQAAmQAAmQAAmQAAmQAAmQgDMBC+9di7Z6&#10;G0maoO9kiE1Hjx4RoT3YJqw9nOiI13BE/Ii/bzhSom6too6/jm5cd7he21YZ+4p3H3g24xBipiKO&#10;HFVmB4f9Eg/cmyFIFW3Vtp6o4mi0Xh2hUjmOZjTr2rLLyVBC0dx1x2TTLnsEUUk44ewhpxsJeEOg&#10;9i2O5afrth/dvOu4st6vf22/lp6O7ODRWW46W1u0aLFkyRKUxKvc96ZBliUBEiABEiABEiABEiAB&#10;EiABEiAB6wlYqDRl6jvPPlBi7XoRflQvM0c4Yn5E0FJm1vD+D5Swvic+sXhzj3zSJBsJEwJXrl7D&#10;I+fS0yNeHDF3zvLd5y+mJaWc/+aPTR/+sAoEHrmniopD//79hwwZMn78eLxi/8477wwTUOwmCZAA&#10;CZAACZAACZAACZAACZBAIBOwSGnaOPf6ajhHBJEjOXjRosUibqyRcyCQWcMdRZyYFK1Vt8TN5bWx&#10;wf71BXVH587KDJLKaDRT5nIczYhvcmG5SPESmVFWERvXKwKsNJt07lEgDyx9CyoCWCLX7b3ZePAc&#10;vD519uIbnyxs0OXru57/YdT3q6BAdbj7lpaNyqs6BGkJAtNvv/1GmSmohprOkgAJkAAJkAAJkAAJ&#10;kAAJkECIE7BIaapVNFEslOvhSJ70tmPFW61n+j8Qkbl8LiN7U617M/+elFjMRUwTFt89V+x6eZEh&#10;XHOr9QzSPU1wNDkpom7m6rmMRrF8L8MRZIkSqZKcLTtW1om6PdZHXK/rqUHnHrmukZEdnRnBPeJk&#10;gesEhMyEnN9RkZEf9bzn7S6Nm9QqmSMmGiFOLRqWG92r+eDuruOVIDbNnz+f0UycSiRAAiRAAiRA&#10;AiRAAiRAAiRAAoFDIDIlJcUrb3Bn+/DDD3tVhYVJgATcEcAque7vzxEy0wevNnOOXfIWHaKckLbJ&#10;21rK8hs2bKhdu7YZC6JuYmJi8eLFzduhhSAisHXr1vj4+CBymK6SAAmQAAmQAAmQAAn4l8CKFSuq&#10;Vq3qXx/YuuUELIppstwvGiSB8CDw2sd/WSgzhQcz9pIESIAESIAESIAESIAESIAESCBwCVBpCtyx&#10;oWfhQKB7+9pxObJaEs0UDrjYRxIgARIgARIgARIgARIgARIggQAnQKUpwAeI7oU4gTpVis4f28n8&#10;orkQx8TukQAJkAAJkAAJkAAJkAAJkAAJBAkBKk1BMlB0M3QJ5IrNFrqdY89IgARIgARIgARIgARI&#10;gARIgATCiwCVpvAab/aWBEiABEiABEiABEiABEiABEiABEiABOwjQKXJPra0TAIkQAIkQAIkQAIk&#10;QAIkQAIkQAIkQALhRYBKU3iNN3tLAiRAAiRAAiRAAiRAAiRAAiRAAiRAAvYRiExJSfHK+vz5870q&#10;z8IkQAI+JtCiRQszLW7YsKF27dpmLIi6iYmJxYsXN2+HFoKIwNatW+Pj44PIYbpKAiRAAiRAAiRA&#10;AiTgXwIrVqyoWrWqf31g65YT8FppstwDGiQBEggoAlSaAmo4gssZKk3BNV70lgRIgARIgARIgAT8&#10;ToBKk9+HwA4HuHrODqq0SQIkQAIkQAIkQAIkQAIkQAIkQAIkQALhSIBKUziOOvtMAiRAAiRAAiRA&#10;AiRAAiRAAiRAAiRAAnYQoNJkB1XaJAESIAESIAESIAESIAESIAESIAESIIFwJEClKRxHnX0mARIg&#10;ARIgARIgARIgARIgARIgARIgATsIUGmygyptkgAJkAAJkAAJkAAJkAAJkAAJkAAJkEA4EqDSFI6j&#10;zj6TAAmQAAmQAAmQAAmQAAmQAAmQAAmQgB0EqDTZQZU2SYAESIAESIAESIAESIAESIAESIAESCAc&#10;CVBpCsdRZ59JgARIgARIgARIgARIgARIgARIgARIwA4CVJrsoEqbJEACJEACJEACJEACJEACJEAC&#10;JEACJBCOBKg0heOos88kQAIkQAIkQAIkQAIkQAIkQAIkQAIkYAcBKk12UKVNEiABEiABEiABEiAB&#10;EiABEiABEiABEghHAlSawnHU2WcSIAESIAESIAESIAESIAESIAESIAESsIMAlSY7qNImCZAACZAA&#10;CZAACZAACZAACZAACZAACYQjASpN4Tjq7DMJkAAJkAAJkAAJkAAJkAAJkAAJkAAJ2EGASpMdVGmT&#10;BEiABEiABEiABEiABEiABEiABEiABMKRAJWmcBx19pkESIAESIAESIAESIAESIAESIAESIAE7CBA&#10;pckOqrRJAiRAAiRAAiRAAiRAAiRAAiRAAiRAAuFIgEpTOI46+0wCJEACJEACJEACJEACJEACJEAC&#10;JEACdhCg0mQHVdokARIgARIgARIgARIgARIgARIgARIggXAkQKUpHEedfSYBEiABEiABEiABEiAB&#10;EiABEiABEiABOwhQabKDKm2SAAmQAAmQAAmQAAmQAAmQAAmQAAmQQDgSoNIUjqPOPpMACZAACZAA&#10;CZAACZAACZAACZAACZCAHQSoNNlBlTZJgARIgARIgARIgARIgARIgARIgARIIBwJGFSamnSf/GCf&#10;GRJY1/f/wpHNu5MMIPzgx/Wo+83srfiHHfxpwIhNVR5WbHv27LGpFavMKr2dOXOmGbMwFfj9NdNB&#10;1iUBEiABEiABEiABEiABEiABEiABErCDgEGlyQ5XAtPmyJEjf/vtt6effnrEiBGB6aHSK+Ft7969&#10;v/nmG0u8peRkCUYaIQESIAESIAESIAESIAESIAESIIEwIRBAStPTbaouG9/x9U51AhD9/ffff/Lk&#10;yWAJ84mPjwfDYPE2AIebLpEACZAACZAACZAACZAACZAACZAACRgjYL3ShDV0WAQn/mFVHdxSHpFr&#10;7t78/B9RZuriXcJ1uXruz5X7RV1RwLmKOI7yqCXbgkFjCLyt1a9fP7FO7aOPPhJ1V6xYIY4gkkgG&#10;AUHoEQe7d+8uismKJpe2eXQY9gsUKFC+fHmU9OiGMmpJFcGEP2GhT58+oqc+899jB1mABEiABEiA&#10;BEiABEiABEiABEiABEggMAkYV5qSTl+UKs+2fcmiexCVnh+58I5axRGd1P+ZhjgOAahGhYL4E/+e&#10;e7A6aiETE0SipRsTRbFby+Z3iebEqfN4F2VQRWRxcq4i1CU0hJLDX7zdPsSQkKpUqSK0m6FDh2KF&#10;Grbly5eLuKGvv/4ay+twROkAVtuJtWz33XcflBqoP/nz5xcVESFlk6tQhSAPrVq1avz48aIJM26I&#10;HqEXvXr18o3/NmGhWRIgARIgARIgARIgARIgARIgARIgAd8QMK40FcyTXehHSrVo/X/H4TckIYhQ&#10;Q75ahX3oREKBwpEJ0xMcR1LOC2Xqrjql8FqljGulSShQ4vVEykWNKmjIvjziQruBqASBSQwJNBcR&#10;rIT9Y8eOIaAJO0I8gt4kyuAgVtuJulCpkpOTq1WrBiNWpU9yNzmgCmHbvn275W74xn/fTHq2QgIk&#10;QAIkQAIkQAIkQAIkQAIkQAIkYBMB40qThkPtm1aUItTEt5oj8giBTjiI4CNru4E4JmETS/CUz8Kz&#10;sBURlyRDhBDEBLVIhCZhhZpGQ3hXFMMGlQrxUCJECNqTEKds2tAQZC8paVnlhs/8twkLzZIACZAA&#10;CZAACZAACZAACZAACZAACfiAgMVKU51bCsPppf8eEq5jyRuimURYU6uGpRP2nBTHRaSS+HP7/syV&#10;d9q9dVeldaMyULV8QEo0gSAmLKPDjohawg7Sb2NHiEcyAZM46JyPCUFPkIF27Nhhq8NoBU1DFNPj&#10;BqSoLVu2KJ1X+YYuyyO+8d9WODROAiRAAiRAAiRAAiRAAiRAAiRAAiRgHwGLlSakZEKQkUzhJJbL&#10;IdcSXhHWJEUlPGYOyhECkbCkDvmY9HTPZRWZNRwWXuhQS48dk2Wg3Zw4cQJxSbNmzZIxTdBfPvzw&#10;QxzcuXOntN+7d2+RIFzkDpdr7rAjF9mZdEajOvQsZGhCAY9uII2U8FPpvLTcuHFjdM33/ttHhpZJ&#10;gARIgARIgARIgARIgARIgARIgATsIxCZkpJin3WbLCMrE1QqSFoIaLKpCWNmEUaE3Eyq1ODGTLEW&#10;CfiLwIYNG2rXrm2+9cTExOLFHSozt/AhsHXrVsjx4dNf9pQESIAESIAESIAESMAkASwPqlq1qkkj&#10;rB5oBCyOafJN9yAzIR95oMlM6Pu0adPE2jpuJEACJEACJEACJEACJEACJEACJEACJBCGBIImpgn5&#10;nrD+TowQZKbpIx8InNHq3r27yNmEjQFNgTMu9MQYAcY0GePGWiDAmCZOAxIgARIgARIgARIgAa8I&#10;MKbJK1zBUjholKZgAUo/SSDYCVBpCvYR9KP/VJr8CJ9NkwAJkAAJkAAJkEAwEqDSFIyj5tHnoFw9&#10;57FXLEACJEACJEACJEACJEACJEACJEACJEACJOB7AlSafM+cLZIACZAACZAACZAACZAACZAACZAA&#10;CZBAaBKg0hSa48pekQAJkAAJkAAJkAAJkAAJkAAJkAAJkIDvCVBp8j1ztkgCJEACJEACJEACJEAC&#10;JEACJEACJEACoUmASlNojit7RQIkQAIkQAIkQAIkQAIkQAIkQAIkQAK+J0ClyffM2SIJkAAJkAAJ&#10;kAAJkAAJkAAJkAAJkAAJhCYBKk2hOa7sFQmQAAmQAAmQAAmQAAmQAAmQAAmQAAn4nkBkSkqKV61W&#10;fmaeV+V9XHjHVy193CKbI4EQI7Bhw4batWub71RiYmLx4sXN26GFICKwdevW+Pj4IHKYrpIACZAA&#10;CZAACZAACfiXwIoVK6pWrepfH9i65QQY02Q5UhokARIgARIgARIgARIgARIgARIgARIggTAl4HVM&#10;U5hyYrdJIGwIMKYpbIba+o4ypsl6prRIAiRAAiRAAiRAAiFNgDFNITm8jGkKyWFlp0iABEiABEiA&#10;BEiABEiABEiABEiABEjADwSoNPkBOpskARIgARIgARIgARIgARIgARIgARIggZAkQKUpJIeVnSIB&#10;EiABEiABEiABEiABEiABEiABEiABPxCg0uQH6GySBEiABEiABEiABEiABEiABEiABEiABEKSAJWm&#10;kBxWdooESIAESIAESIAESIAESIAESIAESIAE/ECASpMfoLNJEiABEiABEiABEiABEiABEiABEiAB&#10;EghJApEpKSn2dWzLli32GadlEghDAtWqVbO71xs2bKhdu7b5VhITE4sXL27eDi0EEYGtW7fGx8cH&#10;kcN0lQRIgARIgARIgARIwL8EVqxYUbVqVf/6wNYtJ2C70tSoUSPLnaZBEghPAitXrqTSFJ5DHyy9&#10;ptIULCNFP0mABEiABEiABEggQAhQaQqQgbDWDa6es5YnrZEACZAACZAACZAACZAACZAACZAACZBA&#10;+BKg0hS+Y8+ekwAJkAAJkAAJkAAJkAAJkAAJkAAJkIC1BKg0WcuT1kiABEiABEiABEiABEiABEiA&#10;BEiABEggfAlQaQrfsWfPSYAESIAESIAESIAESIAESIAESIAESMBaAlSarOUZTNYecrUFUwfoKwmQ&#10;AAmQAAmQAAmQAAmQAAmQAAmQQIARoNIUYAPiQ3d+v7598MEHct+H7bMpEiABEiABEiABEiABEiAB&#10;EiABEiCBUCNApSnURtTb/uChkq+//jpeva3I8iRAAiRAAiRAAiRAAiRAAiRAAiRAAiSgIkClKayn&#10;xO7duz/55BMgwCv2w5oFO08CJEACJEACJEACJEACJEACJEACJGCaAJUm0wiD1sDJkyeHDx9++fJl&#10;9ACv2MeRoO0NHScBEiABEiABEiABEiABEiABEiABEvA/ASpN/h8Dv3hw6dKlUaNGJScny9axjyM4&#10;7hd/2CgJkAAJkAAJkAAJkAAJkAAJkAAJkEAIEIhMSUmxrxtbtmxp1KiRffZpmQTCisDKlSurVatm&#10;d5c3bNhQu3Zt860kJiYWL17cvB1aCCICW7dujY+PDyKH6SoJkAAJkAAJkAAJkIB/CSBlcNWqVf3r&#10;A1u3nABjmixHSoMkQAIkQAIkQAIkQAIkQAIkQAIkQAIkEKYEqDSF6cCz2yRAAiRAAiRAAiRAAiRA&#10;AiRAAiRAAiRgOQEqTZYjpUESIAESIAESIAESIAESIAESIAESIAESCFMCVJrCdODZbRIgARIgARIg&#10;ARIgARIgARIgARIgARKwnIDtGcEt95gGSSCcCTAjeDiPfuD3nRnBA3+M6CEJkAAJkAAJkAAJBBQB&#10;ZgQPqOGwyhl7lSarvKQdEiABnxHgs+d8hjr0GqLSFHpjyh6RAAmQAAmQAAmQgK0EqDTZitdfxrl6&#10;zl/k2S4JkAAJkAAJ3ESgePHikdxcEQAZzhUSIAESIAESIAESIIFgIcCYpmAZKfpJAj4iwJgmH4EO&#10;xWYY02RmVIsVL3b82PHBwwZVqVIl7UpalGPLEhWZ+d8skdiFBhPleInA/xwvEeloMD0d/67d+N+1&#10;q9fwFzb8F5tjN+PPdGzYi3DsOPx0VHPUNeOzD+pmy5Zt145d7w0aVrhw4SNHjvigRTZBAiRAAiRA&#10;AiTgSwKMafIlbZ+1RaXJZ6jZEAkEBwEqTcExTgHpJZUmM8MCBWnYiPduq3NbTEwMRKUsUVnwT/wP&#10;GwQnHIfskjU6q+MdKE0ZG8QiKEpX0tIuX7588dIl6EvYMmSm6zuOv686NCYhOWVIUqKikJwyhSeF&#10;62gSrURHRztELdFKRDospqWlwZhzee1ew0iW6CxZs2ZFR2RJOHEFW9oVOOWhelQkim3elDC4/2Bv&#10;mzYzHKxLAiRAAiRAAiTgGwJUmnzD2cetUGnyMXA2RwKBToBKU6CPUAD7R6XJzOBAkfl16uT8BfJD&#10;fMnQlhwveIXikz179hyxOVavWP3vvxu3bN1yKvkUyjhkoPR0BDnlyZun6q231qp9W6P4RtCbLlw4&#10;Dw0HapNDasrYoERlqE+K4CahMzkpTbAZGxt77Mix1StXb9jw78mTJ9EjqE3ZYmIqVarU5I4mlatU&#10;gkHY19lTSGOQqLZu2bZ86bK9e/fCD0cMVkRkkaJF6tevV6d+nXz58124cEFbQoJKlZKS0qXTM1Sa&#10;dGJnMRIgARIgARIIIgJUmoJosPS7SqVJPyuWJIGwIEClKSyG2Z5OUmkywxUqz4+//lisWFHoKZky&#10;U5Ys0JgQXrR167ZZM2dt3Ljx8OHDJ46fcG6lYMGCxUsUr1GjRtv721avUQ1izsWLFyDrODQhh9Yk&#10;lKbrwU1ypZ0jVulGTBMcQKEli5auWrHq3w3/IpKobLmyhQsXuXjhwt59e8+cOVO+QnmEXLVs3aJQ&#10;kcKO6CixCs/NlpFtKerAvv1/zVsAa4cPHc6fP3/ZsmUhnCUmJh46dCguLq5W7VpQrxo0agDRTCO4&#10;CVWSTiR16/IclSYzE4x1SYAESIAESCAwCVBpCsxxMemVxUrTww8//Ntvv2n41K9fv+3btysL3H//&#10;/U8//bTJbqA6mh45cmT58uUNm5o5c+Y333xToECB8ePHGzaip6J5Vz224rEv3vqgGlmMI3wYOnSo&#10;9ES0KP4Uc8D5iDSiesvjrFCWb9y4ca9evTwSMF/AW0SiRdSSTcsJacyU+S4Ys0ClyRg31gIBKk1m&#10;pgGEmV9+/7losaJQfxDIBLEpZ86cF86fn/vnvDmz56xYvkIYL1miJMqUKlUKn1anTp06cODA8ePH&#10;9+/fL96t36D+vW1a39P8HsRGIVYozbFEDTLTjSAn58gm1BIKDlr89ZffZs2cjZV4d999d/PmzSFd&#10;lShR4ty5cxjZtWvXTvl9yuHEw4ic6vj4I2XKlYV0pdFfrPVL2JTw0w8/b9m0pVz5cg899FDt2rXL&#10;lCkD7QxKU0JCwuzZs5ctW5YvX772D7dveW8LDVNUmszMK9YlARIgARIggQAnQKUpwAfImHtWPntO&#10;eY/tzhtoE5AhhBKB+3DsWCIzaXceju3Zs8cjoD/++KN37942yUw6ffDopM4CLvtilQ+AeSJjk1Sx&#10;A5lJDChecbFwPiI9d35Le1bAMrojpg225ORkoXMZ26yCoNG6nNgjRoww5iRrkQAJhCeBjBzgYtFc&#10;VFxczvPnzs/+Y/Znn3wmZKaqVas+88wzA98dOHjw4Pfee2/48OHDhg0blLG98sorTZo0QZk1q9d8&#10;/tm4b77+dv++/Tly5IjOMJZhMyOzeEY+cUc6cfGasYNa4mlvy5Yum/zTZAQrvfTSS5988slrr712&#10;6623Llq06NixY0899dSHH344fMTwli1brlyxcsa0mcePHcPKOHfDlC0m2/69+6f9Pm3zxs1Nbm/y&#10;0Ucf4Xr42GOPIaYJ2aTatm3bt2/fMWPGoCEY+fH7H9esWps1a3R4Djp7TQIkQAIkQAIkQAKhR8Ay&#10;pUmPzBTg+JCQokiRIgHupE73bO3L0qVLEViEDTvCH9yH4Nd1EVCG1/j4eOcj0nONt5x7B1kKAU1K&#10;+Q+yFEQuiFk6UfirGIL1MAp6JE5/ech2SYAEAo2AQ2nKEIZyZM+Rmpo6e9bsceO+QMhSrly52rdv&#10;/+67706YMKFr16733nsvNCBcdStXrox9/GAD1eaDDz7o3LkzQoSSkpImTZz02+Tfk0+eQn4nBEdl&#10;KEyZSpMUmxzplzLzfTtimpJPJn/39fcIOHr6qafefPPNChUqAM6UKVN69OjRpUsX7CNZEux/+umn&#10;devWXfL3kg3rNmBVnkwZriSJg1h5t2D+wjWr1yIq6sUXX3zggQdQ4PChQ+8NGQL/p06Zinir2267&#10;bdSoUT179rxw/sKUX6ecPXsu0IaD/pAACZAACZAACZAACRgjYI3SZEZmwq04qmPr3r276AP2oSOI&#10;g1AZsIl9uThLHFcdlP1HwIt4Cz+iCmt47dOnj/jTuTnZqMtioi1ZBkZUnVU1J1qU+oLYV/mAMlu2&#10;bFH5Lx1z16JsSPojvHKu6NycMwdtH+RYuJxVy5cvv+OOO3CHgx1RANISVBVB2N0RPW85NwdQeOC3&#10;6vgtt9yyY8cOl6hx0OWIiIHzOBnEtFEOMVBI4JiW4k/DQVXOvrkkzIMkQALhSUCoQVgsBrlpwbwF&#10;48aOO37sONIbPfnkkz/88MMjjzyCt9yRadSo0XfffQcdBzmbUGbmjJlz5/yJEKYsePDb9YgmEbuU&#10;uV3XmfCcu7TLaSv+WQlJq2PHjrjK5cmTR7RSMWNr3bq1bBRXfjSBAqtXrtm3Z59Lf3Bw25btiGbC&#10;o/LKlSlzPjX1wP79u3fvHv7++4sWLz51OuWDkSOnTplyNvUs1CusqmvTps2uXbtWLVvFNEzhOe3Z&#10;axIgARIgARIggdAjYIHSpFJevGWEiHqx2ui+++6TUsWsWbNwBGvZoC7t3LlT7CsVllWrVomFWjio&#10;ChuRS7Ggg+AtuVJPJPdx2RyOOxfDr8SiCfggm8BvyKpEVKrmXHZfZRxlhP/KTsExjRbRTdxsiOVj&#10;CJZRtuJc0bk55w6688F5LFQ9EsFEInAJOzK2CI3+999/QiUUVZyPSFMabzkDRMdVBzEKGtPM5YiI&#10;gdMzGVRDjGmJwRLNoWv4U+cMx7SBRqZKHKZntui0z2IkQAKhR8CxeC4qS/YcOZACfPbsOYjfRDQT&#10;BKaxY8diKZye/uIa/uyzzyKyCer/nDl/bty4KUeOWBEp5UjQLVbPZS6hg9TkCGpCuNOFixfm/TkP&#10;Zd54443qNWpgB8cRdgT1at26dZ999hke/SZbf/755xs2bIgk31sTtmbNltXZK+hHeHQdcn7nzZN3&#10;3569w4e9/0iHh/q+/sZnn3/eoUMH6E3Jp1NWr1lz9sxZ8WmCpX9ITQUHoDS5DJLS03GWIQESIAES&#10;IAESIAESCBwCZpUmkzITbt3xbRgBRyJkCSl4BBokccCr0DLatWsn96Xig2/S4hsqbuYR9qIEKsOd&#10;cBALtZRvuWtONR6imBB0VE0glkdVWKM5jWEW/osOolMeW6xWrRqEMxnVJS1rVPQ4yVz64DwWznCw&#10;bk4cxI5yFRvWuEE7Qy4PedD5iLSm8ZZHz8WDt91tLkfEeeDcTQZVSUwD3OyJtiCl4U9sylTozm4I&#10;hhgv52LGZotHICxAAiQQGgQgBCH8KHtMDFKAL1/mCBpF9qUhQ4Z41Tv8/ABBB1U2rN8w9bcpSITk&#10;0K8yFtBFRmT8N0NiysjU5HjFESx2w1PtcPUrXry4bGv+/PlQmhC+VKhQoXfeeUfpAz68ICcdPXYM&#10;hp19Q3MHDx7Ily8/Psof79QJ6/vw4b7x33/Lly5z4ugxfJxNnz4dnZJtlStXDivpEPTEmCavBpqF&#10;SYAESIAESIAESCBgCZhVmmSeZrnjbVdlsAksyDtzw/mSRLZp4YzLyBeXzXnrsyzvsTnDllUVIXiJ&#10;eBxl0JBVxqUdPXAgoEi5BDtyAZ0wgtsPCDFK+cn5iGxO4y1ZRkhsqp5C8XFWjkQZr0ZET39hE4Ka&#10;WMUpJTZt8iIuzDm1vFe+WT64NEgCJBD4BCAGxcRkX7Vy9cYNG+EtkjEhBTiEHm89xwo4PDwOtbZs&#10;2bps6T/Zs8VcTweemfw7Mx24TNSU0QCutyKaSWx4DKVYp5yWlvb7778rfYA2BK/wGDvHI+tcbXir&#10;YIECD3d85M133h42YvjnX4xr1br1ngP7x0/8sk7duu+89fbyf5YhEZWoinAt9NTbPrI8CZAACZAA&#10;CZAACZBAwBIwqzSZ7JjI76NKPKTHpshFDUVj+/bt+HIsqyCISaT1EREryuPY19mcCDUSXkEdUDWh&#10;dM9lc9AvRJiVql+qACulHZ0tYnkddBzx1V9sOiuqOLgkrAcOegS8SnkRfwoVRqpLWO0IAs5HZKMa&#10;bzk7BokN+o4ybxRSHSFPk1iV5oza3QRQjZr+yYCSULWwgA6bkLcM52ly9k3m8JI7IhWUnlOAZUiA&#10;BEKQQGQkQpA2btyIpWfoXb169bB0DjsI9lm9ejUSJCEvOAKFsBgcH0w4DrFm6tSpjz766IMPPoj4&#10;Xyyyu3z5Mo7Xr1+/QYMG2MFlZ93a9Yg/ynzeXMa6ObFlZgRPx8K1dCEYKWUm/ImE35IwxCYlbbEK&#10;T4M/LCKCCsVQJmdcXLPmzUd9+MG2bdtee7VnjarVNm7Y0POVVx5u32H0Rx8fOZIYFxcnSnIjARIg&#10;ARIgARIgARIIDQL+/24nkjEpc3jrIQsVCVWwUAviizIVDuQSrHXCW8j0JGOaIFWgpEgCpbM5kZ4J&#10;drASClVU2Xakhy6bQyofUReaiyyp9MFlB7VbVIYRoctKCzpdRRWPPniEA7UF6TmUreNPHIT+9fXX&#10;X8uU20IRUx2RtTTeckkG91TwXBjHhvsroa9hc0btckSUZg1MBjH6SBflbhrombEo49E3nXZYjARI&#10;IFQJQL/JljUrFBl8kJUsWRJL5xzPcbtyBT+uQEtCUvBp06bNnj37k08+6dSp07hx4yZNmoTnwSHg&#10;aMaMGViShmfGdevW7eDBg+BTs2bNsmXLnjp1anPC5ujorCI3U4Y8dF1mEhDFErqMXVxdlevX8CtO&#10;mTJlcBwxR0jarWSOJvCEu5sN3TQmeCsxMVH+vgINKzpr1l27dg4b/v6UaVORVvxUcvKWhIRxY8c+&#10;8VinV3q8BGWNS+dCdVazXyRAAiRAAiRAAmFIIFKZ5jNY+g+5AfKKydv+YOks/VQRQNQPdEMc9OUc&#10;QCAV4gikwhXag4IlM7Vr1zbfR9xnKnO+mDdIC4FPYOvWrWFymtgxFlBn/pw/B/pOp8eeWLpkKXIk&#10;IZlR8+bNkUGpS5cuf/31V2xsLK5+2bNnHzZsGFSkWrVqzZ07d/PmzXXr1u3bt29CQsLw4cOhNOF6&#10;VbRoUWTyHjBgAGSpWrfVmjJtSvKpk4hLSkNCpowN8UrYsMbt6rWriCdKSjr5Vu+3zp07t2nTpgoV&#10;KojeoQBSPiFDU6VKlZYtW6ZcxIfQKmheXZ59umOnR86dO6+iEZsz9rOPx86ZNQe/E4jLNfI0DXin&#10;39q1a2og3XhUlp8m/1KxQoVWLVtB5Vq3Zu2///57Ie1y/gL5R348ApqUs+SEh9klnUjq1uU5qlF2&#10;TDzaJAESIAESIAH/EsD9XdWqVf3rA1u3nID/Y5os7xINhjYB3MeK5Xs+kxpx7UN8Ae+fQ3tesXck&#10;EBAEEF8UFSn0FAi1kJOwc/bsWchM0KEQ1oSFck8++eRXX331+eefI1c3ZCZE72LdHBbZvfzyywhr&#10;wnPcxPM6ke4QehN20q+lOwKaMhbLRaa7WPJ2Lf1a9uwxze5pdv78eay/u3jxoqNWejpEn1KlSmEf&#10;2pZSZvrll19wVbwFa6er3grtypkb5Kx69esWKVrkzz//XLBgAQrExMQ0vr1JmdJlpk2f8fW33yLe&#10;6rVevV7o0ePNt956pWfPfAULYBngPc3vQR8di/m4kQAJkAAJkAAJkAAJBDkBKk1BPoB032YCiA7A&#10;b/KIF7C5HZonARIggZsI5MyZM3fu3Dgk8iVBhcHPfRB9IABhVV3FihUR4oTjKCYEqYIFC7Zu3RoL&#10;05DpSchD2BwWM0SmdPdplSBFQQm64+7b8+XLh1XPWJQHsUmkYRJJu0+fPi09Q7qo0aNHQ3xv1Lhh&#10;hYrlVfmbRDEcrF6rRp26dbAcD9fP9evXw8lHOnZ88513WrRsgVWBEMU6PvpoqdKlsmbLtnX7tqST&#10;J0uWKnl7U8dSQQpNPA1IgARIgARIgARIIAQIBKXS5Mt4lhAYY3bBDAE8D5HzzQxA1iUBEvCOAGJ6&#10;MmKazpw5gyxL2MHaMUewT3r62rVrheqENXGLFi0SWZAQ8SQeE4GIpG+//RbHsQhO/InN0XRGmBDq&#10;q9zIEKAyNyygK1qsaPuH26PF999//7PPPhPG77zzzhdffPH111/HPppGgNLbb7+9cuXKOvXq1KlX&#10;OyZHjMvlbDgYmzPHXc2a3lLlljlz5vTv3x/p/JCVvHad2v369R81alSHhx6CHLZv3z4sA8QCPehZ&#10;be9vW6BgAe9AsTQJkAAJkAAJkAAJkECgEsiCBKKB6hv9IgES8AOBo0ePFitWzHzDuAHOlSuXeTu0&#10;EEQEEOoi1ltxM0Bg0KBBnZ/sjHVqU36femD/ASyOQ8Y0xC4hRAjBQZCT9u7dmzdvXmQ1Qu4kJE4S&#10;i+N2796NLEiIb8JSNeRFQqLupk2botiuXbv++OMPPJiiWPFiHR/teOHCeSRlupruyM2EDWIQFs3h&#10;n5CK8IqtSpVboFJt27ptxfIVx44fQ2QTTmGkqIMPWC4Ha0OHDF2zZg30o8efeKx8hfJXr7hYOic6&#10;jlRQuIwgSOrAvgMQyJD9DUIVYqPicsWVLVfuvx07lixZ8umnn+LpGUgU1faBtvc92BZeuYMGIQyq&#10;2cxpM999910DYFmFBEiABEiABEggkAngwSDKdfqB7Cp9008gKDOC6+8eS5IACXhLgBnBvSXG8pIA&#10;M4KbmQwIXJozb/att97aq2cviE1ItIRooB49ely+fBnPnnvppZeQGhwCLprAYjcIQP/73//wDDio&#10;TghEEjINcjY98cQT+AEJKg8eSIf4I+hTyH/0xYRxKIN04BkZwaH54MXxH6k6CaUJDmSNzvr7r1P+&#10;WfLPnt17YBDp8MqWKQsxCPnFEXkE+9VrVu/wSIeSpUqIKlr9jYyIyRqzc8euyT9P3rpl69kzZyE8&#10;Ibl4gfwFtm3fhoAm6EcQrZo2a3pPi2bY11CamBHczLxiXRIgARIgARIIcALMCB7gA2TMvYBTmjYd&#10;DsoFfcbosxYJeEWgZgm3v/l7ZUe7MJUmC2GGmykqTWZGHELPrLmzKlaq9OvPkyd8MeHAgQNPP/00&#10;EicJm0j+jQigkycdj5CDXvPUU0+VK1cOwhOWp+ExcFiMhup4CN0LL7yARE4oDwUKa9OQHfzpLk91&#10;e/45rMW7olCaMp48l6E0Xb2G1XVK2QjhUYcOHl6yaMmaVWuSTiaJ1qFt3XLLLc1bNa9esxoKI2RJ&#10;Z0+xaA6F/123ceH8Bbt270azQp+CFtbk9saN72hcsHDBixcuaotWVJp00mYxEiABEiABEghGAlSa&#10;gnHUPPpMpckjIhYggUAhQKUpUEaCfrghQKXJzNSAVPTHn3+ULVtmz+69w4cNX75sOVKADx48+KGH&#10;HnJpVkQhuXwLa9Peeuut5cuXV6te7a133qpRo/r5C+cRzuTQmhwiU8ZLhtKUKTLdHKAEs5CrorJE&#10;KXM5Yakd6mlEHmn0HdawKb11LN9zLOfLFJ60uVFpMjOvWJcESIAESIAEApwAlaYAHyBj7jGAyBg3&#10;1iIBEiABEiABiwlAfLl0+XK16lWrV6+OBWVQ7saPH6989JuyPXcyE8qgFmQmFKhZs0Z840aw6ZCS&#10;MoSlzKRMms94E1FLly9dvqTY0i6nGZOZ4A8UJawBVFrDn2jCw/o7i+nSHAmQAAmQAAmQAAmQgI8I&#10;UGnyEWg2QwIkQAIkQALaBKKzOh4zl5p6rsND7Vu2aoHCyPyNDE1eccPT4mbMmIEqDRo0aP9Qh/Pn&#10;ziPyKQvigqKjs2bNfMWitswNTeJ/2LIF8L8MX72CwMIkQAIkQAIkQAIkQAJ+JMDVc36Ez6ZJwDsC&#10;XD3nHS+W9jkBrp4zgxwaU+7cubt27/pguweLFS3655y5n4z+BI+QwwPg2rRpM2rUKI/P9btw4QJk&#10;KeQCRxgUnkz3/IvPP97pMaR2mjt33qdjPo3OEo2UTA4PHf+5nsw749FzERFYhaeZ3ttMx8zXjYzE&#10;Uj88Yo8xUOZZ0gIJkAAJkAAJBBoBrp4LtBGxxB8qTZZgpBES8AUBKk2+oMw2TBCg0mQCXoRYDReb&#10;M/aJzp0e7/R44SJF5syaM+bjMXj0b44cOW677TY8bK5z585Izu3cCpan/fjjj0gfvnr1ajwkDmVe&#10;efXlJ59+8mzq2enTZnwx9gtkBDfjW4DUpdIUIANBN0iABEiABEjAQgJUmiyEGTimgmb13Fej38Y/&#10;JbjBr3Y4ctDxGGZuJEACJEACJBAaBLDY7cfvf/p18q+nU1Jatm752uu98KQ5BCvhS9iQIUOQHXzE&#10;iBE///zz+vXrjxw5smnTpl9++eWjjz7q0KHDwIEDFy5cCJmpaLGir/d5/ZFHHwGQBX8tHD9uvFcy&#10;0yeffIIcTxANH3vsMVho2rQpgqQk27lz51arVk0/6ubNm8OgLD9lyhQRmYWE5fv27Xv++eexr5Fw&#10;Sn9DLEkCJEACJEACJEACJBA4BIJDaYKidPpUEv55Ky2ZUaPM1A2cAaYnJEACJEACwUXg3LlzP//0&#10;y/fffZ969iyyNfV+o1e79g9Cjtm/f/+sWbM+/PDDQYMG9erVCzJNz549sT9y5EgkZtq7dy+62eye&#10;e15/4/WHHu6QIzbHtKnTJnwx4XTKaa+6D4Fpy5Yt7777bnx8fPfu3Tdv3rx79+4JEybAyHfffYeY&#10;qRMnTug3WKJEiZdffhkeiirt27fHQ+heeeWVPHnyjB49GonP33zzTUYq6efJkiRAAiRAAiRAAiQQ&#10;FASCQ2lKWLekWu3G+IedoMBKJ0mABEiABEjAGAGISqeST/3y0+RvvvrmxPHjiGx6sceLvXq/1qJl&#10;CwQEQejZvn374sWLoS4tWrRo27Ztx44dK16ieLPmzV597dWXX+nxYPsHLl669OMPP/3fl5MOHTzk&#10;bcQQAqDi4uJKliyJQCrkeEJ2JIhZMPLOO+9AAhswYMDx48f120zL2JDPG9IVaODxczALpQldgNL0&#10;7bffnjp1yhgl1iIBEiABEiABEiABEghYAsGRp2n0wOce7frmqZNH5039uucgxy+r2BBz1KJdl/nT&#10;vsZ+/N0PYB87WGF3cO927Mi3sF+1dpOHu/RGeexs3bBswJgpsph4SxhEK2dSkrDz8DOv//bVB+Kg&#10;skDAjiIdCxMCzNMUJgMdvN1kniYzY6eUb7CPSJ9cuXPdd39bpAO/rfZtefLm2bpl27q16/77778z&#10;p09fu5YuykRGRSJleOXKlevVr1uterVzqee2JGz5668FU36fcuL4CVHGK69gH+oS4qcQyvTbb79t&#10;2LAB1bNnzw6FSL/AJFt85plnENNUp04dRGPNnj37s88+K1y48D///DN8+PCvvvqqQoUK5cuXnz9/&#10;vk4Pve2LTrMsRgIkQAIkQAIk4EcCzNPkR/j2NR0EStPWf5dLgQliUMv2Xare1hhEoByVKlflmZ7D&#10;sKTuyw9e7/b6B/t2JRzev1MqR6IMjhcrVV7sS0FKApUFoD3lylvAXV37BoCWSUA/ASpN+lmxpF8I&#10;UGkyg12l40iRCPpRp86doMkUL1ECMk3O2Ngs0VlkYYgvSAd+4fwFhBolJh7Zu2cPUoCvWL7CIUJ5&#10;LzPB/6NHj3766ae//vprjx49Ll682LdvXxwsVqxYYmJizpw5z58/71Ufu3btimCocuXKodbatWvr&#10;1q2L9XSvv/46oqWWLl3arl07JDt/4YUXdNqk0qQTFIuRAAmQAAmQQBARoNIURIOl39UgWD239d8V&#10;WDcnuoQd/Cm71/qhro5vwKXKQ3KCzFS2YnWELIkoJ5db9bp3iuMrFs2AxoR/2EeoFLQqREIpZSb9&#10;BFmSBEiABEiABCwnIFUVxCi98+Y7Qwe999MPPy34awEEmqWLly5ZvGTx4iV4xf7SJf8sWLjw558n&#10;vzfkvb5vvLl82XJR15gug3TgL7300saNG7HADTKTkLSwAi4hIeHatWvedjMpKQkVRa169eohQgrh&#10;UUgyVaBAASwAhN4EmclAqJS3brA8CZAACZAACZAACZCALwkEQUyT0IOUG5a/4U9lvBIikqrUaoSQ&#10;JRyH0gQhCSvgEPqkimkS8U0iBkoYEUFS+QoUlUdkQ8q6vhwStkUC7ggwpolzI8AJMKbJzAAhbghx&#10;SQbUHDONquqqwqCMRUVJm7K6hlmdTURFRSGeC4/bs7CzNEUCJEACJEACJBAIBBjTFAijYLkPgR7T&#10;BM0I8UpQheQ//ImDAoRIEI7ldYhIQkCTOIgMTZCcDu/bIf5EyJKKGo7AiKgoEjNBfsqdt6BzMJRz&#10;XcsHgAZJgARIgARIAAQgoxQpUsS/KFRhUMaiomQXZHUNszqbABnKTP6dG2ydBEiABEiABEiABPQT&#10;CHSlafvGlQhWUvYHf+KgOHI65SQij5C9G+oS1CK5Jg47IkE48nnj3d++/lBpAbFOp08loeKqv/+A&#10;wCTeQqJxWR0KlLu6+smyJAmQAAmQAAl4RQC5kKC8cHMmADJekWRhEiABEiABEiABEiABPxIIgtVz&#10;fqTDpkkgoAhw9VxADQedcSbA1XOcFSRAAiRAAiRAAiRAAl4R4Oo5r3AFS+FAj2kKFo70kwRIgARI&#10;gARIgARIgARIgARIgARIgARIgEoT5wAJkAAJkAAJkAAJkAAJkAAJkAAJkAAJkIA1BKg0WcORVkiA&#10;BEiABEiABEiABEiABEiABEiABEiABKg0cQ6QAAmQAAmQAAmQAAmQAAmQAAmQAAmQAAlYQyDgMoJb&#10;0y1aIQESMEpgw4YNtWvXNlr7Rj08K6p48eLm7dBCEBFgRvAgGiy6SgIkQAIkQAIkQAKBQIAZwQNh&#10;FCz3gTFNliOlQRIgARIgARIgARIgARIgARIgARIgARIIUwJUmsJ04NltEiABEiABEiABEiABEiAB&#10;EiABEiABErCcAJUmy5HSIAmQAAmQAAmQAAmQAAmQAAmQAAmQAAmEKQEqTWE68Ow2CZAACZAACZAA&#10;CZAACZAACZAACZAACVhOgEqT5UhpkARIgARIgARIgARIgARIgARIgARIgATClACVpjAdeHabBEiA&#10;BEiABEiABEiABEiABEiABEiABCwnEARK08MPP7xnzx7R8+7du3/00UeWU9A2qHTAx02zORIgARIg&#10;ARIgARIgARIgARIgARIgARIIIgJBoDRJmtCYGjdu3KtXryDiS1dJgARIgARIgARIgARIgARIgARI&#10;gARIIHwIBI3S9M0332BUnn766fAZG/aUBEiABEiABEiABEiABEiABEiABEiABIKLQHAoTVu2bNm5&#10;c6cymgnr6bCoDRvW04E4XmfOnCnQr1ixAn/269dPHkExHBRv4Th2ZHW8pSyGsCkcURYQCpfYUFc0&#10;KqsE12DTWxIgARIgARIgARIgARIgARIgARIgARKwlUBwKE2Qe9q2basEMWLEiJEjR/7222/33Xcf&#10;5CG8rlq1ShSAnIQ/GzZsCHEKf0IVKlCgwI4dO7CPVxzHDqojPArVYQTGZR4olMRBZQHZKOzkz58f&#10;72K7//77bR0VGicBEiABEiABEiABEiABEiABEiABEiCBYCQQHEpT7969P/zwQ6kHQUs6efJknz59&#10;EF4EnSg5ORnSz4kTJ8QA/Pfff/izWrVq2MGf0Ju6dOkiVCe84rioLtSi8uXLV6lSBTFTou4dd9yB&#10;VxEAJQrI9XqouHz5cmWIUzCON30mARIgARIgARIgARIgARIgARIgARIgAfsIBIfSVKRIESg+kJYk&#10;CBF8JLahQ4fiOJKFI+wIG3aEhFSoUCGIU9Cb4uPjpX6E48ZooqIId5Jr8YzZYS0SIAESIAESIAES&#10;IAESIAESIAESIAESCFUCwaE0gT4ijLCJLEtQjhCUpEqWhHAkLKDDJuKSsFWqVGnSpElCeML+rFmz&#10;8Cqq41VUhxS1fft2xCspB1jYF5FNqlYgeMENsRaPGwmQAAmQAAmQAAmQAAmQAAmQAAmQAAmQgJJA&#10;0ChNcFosZBMpwLGeDgvZRH5u5GnCERGshFRKMmoJkhNUpMqVK+O42JcilEjPhLqIk4Ip50AntIX1&#10;eigglt0JyUmmA+cj8HgWkQAJkAAJkAAJkAAJkAAJkAAJkAAJkIAzgciUlJSQ4YKIJyQOFyFL3EiA&#10;BIwR2LBhQ+3atY3VVdZKTEwsXry4eTu0EEQEtm7dyitwEI0XXSUBEiABEiABEiABvxPAWqKqVav6&#10;3Q06YC2BYIpp0u45JiiSgvMmx9r5QWskQAIkQAIkQAIkQAIkQAIkQAIkQAIkoJ9AiChNiGbCYre+&#10;ffvq7zlLkgAJkAAJkECwEMCi79atWweLt/TTBwSQaDIyMlI+ltcHLbIJqwhg4P755x+rrNFOIBOw&#10;+9IdsNeBn3/+uWLFimJoXszYbB0mfD4Cta1N0DgJkIC3BEJEacLj5/BgOMPPlfOWGsuTAAmQAAmQ&#10;gOUE8F0ct6CqTXxZX7hwYbNmzQy3iNtapVnDdrQr4os+WjFvHLco0lt5r2LerH8tiE6ZvBcSd5Uw&#10;hb6sXr26QoUKZr75CJes0qpwp6eyhs6GzPDpnDziRNNWkcS7t99+u8qmy7tx83NGp+d6iomz0t2E&#10;UV6+XBJQSg96mvNxGasuXyq3TV66PUJQXgdwDgbODxJLlixp2bKl8H/evHl33nmnx76YKTB37lzx&#10;DChuJEACgUMgRJSmwAFKT0iABEiABEjAGIHPP/88PWNr1arViBEjxP6uXbtgDV+jS5cubcws7qDw&#10;QIylS5cKg7Bs1c/LuKsRqofY9u3bB8+NOSlrwbfHH3989+7dwlvcq5hUZ0z6Y1V1dApwcNupNIgb&#10;cpUWgz81dArkv0P1Bg0a4BU3ct7qOCCpHPoDBw6Y1KqUfcEUhTX87KecD/JW0yqMAW7n0KFD8NBZ&#10;RVK6vXz5coBy7ojz3bjQdALk/hknO9x2N2Ewr+C/vMLIJ/Aou6mUHjTG0UL1U3u2wGfltcWSy5dz&#10;i2Yu3Xpmu/I6gA8LMz9IoDkL4WM+lC1bFjYxjXE9L1mypJ7uGCsjrpnMDWqMHmuRgH0EqDTZx5aW&#10;SYAESIAESMAIAdXNibjhFPqCtxuUICwth8wk737x0FVIWt7acVkefirvH2D2zz//NGMZN37jxo3D&#10;bYkM1YFNOGzGZiDUxT0tZKYuXboI3VBuEB2UapG4JdO4X8Ig4mZewEFhb+8qoXOJez+xAazKH8Os&#10;xJ0eAswnTJggjfggkMGwwzZVfOyxxzBA2sahaDgLcC7vxjHQsKatW9nUEZVZocjAbZfiJkYfpy2G&#10;W9TCk5rx6iyYSulBw2dRy0yknn4g8Ecp35u/fDk3bebSrbMjyusATmczV0tr4eNSJkRSoY/bOo2h&#10;8Foomuskz2IkQAIeCVBp8oiIBUjg/9t7+1i7rvO8E/qj+bAzqUPaUcJoFJn+EE02iem0UiiI6lhF&#10;ZSUiG0GjJLbgCQW6EC0DkyakSgUoJ0EyDBCyIutpAdsUGoNsA8lJOIZTSqmkoHYrCWSoiX2dD9IU&#10;adGyqjBmZDK3k+/OAJ4f9UjvvFlr7333+bj3nnPus0EQ++yz1rve9Vtr73vWc953HRMwARMwgaUj&#10;oI/7WVciP4Ir/K/slSI/grWfrjcuAtnH8P77768/5UceVq6o/BEdeaEYF1WAupFpQvBCfA2uWrIc&#10;1ZVPpBWX3tLRGFeFKEbIVeM6M6fU5br0OpsN33ITXFSsUAalbC+OHJbV1oq6EM7HbIjyHWFiVGQd&#10;zkCgyrH6irpYo7+odXKVQ6Eu/M8VrdVxW6g16DnBiopoFvV4FZEa8lx9pwotRpcxHn3P+ZV5gnEu&#10;N9RQW7yVVnroLHQwyuRAhiHsxwAVwx1djjQueqFe56lVF6MMJfO4F1MihibKaCBi6mq440arPcyb&#10;xeQu50TCRsGlcTVebPETPYpRa7yhGmmoF+FwHse6s8XDTmo1InKbuPnII48gpC4oD4X00Hg/yj0F&#10;Q2XI+ZaMjiuaMs/JtjtU1nTE40t18YdIw5jVeXr3f9oEq7hH1IoI69Fdk8kDl7P21K9sSvY1b2OG&#10;50d9fC2h+Rb+ND7M42IdKNoIPxtpiy2NrEnl7qlYDjJqDOKjZNzXRRpvfqvRgfrBGIFdxR0aJMeV&#10;I7x0nwPckgnMBAErTTMxjO6ECZiACZjArBBQAk5enJDlxJXDhw8T4EB0EkuLLNzcd999SlqhTLEY&#10;UKDEPffcU7PREkg2FdjC53sCUiL/hQAc1WL1Eql8LDj11THfnHOR5aXKcyV2n5Hn6gVHrEJZA1BX&#10;SXx4hfhSyBZ6qYCI4qBfrAnVlupqzakOYlZvKbuH65w/+uijFJMdOksxIm5UnYNOIf3wEhkOCCrW&#10;1oocy63EaioS/SjQpsKwoJLYp2ClKKYhExDiKTgoxhGjyQoNV5GTuKJgsYgS0gSggypMrRivHKkR&#10;QQq0TkMiw4EkJHQSNIHJCj8yFplgMZE45y3NE1qBYT06XInEKMow4tFNSZxD2JfaJW+llPGSUYvZ&#10;TkMRGUTrGusYd0rGlIiEPsgwXjHunOcpEeNCXQUTcTDDtR5uvF9qD2OzGKxFyirkuXHC2xBcMsnG&#10;1Xje4iffhnguqo03lGho2tA055ot6oj6le/uurPZMerSnCZP21Y4gM3hdVLNitC8LD3ofsQHOcO5&#10;bmcmeSQO66GkXFoV445Wx+VJ3HrMsbY7VHOmfnwx/7EWd3RY0HRd8GmjOwVXH3roIfmDosH4yk+F&#10;9ckUj+46oRikNI0D6jtzI8rQa/ql240C8UtH2JGyXBDLMVNMobDT+DCXYigLTK1CfGmEH38RNIfr&#10;R1zOmmQixQzJQUaNQXwUDge4JWGlacNFjOhvFsYbHWh8MDID6SD0eDLEXzQNCpDHlTCebw2fm4AJ&#10;LEjAStOCiFzABEzABEzABJaOAAvFYnHCqoCVSU5Mk5rDOoeSSpeQcFDs5aTlcWM2ltSrsMkSgs/3&#10;kf9Ci/raXIE2kZFBc7FgZv2Q5TCWFuE2J7If4Tycs5xgyacFWKNjrB94q/H7fyUAagwogEuyr8VJ&#10;DhRimRHexm442pAoA2QVF3FekYzW1opUs9xK5iwf0Ika00ME9oEHHgjPQ4PTQiuPDldydhuEcTun&#10;OoY2JIDhUtTK+hEF8uJTa7+Yx7gd+SYszwAS5Bk+mtbw8X/Nqr4ZQgJj31/Notz0oPZZMQItxosT&#10;2CoDMQaXhqL7+JnHvW2wKJ/7UkwJDQQqQ2aOG2Jb3C+NHgqXpgEySsQS6op2RM6CS8bIHVen1LFg&#10;Vv5R0XcWzx03FG4AKk+bGNlIltRJW2ezY3il27bNc025vJmUVLPiRs4XBTNnbkYSLhfj5tLTI258&#10;HoyawDEto4m2O7Tj8YUPOTIoHl8Y737a4E+0q7kBRggEcIjFk5BhrR9oGk3UrngmSKcTyZiiYqLO&#10;YiePaTwAc8wU96zstD3MNawyyD1VO5bhYyRnRGoOx7NLplQmlHrNcJXMu0c1BvGBThNAIiM9knF0&#10;YXqq+dbmQOODkYuSRPPMV2fp6Yhp3fmO8LkJmEB/Alaa+rNySRMwARMwARNYdAJ8OC723+ETecSS&#10;ZL2AD+LKveJQdINWL8XRmNXC0oUFZJRUHIrythTTEUE0RJFEMZqLnxAqduFhaRENcSKpQlqYlg36&#10;9l72FadQO5alkGhUq6lGHUdyRkhFNCFNhyOvJOls9EI/1RSgQtzpaIWuoRrkVrQIxCUY5vzBSCRR&#10;Lg9lFDwSYPFQy2yO+sfjipgRCOcYoghQUu9yvhK0tWwusnVyUEyxH3NsESWzjbuAFaxixVjnW9Ev&#10;MYkEuhAih7Bfi61YLgJn8iSPIAgu5sHiZTgmN2LcM1tphRpfYigU8qaDZb+0reJ+afRQuCgsySBi&#10;CTOBtg1luMeLH+eSEelfdd87bihoKEiEI4dKaQVOpyI7sq2zwZb5zLwSgTbP6wimRtUsB7ZkmFnA&#10;KnRSBaPp/tINJW2imJbFoMuIZiPc2h5fxU/CxeNrwadNPIgibQ1TPB8CWh6selgpRsWIKcs6XdGv&#10;HNyax1SzWnpcjpmKYMa2hzmTHz/1LMq3j85rkbqWC4taml0BJN8U+a9YYxAf/kspZq7ylGOa6cHI&#10;3wjN3ka9Ug40Phi5mJ2hGH/CIje57q+vmIAJLAEBK01LANlNmIAJmIAJmEBfAvV24BHJgon4rlhC&#10;RvyiHMJN25arRZaE/IhwiVhmRN4WpuJr4RwnpS+fJUkUyxJ9+o+lMt9X81JfSsuUVk1K3NDRiCPH&#10;DUUBRSTFS62xlWSXl4tZLyjeygpOEcsQb3W0krtWLERZhNMX0Ck7I349UDqagh1yrykZPz9XSD+R&#10;fhg9zePOxRwlVKyTY3GbV54KbYgIkUIZDAtFtmbOXske5iUxS7g8joXnSqCL5oawT1u1ClmE7BFJ&#10;oeV90XqOC8tvZXrUCjGiAKugkuhdKFP1/VJ7GLgK8QUasWhv/P21LI7E6Gchsg5XbLuhChqF6EMv&#10;6BqzQvdyW2fDh6xlK1sNkaJOocr3cp4/+XoObMn3YxYUCu1VPwYXYxFhKUzyIv6r7Q5te3zhWK3q&#10;6vHV82mT1UOoRlChnk6K8KofkrrI/xHDJTUtUu1yv2KG51g5CmvsNDPjLs5tcd74MI8HVOSE5gGq&#10;4eeYr9xo1AqBW1eYLfEdSU4jjQ7m5kQgzOrLCUV7iUZhPDtQPBilgTIKXC/yx5U6V2dqZ098bgIm&#10;sHgErDQtHltbNgETMAETMIHBCNQBIEWUSnxXXGyH1NiMViP1/tk5XEIV864Z2VSkaeCYNklRu1pL&#10;x1GsqVho8fme7+1je++cCdJGROJR9lbfvevbby23+J8YhzBbLFlz1mHbUidrNHlZ3tZK0bWQclj5&#10;xKqmURnBW21wnvsbOSPqS36rzkwJ2iqWPad38StvEIOPAk8UShagOIlgpULFCz4ampAPGPFI+8oL&#10;+I4fkCry8ojl0Q8IyvIQ9pljkcgJZPmGY8g06h1dxn+JmIWE1DYl2sa9ABsTPg9N4/1Sexi4FIgk&#10;YvgPjVi0998OPGtSue+KSGq7oQoaEVNDrbiDonpjZ3PHs0gaOygpRDEkJ+kCsRkWWknjTxCE/lJo&#10;YTnWKcL95EO+WbJXxU8ott2hmjOyWTy+ilsvW+j5tMkRXgxuZJtqR3NNgMbtwPNzWxsnhYxOv2Jr&#10;OaVnKkJTdmI3dJ7D8VQJKTnrRI0Pc+ZhWMjSWICt4WNc74oeCmwehWKANMOla+c4tcYNyAKR9kqT&#10;KW6N+GZCVxodyKGd8ifuFO1spQJxxzXuGlZ0xC9NwAQWicAUKE2Nm4OOjgOzjV/zLmiZWkPXXdC4&#10;C5iACZiACaxkAo3bgRcCSkSpaIvcyPRpjDVQCEOU4WM965B6CcSiPRcLuYfySnnjRFuAa3S0vGSN&#10;1Ji0pYVW5N2ofCRuyJl6lHFM3z+Ht9qiJSd90GIkNOX1DMXyligdS50c5pNXQW2ttOWjUZ4Woy95&#10;cxB1rdgjRhcjZ4Rzvv9XZ3OwWCQ31Su08FyfXkgLUuus0CJGDJVH46hsypz/wthptlA988k5gLzL&#10;KKsvRaBNIWHk4SvidDCoxbMmyRD2cSBS2MKOFqJ1l9vGvZgSbeNOsfwWgSSR4xlD03i/FB5mXMxk&#10;ZrvSvrAP+Yj1aMwk0g5lMe2lJWVNCq+i78otaruhMo0soIBUaVO6gzQ0jZ2tb0xdyRKeHlOxxZi2&#10;i5b/TMv6Xui4H7OaKYUaI3r+SDwtsBTjxcuOjNG2x5f2eosByhZ6Pm3ynGdENDqobNpoXHJS43bg&#10;XOcW052oTM+IY0IA4i31VxFkYYditKK3KBN782FNUnLeF6nxYU6VsECLsd9ZDHcNn3mrFrW3fZ2a&#10;jZG4C7Rbk5xZcDtwyqhrkcisB2PeLQ7jjQ7UD8a4U/CQKspMxJ/sfGMKedtU93UTMIFxEbhqfn5+&#10;XLYWyQ6yTnxVUjfBu+j0QzxBBq04aPlFomGzJrDYBObm5jZu3Dh6K3yP1LgP8eiWbWFiCZw+fXrT&#10;pk0T654dMwETMAETMIEJJIAsiOwS6lL2EOURpbLWhiawF3bJBIYmcOLEifXr1w9d3RUnk8AUxDRN&#10;Jjh7ZQImYAImYAImYAImYAImYAIjEqh/HyAMFltKjdiQq5uACZjAkhGYJqWJqKJjx47xP8eRI0dg&#10;pMQ6ZP6DBw/qJSe6qBw3HdQS0Lio6jpyKlw+37Fjh6ojstYNRbp73Urt55INpxsyARMwARMwARMw&#10;ARMwAROYIgLFLxWE51puOEJ8iobSrpqACQSBaVKacPrkyZNk0u3atUvikbLqyJ7buXOnurR69Wpd&#10;JI1527ZtnPMuupKe1HFxwRlAMvP1119PdQ6SQeqGZKGxldrPBZtzARMwARMwARMwARMwARMwgRVI&#10;gG/N48f1cvfZHkQ/ZLkCmbjLJmAC005gypSm7du3Q1z7gDTu560ffSAK6dKlS1u3buWcp/O6detO&#10;nTrFRV7qIiJUx8hh+cyZM6FetZVsbEWFF/Rz2ueN/TcBEzABEzABEzABEzABEzABEzABEzCBmsCU&#10;KU0eQhMwARMwARMwARMwARMwARMwARMwARMwgYklMAtK08WLFwu+CnpShp0ClDZs2MBFAp0U2RQ7&#10;N3FOwh0RT/kiYVBczHs5yX7RUGMrEzvSdswETMAETMAETMAETMAETMAETMAETMAEFpvA1CtNN910&#10;04EDB7QjeD60PRObc5P5zL5OynAmaY7CXDx37lwU3rJli0rmi4cOHYrdxyVONTbU2Mpij5ntm4AJ&#10;mIAJmIAJmIAJmIAJmIAJmIAJmMBkErhqfn5+Mj2zVyZgAstCYG5ubuPGjaM3feHCBf9ayugYp8vC&#10;6dOnFezpwwRMwARMwARMwARMwAT6ECCwY/369X1KuswUEZj6mKYpYm1XTcAETMAETMAETMAETMAE&#10;TMAETMAETGC2CVhpmu3xde9MwARMwARMwARMwARMwARMwARMwARMYOkIWGlaOtZuyQRMwARMwATG&#10;TuD2229n08Da7Kc+9am3v/3tfZr7yKtHn5J1GX5246qrruL/4q1RbA7nyUqutby0mWZMtgnhn6f9&#10;8mKZECALutH/QbGgKRUAO8+ExsdCtjAhozP27heUnn32WVA0ouPRLVAdYHm2U0wF2h71Pcclio3+&#10;J2NcngzqeXf5yfRqvH20NROYLgJWmqZrvOytCZiACZiACfwtAk8++SS/WVFDefrpp2+77TZdRwvo&#10;0JKeeuqpW265ZTiszz333Nve9jb97EY+hrbZuPBjMVarZqzBtE7La1qt63SE/FEs9jClAlrCSSyr&#10;j0b1JOpSfmh5bjjUHbWGpi2bWvHWcmEfP6n1wgsv3HDDDX0KL1IZRir8z9N+RCw9vdU87Fl4iYsx&#10;RReUmzOx0d3jXvv4xz/+jVeP+rEwlkfE6E5mC+Ptfu3b8ePH3/e+99XXmbRf/vKXBaqjR5/97Gdv&#10;vfVWFWh71A8KpM+fDKZ04xcY3Z70mW+Deqvy3f6Ml89wHrqWCZhATcBKk2eFCZiACZiACUwrAdZ1&#10;uN64+z7L7Ouuu04dQwto05KkFFxzzTXDIXjppZfqpewoNuuFH6sXlmo4maUQVkEPPvig1mmPPvqo&#10;RB9obN68+ZlnnuEi5T/wgQ+oU3mxh7cIcLHAY73HelgvqUhhnXO8//3vz0wkV913331RgBX1eMUm&#10;nIn4hf7DMQptWtGKF7kQ0bBPo3DII65a3ZpCH7OjlGEShtwZ035ELPjTU3178cUXG6WEUXo0rrpA&#10;CLm5zWZ+UBRlehLItR555JH777+/sa1sbfTRGReiju6PpQmmR+PdcfjwYR4mCzaBKnTttdfq4db2&#10;qF/QSPEca7OT7x3KNH6B0e1Jn/k2kLcqrCd/mz8q08FnuOfqEH66igmYQEHASpOnhAmYgAmYgAlM&#10;K4GXX365MaSI/iC1xEfzWjeJDvMzkZzffPPNwyHIX7mPxWax8FOIxMc+9jGMy1UdDz/88L59+3SO&#10;JPTEE09wwiqXNb/6Iv1IBXBSiz2sgeWBBx7QdWplOQlBCphtHNCwaHH37t1RAIUL34bj1lgLlW0I&#10;yWbEEUSP27t3L+IRek2fvkApK03UWnadhUFBLJPzMe1HxKKFa5/hYHJq+k3ggWO6dzqO/KDIxfoT&#10;yLUQBULg7rA24uiMEXVb98fVRFtgHTNWElLHIYVFAYMdj/qBXO3zJ0MPz7Y/Ch0W+sy3gbxV4W5/&#10;VKbDq+Geq0P46SomYAIFAStNnhImYAImYAImMBEEFC2iVCAd4RahLpHMpWwvvcVnaKpESleE2OQv&#10;eHM+WmScRWaE5JW4noN0clpZvh77sHDSuF6SzdiFJOJ0ig19coJb9LRY+CGCECLBSgODrCWiGKbQ&#10;j4phY4lLCEA9ljipkC4Ff7UF72CwLQAEPjiQZaaileJr8zxeOaEPOyHTqIwG+td//df5H92KI+eJ&#10;BMMYcQ2KKspUCGTFxjfUXTDkSv1CboMwwRfRqbbu0CihZECO5EGpeOFnTjnMMzk8qf2PadYYHEdD&#10;mswctBJzSbX0VsyrPO0bdcO6darnNExZoBWERU4CMucx7eVG3EHhBnXzmLaFp0Vzub95oKO/GoW6&#10;fLEfDXbkTH560NNiD7XCf42U2uLO0jzMk7MmkOd87bDmOXODGVIEQ9U8Ox47wq6jZqhJFZ7kmyW/&#10;lZ9dmXOBKE8YtRjw870Q/uRdkzCVW8kRlwGH8nXEqPxU0KX6wtDkVLWglwMG9agvHjsdfzIoHH3J&#10;cYh9/mTkbtZ/MmQhplN4nucbfVSnhC4/iPJjgQL1M0reqq4mQPYnM8+P00avVLh4rtY9qv9k+IoJ&#10;mMBYCFhpGgtGGzEBEzABEzCBUQmw3mP5QVaF8rMkAMko67dIcNPWSLrOJ2neQo5R8hcfqWPpGLFO&#10;kY/GR/zIOEMg0NIIfYFG+V9paBGkQ2EsRCZaWGZhwLf0kX3WuEePbLK9iLLY8FDLWtYPOCPPZb/O&#10;UOOtSAakDHUVlJHr8pKL0jvyyhAlCJt58SlEsdhDEyEuiQVevWajJIJUYzgGbxFC1Z3qUnxtHuOV&#10;E/qACf8QsyiDJ/gGpR//8R/nhIb0UpIWHYnMPuKGtCTT4lOTRIE80JZNnGdo8sSI6K3GqQkZ/MFU&#10;UZeXbd1RmJhmhcYFH5gb9957L1fQBGWNg6lL7zRP6BRlNAdq/xkyJh7FmMbF1jAKKZLCCEmIRezS&#10;0aNHqUjYhca3jvsILLnvdessZRlc+cncoCOUJzQD4LwMyHna41XsdKPpp+gP1BOua2g07WvZImd9&#10;MqNCIYqBplFJPBzEi2FE96ZsiiGFQ2ZVmB4TRhyCOWXyHmq1/0EMg3v27JF9DvlcE8gYuX1qh4Gg&#10;/FPN4RwOVltre+xIrtJ84IhHR7Sux6CeXaIXCinklbiHkXh2acbq3qkRSfDCVSk+FC4CeQAeNyle&#10;cb9o1ySZoq46y2x56KGH5KTEEfmvYSps8tDDVJThhNs24ptyKFkOGKTF2LApaLT9yZB78SDNcYh9&#10;/mREpGrjnwxZ4GmjW4bbR/7k+cYDhFteU1d/mDRkNc86rRtv40+SogXDH4zE44Iy+XHa6BUjWzxX&#10;G3uU57bPTcAExkjAStMYYdqUCZiACZiACQxPgE/nfIyOTByWc1pE5dUsL/NORnzi57O+9Jq8W1P+&#10;ApyP4PnTvD7x04qWgixyWCZFik1oWCw+saw1ktbn2McT1gyhJtxzzz1t24Gz5JNckhecrJTim3/s&#10;19pNLPwEUT7oPNeVWUkbLMvzt+IoEVoQhpYk52Oxh1daVBcqldZmbVuB8Fad6gLkSBzLOTJ5vFAu&#10;cFKt63+NhTjgavBRPlG8VLRRjIuWdhRQjltO14p8Q5zXsoqDdS++dSd/qYy8ynU1K2LO5O7I7Zhp&#10;ghYzMPyXhiXdQRfpizyv/Y+LTOM6aiwqokNpuy7ZZH3LFU7glkXVGPfG/XeK1qVehTzHgjaq52C9&#10;YtqLjLix1I85wN2a798MSj4XWOgsh+SSGGjNQHHGn+LelP84EIqbgv7Egf+DuahKgsRacdvGSEn5&#10;DWvZ57b0rg6HOzKYCmttjx11Rw80TbxiCznNPXWWOQYfsZLQIGmVmy6eXbwEgsrUiCRH8iigUWlS&#10;xYHMhCndR9LmNEBhKm4x3Z5ZHJcnjbmlhYSU9fq8qVyk/WIqNmzKHrb9ySh+qKHYVnzBPxkMVn4S&#10;Fn8y8CQe7zgTt0zMNw1Hnrox3/RIFzSNcr1FoO6jnPUZ/uiRpYoY4Ty+G2jzqniuil7Ro3rcfcUE&#10;TGAsBKw0jQWjjZiACZiACZjAqARYfWnxrCNCbIo8oFAB9HH57rvvVnl9pNZKLH8BHvE1fEBnhaCo&#10;n2iFRQ6f/vUytvdWoISyYDgUKMEne3kSqk2xZU+2iQill3JSywnEGmW3sR5TIEaBLMehKPEkfOAk&#10;r4dVkdVIvVkS3czRGY0bCSkMgX2dwoGOjWNyF7LDDEQOcIglU6wVJcQECq2ctV7VUrDYJSovSlFS&#10;JIfpoJvCxaIx1Dc5EwKZhp5WpCzEsBaQ9VLqieLCOBRHE4t2bNbdCbcLdSzGkepa+BXqXnag9l+h&#10;XviQM++iivRWSUJafNKKSopeEa8RcR+NumHRuiaA7ghFkEnC08DFD+oV0z4rjDn4K9+/jRulN2Lp&#10;yNmky3kQQ+5kaDjHSWGRvKJZl8NnsKzhiPgvUc1aBkZiOuU1eUGgGMG2JNO233GrrTU+dqQWKYFU&#10;c5JiRUBQhLnxfKC/SDl6LKBBKM22QzKuETFk0hnjJs091Q0bD9g8fIWpkIE0N+IGadshKEs/xVTJ&#10;b0Xar27M+hce2/5kFKl2EYLX50+GAOphUv/JkIUIlsz7ncd8o0CeuvH3S39WgmfxDUqQLzqV/VH4&#10;ZJQs+tXoVfHbf41/BPOg+9wETGCMBKw0jRGmTZmACZiACZjA8ATy4jZ/KM/6izQaqQDFF9c5IKgx&#10;u4cqrNUlssSPtXEx1nLxFbrylZQAokO9wpOcdxa5JPXyLGzm5ZlWSqwcWD8rf6Q48o8fYTySaJSC&#10;odX1oHxzXEBH3Y7twHMOV1iQECaRpVCp8FxVsvbHS3SNiL7J3//LZrG3OsZz90OTKsIN8mpNoUOM&#10;nVbd3bu8K9iqGGINVlt3eKuQEopVXKy39WNwwSpP5sJ/TT/coLPxW4F5mEQSBTZCIXBPu5jX3Nqm&#10;fRisgzUyhAijKO6sYtqz3A09K8u++f7NalS0XmDR9SJnU7vaSzERHBXL4pouwiFjwckiuypodNy2&#10;UQaD+RYoCOQRaXOYMm2/41ZYKySGuEM18cAY07IxKE9Ti7uMx4hEN8mmEhqKm44rIU/UiKirnLus&#10;X0Rn9RgMHygZWnC+W7OCzKhFeQm+jT/6mQOUshQu6VDhk1meaxuOtj8Z+ZsGxaDFFnU5CrXxT0bR&#10;VvEno3g3j3jb3RdaasFTUYp5auk8d4qX0WKh+KtfEXWb+5W9qn+zouhR7YCvmIAJjIvAMitNIWy3&#10;9Ye/IpTJx5EjR3g5xGfNsSAbe9O1QV3hGHtbYyFgIyZgAiZgAotBQMsVog9kXEKAFi3xJ48yWo3r&#10;4zWrWa2yOOd/ll5afuuKlhahBfC5PGJG2qKl4iv0vBlK7iwhEhFYJMmpzimjRa6rLTxX+omMqDsE&#10;RFC32KFJBSIOBa2kCPmJrJlis2rZp6EcqIWOFvEd0am8S7eSXPI2Rh2hJTiGtayDaLedyFQqtiqn&#10;fN6AXEtfqrDsDJ0uf/+vvhcRW5E1lvnnr/d1vRDIsM8Hp/i1PgqAot6USnplsYtTtNjWHQ1o9ier&#10;eDnsglkRsiDX9bN9EW+Sk+9iy+dGFYa2mHKKvZKoh5PKSIr5U6xvY9pnqUs+1/RC0Mmd4rz4Gb62&#10;ad+hBeSlfhjPWLhJY5Om2HRJk0SCl1S/uGfzfRQcmDMRUJb3+qFAVnPyTvn5ts0PCqpkRbvjhwix&#10;0OhwRzBRYa2YtMWG/fknJotx0UscgIZucA230uX0eCl2/adwzJY2RABnutZbU+fHIO8y00JFygpd&#10;zhnMM0ozsM4Oy8qUsMf8VGhhhD1yrhbbtgPnrcY/GfEw0bZEOb10wT8ZoSY3/skoPIkndp5vhQBd&#10;/FlRyYJnDLTezQpj+KOL8fdF/VLFNq94Kz9XG3vU+IRsnHi+aAImMCiB5VSaFpSZ6AwfmnmG6jHK&#10;A4KTbdu2DdrJaSzP85TONn6ZYwVqGgfUPpuACZhANwFt+MISTpkjyDERYcE6ShklnBD6Ed8Ds7TT&#10;/sHKNEH40PI7r3xCC2BFigYRxrVAzWtLLRS1LmIJF3l2qiLnqRUpXco6qRM6sKldt6ml3Vtzlpy2&#10;2mn85fVY9xbb4qjpCCxSH1/PKnstrYx3aTQuFmlQ6hSNyiuOyAeMQenYDpwy2tI47HOFlzCXz9kl&#10;bWIlLLihnaQEkCoRdVLvusKIK4lMNrETmYORWVbnZBX7XmNfwVDRL4a1Vpry7jNRMvYFa+sOJbGv&#10;qSgFJNaQnGffcopKngOF//DBoKg2ZkdiVlJmiJU4SQdjm6qsleRp37EdeP5kFfvKy4fQGrRrVVzJ&#10;0z6Pb8dPg2UlIgiDhTmgZD0+3+q+oC+Rw6gN++Uh6gyTJ+5ZCOT7iNmieBwZzzevrmQ1JzaYp93s&#10;f7GtUo4EKQhEFzoc7sg/Lay1PXZ0F+t+0dH4vbL4KK9Q58yKgMMVxcfJAqByRmTWfTIiJeFqOsXB&#10;YzDGC+2YgZOCXCh0OdAP9TZGkwGicB1aWGAncU9VsM8zPIc95kd943bgbX8y2AJPTw+GG6SR7djn&#10;T0ZMg8Y/GVlCLb7SCN2nEKAjRkk8Nb6ZZ2Zex5bmaUlf1C+Yc3fkfgWfYnTyc7WtR40/EJG98rkJ&#10;mMBwBK6an58fruaItUJmCjG+2yDlUZr0FyWfj+jGoNXH3nRtcMEmFiwwaKdc3gQygbm5uY0bN47O&#10;hA+deX/i0Q3awuQTOH369KZNmybfz8n0UKvcRglmMh0ewitWKdIdGgOahjC4vFXid8SW143cOkum&#10;rFFOjmP2ZFACRHuxeK73MpMdFtuF9tTTPutwlvqNu1/3tNBWjNuBzcXqzdRGNDt71XnU8yTMm/oP&#10;18dp/5PBHEZZ607y7SDTfYMMh9S1lpHAiRMn1q9fv4wOuOnFILA8MU19opm6e3vq1Cml1JFMp5JK&#10;N+PYsWNHUZeLx44dK8rnyKA454SJrpJUqWthuU/TVD948KC6WTsWV8L5xs6GV5FCKH8ozCcP7C/G&#10;hLBNEzABEzCBZSGQf+1rWRxYgkYRQeKHpZagucVuQj9jt9it9Lc/7SvP/j1dCSUbo6LUcdbYxIa0&#10;iVA1HMpHtE78Vt3YGSIz1b8mOfZWZsBgsa310D2auj8ZaJHKGOXQb2sOJDMxhyPZVhtajb6cHBq+&#10;K5qACfQhsAxK01ieCydPniQYateuXYgv6iff7Si9bsuWLbUKU5dvo/P444/LMjLQuXPnilaoJVO0&#10;RdMK621sevXq1QrXqt/lCjmAPYO5aGXVqlVKIdy6dWskEu7cubPPALuMCZiACZjAVBCIzLWp8HYI&#10;J62DDAGtfxXS2VjBKqXRx7QT0MfLxrhgPn+yxh4oIoZIyUhJIzlg7IGTrP+JT8kpbNPOf5H8BxGg&#10;xqW2T92fDLRR5EhlNQ4R/oYsxexVdf0uYeMeI4s0djZrAiYwBIGlVprGIjPRz+3bt/O/0jT4e0wg&#10;0qVLl3iEKcrp8uXLBYuifAepO+64IyzfeeeduRXVkimebuvWrSO+qa1p7epXv8sVrqMZ8X+fPac2&#10;bNhA0nJ39NMQA+8qJmACJmACE0WA6JiBvuCdKOf7OMP61pk1fUANV4aExNjiZzgLrjU5BPiQ2Taa&#10;Q0TSyZqOsctMQEP2wvJA4tfkoF5KT3gAjnEIpvFPhghwDPe3QD8bp8My01JOXbdlAsMRWGqlSbE5&#10;+RjO77qWYoh0xG/fDmH86quvHrRWd9MjOqatwXFJmX2D+ubyJmACJmACJmACJmACJmACJmACJmAC&#10;JrBkBJZaaVqkjhHcRExTZNL1aQUBiIgkSg5Ui/L6VWNEnzNnzhBw1N10/a6uSDPqeY/5cgAAVepJ&#10;REFU3zTRT4RBnT17Vl27ePFinz66jAmYgAmYgAmYgAmYgAmYgAmYgAmYgAksJYEZUZpApp2VtJl3&#10;n92y2c5J5dmMaSDi6ETUOnDgAOqPQje7m67fpSLVezYdu5Jzomw7fiyW6n36OFC/XNgETMAETMAE&#10;TMAETMAETMAETMAETMAERiRw1fz8/IgmXN0ETGCWCMzNzW3cuHH0Hl24cKFxN9PRLdvCxBI4ffq0&#10;ts/zYQImYAImYAImYAImYAJ9CJDus379+j4lXWaKCMxOTNMUQberJmACJmACJmACJmACJmACJmAC&#10;JmACJjCTBKw0zeSwulMmYAImYAImYAImYAImYAImYAImYAImsAwErDQtA3Q3aQImYAImYAImYAIm&#10;YAImYAImYAImYAIzScBK00wOqztlAiZgAiZgAiZgAiZgAiZgAiZgAiZgAstAwErTMkB3kyZgAiZg&#10;AiZgAiZgAiZgAiZgAiZgAiYwkwSsNM3ksLpTJmACJmACJmACJmACJmACJmACJmACJrAMBKw0LQN0&#10;N2kCJmACJmACJmACJmACJmACJmACJmACM0nAStNMDqs7ZQImYAImYAImYAImYAImYAImYAImYALL&#10;QMBK0zJAd5MmYAImYAImYAImYAImYAImYAImYAImMJMErDTN5LC6UyZgAiZgAiZgAiZgAiZgAiZg&#10;AiZgAiawDASsNC0DdDdpAiZgAiZgAiZgAiZgAiZgAiZgAiZgAjNJYAaVpmPHjt39+tExZhQ5f/78&#10;QINK+T61ehYbqOm6cB9PRmkCjAcPHgwLejl014auOEoX+tRdbIx9fHAZEzABEzABEzABEzABEzAB&#10;EzABE5gZArOmNKFoHDlyZP/+/UePHuX/EydOjHGo1q5di1n+77bZs1h/x/qrIblk/1qNnpw8efLO&#10;O++Mt/Ry6K51VBzRz0bnF8Nm//FySRMwARMwARMwARMwARMwARMwARNYsQRmTWm6ePHi6tWrJQbx&#10;/6ZNm1bs0I7ScUV7haZWvBzFsuuagAmYgAmYgAmYgAmYgAmYgAmYgAnMMIFZU5qQli5dupTTvhi8&#10;tkifU6dOKc2OMCiNMeeEQeki+WKRiJcLSHbZs2dPFKtfRovKGssl1UptOSZZWFYvKMz/u3fvLjrF&#10;xcL/XLKo1dhi7gL+8DJ8+MxnPnPjjTc2voyuFX72Z5LbLfwM+ACPhhqHr26dYiAS6kwshmDHjh0x&#10;yioZHeQtCOglPkTJXECWFSXXNqzdk2eGnyPumgmYgAmYgAmYgAmYgAmYgAmYgAmIwKwpTXSJBLfn&#10;n38+RIGOkSYjTEl2qAyxZ9Pjjz/OxV27diF2nDt3TuchQ8gaL1etWsVbHFu3bi1e5hb37du3bds2&#10;tYLBaEVN15apu3fvXlk+fvw45TnhItV37txZ9KUwkkvWtYrOdvhMKwCkX9Fc8VLXCz97MimKFX4e&#10;PnxYuBa8P4vWVZ5wNqHLxBgCZVNu2bIl1DqVjFZ4Cz56iVrEy+wAqtb1118vy4qSaxvWPpNnwa65&#10;gAmYgAmYgAmYgAmYgAmYgAmYgAlML4EZVJoYjEOHDiHiHDhwoHufpu3bt1OYHLF169YRH6RRvOOO&#10;O/hfgoI2KtJ53j58w4YNyEAR6FS8jNlA6wRYSbIpWlHTtWUuRrgT5yQDdsytDiN1raKzhc84iXaj&#10;Wjhw0003hYXiZb4eAUT42ZNJGyvMarCEC72p+6ZqpLR58+ailoaAiDBcZbwuX76sAkVJGn3llVf0&#10;ViGrMe5nzpzJMl/HsPaZPN398rsmYAImYAImYAImYAImYAImYAImMNUEZlNpYkgQcZAPhtgR/Oqr&#10;r15wRLW/NcUUOVW8XLB6RwHtaK7wGeJuRjHVXbfDZ6J7shBTvJTZ2s+eTMbCaiBKEegE0lDTajiI&#10;a8qXzCrboPz7TJ5Bbbq8CZiACZiACZiACZiACZiACZiACUwRgVlTmlAKQl0i901iDf8rZKlIgnvm&#10;mWe4SHmCVoi1GXTYiLtBzDp79qwqFi+5opAlNarQmAVbITiIACt5RTBOuNQd3JQ9zyXzeWNnw+fY&#10;p6nnXuBtfi7IpJGV/NQeWxq+PFL18LW1XnOQzWLcGwcacQ1NLctq2h8KaQwHIn5tuGEddGq5vAmY&#10;gAmYgAmYgAmYgAmYgAmYgAlMKYFZU5qQftjrJ7K6lITFtjvaYRrtKY8TGgQXSbKjWPzOWp+BjNQt&#10;TqhbvMwWtD0TrZDARULfgq2gjJDGRXl2/ImYJqJscLLeEbx2NZcsahWdbfOZvcCVAqajeBnXaz97&#10;MqnbzX4Ck54WI1UPXyOlTCPb1JZbmhIdDDU0bL9VjxHJmOG2hLBBh7XPpHIZEzABEzABEzABEzAB&#10;EzABEzABE5gBAlfNz8/PQDfchW4CiCyIIwvqXITwsNc1woqsFS+XGHJPn8foFTt/o7IpEm0lH3Nz&#10;cxs3bhydwIULF9asWTO6HVuYIgKnT5/2HTRF42VXTcAETMAETMAETGDZCfBd/vr165fdDTswXgKz&#10;FtM0XjorzRpSVMhM9L14Ods0eMARTeZF8myPsntnAiZgAiZgAiZgAiZgAiZgAiaw2ASsNC02Yduf&#10;AgJEM5G19+CDD06Br3bRBEzABEzABEzABEzABEzABEzABCaYgLPnJnhw7JoJLAcBZ88tB/UZadPZ&#10;czMykO6GCZiACZiACZiACSwVAWfPLRXpJW3HMU1LituNmYAJmIAJmIAJmIAJmIAJmIAJmIAJmMAM&#10;E7DSNMOD666ZgAmYgAmYgAmYgAmYgAmYgAmYgAmYwJISsNK0pLjdmAmYgAmYgAmYgAmYgAmYgAmY&#10;gAmYgAnMMAErTTM8uO6aCZiACZiACZiACZiACZiACZiACZiACSwpAStNS4rbjZmACZiACZiACZiA&#10;CZiACZiACZiACZjADBOw0jTDg+uumYAJmIAJmIAJmIAJmIAJmIAJmIAJmMCSErDStKS43ZgJmIAJ&#10;mIAJmIAJmIAJmIAJmIAJmIAJzDABK00zPLjumgmYgAmYgAmYgAmYgAmYgAmYgAmYgAksKYEZVJru&#10;TseJEyf64Dx//jyV+L9P4Shz7Ngxau3YsWOgWrnwEI0u2NYQNofrfv+ODOHSgt10ARMwARMwARMw&#10;ARMwARMwARMwARMwgQkkMINKE5T3799/9OjRXbt2HThwoA/0tWvXUp7/+xSOMo899hhNHDp0aKBa&#10;Eyi75O5n9ybQ1YFQNxaeyU6NjsUWTMAETMAETMAETMAETMAETMAETGAsBGZTaRKaTZs28f+gkUr9&#10;sV66dOnqq6/uX94lTcAETMAETMAETMAETMAETMAETMAETGC2Ccyy0kR220033aRIpT179iip7uDB&#10;gxrRuEIxXuZQFxLiVFjJd0VJVedd/t+9e7cMKgFNhwyqDO+qZGMtLp46dUq1jhw5ojJhqs7L6/A5&#10;+1/bVF/CPeX95UZVPXeqrYPhVfgZnudbpfHdRkrUKoDnvsT5gl2ouWksck+LTs32ve3emYAJmIAJ&#10;mIAJmIAJmIAJmIAJmMDSE5hNpQkBSDLKzp07xXTv3r3kx3EcP34cSQIBYtWqVbqydevWzB015/rr&#10;r9dbREW1leRdapGmpyb27du3bds2LnKFdiOQavXq1Sqpo6jFlZMnTyrRL/QpTCn7b8uWLaGLUbLD&#10;52LeyCZGqBKePP7442oI986dO1c0WrtXd7DwKrrcOGsb322kVADvuAe6u9DIrcBb81/6W84tmoAJ&#10;mIAJmIAJmIAJmIAJmIAJmMAME5hNpUmaCP9HREzEtjCWFy9e3LBhA5JTHYyDLnPmzJnQpyjcVjLP&#10;CcKFyKSTYkUI1bp164gqUoHNmzd3z57t27dTIBL9ZCqUssuXL0f1Pp6osGwWntxxxx3R0J133pkb&#10;XXB+114p2ktdRmIrLDS+20ipBt7hTEcX2rgVeBfsqQuYgAmYgAmYgAmYgAmYgAmYgAmYgAmMQmA2&#10;lSYRkdSCroScgaikMCWCjPSWwluUk9VBsH/JUYYh11UYlA5CseKtET0ZcUupNq/G1es+drq7MAke&#10;9umFy5iACZiACZiACZiACZiACZiACZjADBOYZaVJ8TLIE4hNSE6MoiJfYjgJxiEq5+zZs1nNQbCo&#10;Y53qknlOKCJJ6W9qlPijjkmDP23vYgoPI5OuLpY9wVUFTxXln3nmGXV2QU8a3cju6bz2Slck0tXe&#10;Nr7bSAn5rAbe1q8OpAtyy3U7+M/wre6umYAJmIAJmIAJmIAJmIAJmIAJmMASEJhNpUnZZ/zPtkRo&#10;GcgQr7zyClfY6EcxTZFMx0mR/HXo0KF4FyWlo2QeHm3PlBttGzw2KT9w4EDegKkoqa2UtI91sU9T&#10;bOktn9nISSXZdykbQQPiIq1QTBui9z+ye/m89grjNFG3rrYa322kVADv6Fd3L9q4FbUW5N+flUua&#10;gAmYgAmYgAmYgAmYgAmYgAmYgAkUBK6an583FBMwARMIAnNzcxs3bhwdyIULF9asWTO6HVuYIgKn&#10;T59W9KIPEzABEzABEzABEzABE+hDgPCO9evX9ynpMlNEYDZjmqZoAOyqCZiACZiACZiACZiACZiA&#10;CZiACZiACcwMAStNMzOU7ogJmIAJmIAJmIAJmIAJmIAJmIAJmIAJLDMBK03LPABu3gRMwARMwARM&#10;wARMwARMwARMwARMwARmhoCVppkZSnfEBEzABEzABEzABEzABEzABEzABEzABJaZgJWmZR4AN28C&#10;JmACJmACJmACJmACJmACJmACJmACM0PAStPMDKU7YgImYAImYAImYAImYAImYAImYAImYALLTMBK&#10;0zIPgJs3ARMwARMwARMwARMwARMwARMwARMwgZkhYKVpZobSHTEBEzABEzABEzABEzABEzABEzAB&#10;EzCBZSZgpWmZB8DNm4AJmIAJmIAJmIAJmIAJmIAJmIAJmMDMELDSNDND6Y6YgAmYgAmYgAmYgAmY&#10;gAmYgAmYgAmYwDITsNK0zAPg5k3ABEzABEzABEzABEzABEzABEzABExgZgjMoNJ09913nz9/Po9Q&#10;faXn+Kkix9AWejbkYiZgAiZgAiZgAiZgAiZgAiZgAiZgAiYwAwRmUGka+6isXbv26NGj/D92yzZo&#10;AiZgAiZgAiZgAiZgAiZgAiZgAiZgArNEwErTLI2m+2ICJmACJmACJmACJmACJmACJmACJmACy0lg&#10;ZSlNyoPj2LFjh6jv2bNHVw4ePKgrUebIkSMxMpE9x8mxY8dUJQqcOHEirkTJsEz55Rxht20CJmAC&#10;JmACJmACJmACJmACJmACJmACS0VgNpWm3bt3S/rRETD37du3f/9+UuG2bNkiaWnv3r285Dh+/Lh2&#10;d6LMtm3buNI2BCdPnuTdXbt2hYR0+PDhogpvrVq1Spa3bt26VKPpdkzABEzABEzABEzABEzABEzA&#10;BEzABExgOQnMptIkOSkOASby6NKlSxKhCEe6fPkyFyNAifOLFy9ShhNpQ4hHjSOzfft2rm/atIn/&#10;Eacaq2zYsAHpKkdFLecgu20TMAETMAETGJzAM3Pnb7z3X/Pv15764uC1h6xBW3f89K/Q6Hs//Ilf&#10;+Q/PDWllSarhIX7+/KEnl6S1YRr5o1f+2wP/x2MaxB/72X/Xx8SyDHofx1xmvASYt/1nxbiavv+X&#10;P730jTY636f7/+bXntWD6PfO/fGgBEapO2hbbeV5lg7t/7h8sB0TMIGVTGA2laa2EV29enXIT0Qz&#10;oRMhBukKb41xHmgTcQyiakmK8mECJmACJmACHQTu/YVPSRFo/Pf4s19aenr/91/8jRp98Y//dGla&#10;Z0V38JGnvz7/FzT3l3/937/+p1dOJvbAQ3z76teWCM4QHP7VI8+gHKniS1+b72NhMQY91KtaOtSC&#10;X+thdLHCQ6Y92oQUPf7nPLpD4X1HPod8FjoaL1W9bq6tcJRsvOm4JRuJFdaoS8kJV0Xrjpz+ykUu&#10;vvlN39ZnVvQsI3kl/4MMF6P6X/3NlVum51Ts2ehwxXTbdnvyl3/9/+hB9PLFXvdO9mSUusP1qK6l&#10;5/Zw/o/LB9sxARNYyQRWkNJEFBIxTXnXJIKY1q1bx/Ar3IkTlZE21HN/pY4qREURHnX27NmVPMPc&#10;dxMwARMwgRVCINaZQ/f3d7/0X1V35z23nDz8U7ffdOVv9CQco3dtWXrxpVfVhGu/603AfPhf/Fjt&#10;g2JM2iSVcfn8xbMXZOq7Vv0P2SZCzxMnntcV1sNffP61YrqCdvOL//a3v3DmZSl6/M/58d//Kudo&#10;PT994Dc//bk/CKWAE16qYtFcR2FZazsaVRjiRD74vz2am6b6l77yJw9/+ncIHxsXsTY79EW62+jC&#10;ltBd993fMUafJa/kAzK/+h+/sNgTrLsLoSdmvf57v+tKx7k1VLexzBjJLIspDe4bvuWbrrn6tW4u&#10;ixt1o0vz2JmQztoNE1jJBFaQ0sQws7kSQUyxBTgi0SuvvMLLxx9/PGKakIcOHDjAxXPnzvWcGXWV&#10;SMrjpC0Lr6dxFzMBEzABE1gJBA7//PuRA/j3c//0H6u/d733+3SFf3fc/K7Jh1CvMwf1OYKYvu0N&#10;30zdH3jHdw9qYZHKj961RXKs26yiw974rd/UBlMxJot9fPX1cKpiGksuYSUsB752+c/CEySVX/2t&#10;L/DyzW96IxqZ7gt0gTd/xxu5yFsSSnSPfPpfbuOEkqpeNNdR+MFt741bTHXf9dbvjCsP/bMtBRmk&#10;CmLu0Lzw+b67fkglUUXVBdSKxY49fHbuK9LdCs1u0BEMP//e275r0Lp9yjNYEjcl5aA3LWUGbuFh&#10;hOnl67+w4314+Bu//JO62FimT08nucxP3PZu+vi5T3x4ch6kwrU0j51JHhr7ZgIrhMBV8/PzK6Sr&#10;S9BN0vHYB6pjN/El8MFNmMCIBObm5jZu3DiiEapfuHBhzZo1o9uxhSkicPr0ae1h52MUAiwCCeXA&#10;AotnVsLZlJbfT8+dl4LwnnXX3PO+d2/euJZzVrmEVLDi/dX//QPkTH3+S1ciQVg2f+if3LD2mtXF&#10;FVUhTodwA4x8+H/e9In/8wQBI4XN2hOufO7zL8g4hbH/w5vWsZ7hnFALXYzjgz/8nv/1J27mJbUe&#10;e/ZLso8ccMvGtUW/VKW2wFIfV9Vrwp0kLsjCB3/kPd/zlr+bO/6LO25DuWBNS5VGjaDNc6HDlJrL&#10;zqgLbV0jtEQQqPXpz/4Bg4Jvd936fTAPCOr7mRf/RHCgveXmd4Xgwnf7YKEVlCxF99ALrJEIplFm&#10;QH/wXdf8zD2b1dni6CCjwc3lafrjP3tXXIle5zIQYMmt6Xf7putpHa/wHL3gp37i5oDDu6B+4vgZ&#10;jQjv3n3r92saNB7kuFGSYrGw16xQQyg1yDec5AnfcRdQkhgZBpoTFtJ1i0Vz3YVVPWjUN13Yh/Z9&#10;v3RUg6JhiregQUxTdIGSxD3BLazVV0gU/fe/9XklAzKFfuwf/cBDv/pfqIJGw/SQP0ynn932Xs3q&#10;H/2HG3775LniFlPhYjiKSag5hi6GjKs5hvTABFMIGCIdU5epQqe4rh7h232/9BucMDNvec/bCB8L&#10;x9qGWNfDbDgWV4SiGAuw0DpTPW7td7316jzbKcCzi9A8YWdOxo3f86mi7me3dSPouuZkW5m6Ox1P&#10;4IJM1IU8w6eBpuk9H/pH+V7uuI/02IEkDy6qM6yPf/RDGh1mjh7C3c8HPQQo89FdP4rYFA98/mo8&#10;8uQX44FfuJQnfPzhKJ7bg/4ligdI22NHd1PHmMaj8ju/49uOfvb3mTD065aNb0UxLBweZbZ0T2+/&#10;u6gEyChav379ojZh40tPYGXFNC0238985jNKx/NhAiZgAiZgAuMlEElAkpk4WCr83KGntFutvpNn&#10;7cFimE/zWpGywqFAceWXX9/ORnE6L33tT1lJxmKMEwrUO+ZQErNIA2Fc9tEIYuucxv5GDpTexXmW&#10;uP130a5Tn2QBn2UwOo7bUh++Pv/nhSfdnkc4Q45reD1jq8wGqvuozCkNCv9zHuEbRf6XhgyGUUDf&#10;7bP+p0e0yD98AA4vY7MqnFd0T3EsSGbE6RdevTpJ5mOm8RIRhG7mzDWmQUfQikp+73evyi597Ohx&#10;XiKyhETVuB0YCmPjbJSpxiSyxubaCsvO2f/6dZ10ZJNJTKQMekeWmbhSRBiRBqj5E9biimKIGFMm&#10;cNw4TCFmhapIOYq0PrBrVv/13/y/hczERWVFFcOhSRhkdGsjC2qOvflNb+ClUCMfoHrEjkLhz9Nf&#10;eEE03v3ONWxRpHb/8IWv6eJwxxu+5e/UFff+yn9CComJhOf4wEWV1AznStwLdIFR4K0RnypYGGLH&#10;qO4ncBsWxiLAMhbx4KoHDg75PhJ2bhNVF4SYOZFSqiuNrRd7ReklqjeTKj/w26oLvhrSU1ehcEP8&#10;JSoeII3edo9pPCpBpAmDYzyj4k/Jos6W4ea8a5mACVhpGsMc2LFjhzLy+L05Nhofg0WbMAETMAET&#10;MIG/TSCSgLSHEZkpLBT5tM3327kgywkV4PtzfRwvrrBmyDk+WsAo20XrZ67E7jnFINAiX9ETB5Gz&#10;/LQqJiCCsAWVV1YR0UCRA4WgoFoqg/3655yyhfCnTn2Skyw2CpUBt5XQ9DP3/MN67nR4vuBEa+xa&#10;rqUcrkh7/M9fuLIybMz/UprVv/vbQ4bnfOcPH8YUoeHpua9QhuFTXhi6RqOH3WSAH/E+ygjLAU0Y&#10;BCMXeYvzSBnLAgquaiJpyJhIEiCYPFr64pg81EwrOhU+x2T73tf3xOEtwis08RT/JTeyRPju69eI&#10;FQNNfFDs9i2z77ruap2wjCdMJmuddXMdhcPJl17f837dW1+zXDMn9EYXF9w+LESZsBZX6BcWmLoK&#10;SNE8J3RIlmPbIClBr0bJvYFZwb9f/PCVbC8x0djxj0AVyKj7GNFjQaZ+9/QVgSnIXMH4aoE9H7qS&#10;nIu+/GpzV/bxCTkslFb1FGdo6Nvf+M1qdIgdnRiLeJIQG1UjVV+IpMsTKUSQmOHRNc20gZ4qTPu4&#10;MUW7uBEw2KcMxXo+gYtugpEOxm3CQGhQet5HzAENt0ZWM4enmaCpa/XDsBG1LkptbHQp18JJCToB&#10;Xzdpfw7xdyc/QNoeOz3HFBrMAT0qlS2rp2X2apTZ0sHNb5mACQxBwErTENDKKocOHYqftBuDOZsw&#10;ARMwARMwgYqAdsuOGBAWmSSRcYU0ilyW9b+CRMjS0nVSDIorf/6Xr/2onAp8+K4fUiTF//IjP6gr&#10;WqYWB4sE0jeQBpT9ESlgr7weY1VXiW1lSA5Srcibi7iJ7qFWr1lUqCJGSK5pdBL3JFvUm5IM4Xn/&#10;CciIyDeASCnQ1+/Rd/Lp5BIFGAtOFLuRm2D9T9dUTNEfyC6sRblIekhjsmF/Mv37kkvGRCJfSdcV&#10;E/HcqZf0UnkreKiZVndKxc7/0ZVfXOFY+z2v/cjvlZypz/0hVxgXaVvf+s2viUrhAGbJUNNikrUx&#10;8RTkxEVwE0BCgCPkh6CekB3r5joKR3P6JTIklY4dbSJVsC4TQpLGTjpRtpZjiBhWhSkBVjcRsqDU&#10;nAj7khLERSYGzanFCDAJzQ4gknLAKGE39tT/zlc3tIpYLXAplRVTFJPMJ/FozVu+XRzUi5AYJKhh&#10;GaUVUaMjOzIwxgkhWuSWRqAWrTeCReKJlFVGPMQsydDqC/dUeE55zkd/qtQO97nS8wlcmLp3yz+A&#10;Ib37n97zWrqlFL2e95FEpRg4zRye/LpxmD8SgBqf2G2danMpl//2b/tWvTz9lT9hOBg+dhLUdO3J&#10;oe0B0uhV/zFlDuhR+fff9dpXKTI4abOlz4xyGROYeQJWmmZ+iN1BEzABEzCBWSCghS4rjfgRce20&#10;UufUFL2NHZfjepGmpO23OWI12LZja/7Vee1SxFFnq9UNaeWpf3q35x7b6vVbXl0262CZocVV4eRb&#10;Xt8QunGwB/V8uBmjvbd1BOScWnXDhmv1brEDcV6Ho0xRgI4D7Y6f/pUinCfs9yczXF8y8GxBogxH&#10;DKi2W6o7pYv1duAEImnShrJZSAyqyFr64X9xNwEREdzErjHhCToXAR0RZ4FNyRONu4+3FQ5rWsB/&#10;73e/qY1VhErlIY7CMdaK3JFOlK2RssQVxRCFxBBiGZ4LiCSkUILYoitPjJCNQrOL9TnyEMNx1z8/&#10;ou2iIHbXrd9/xZPXY7X0Ukf8xp9S+SKQTT785tOnZaEtmK4NUX0dI0SgEBmXN9PJxegp0xsNUXMp&#10;fj2QlL1XMV75vwYetId+qvTvQi459BNYRuIxq5c976P86IuBA1TcfZq6w+2xXbiUO8vE08S4ssnX&#10;L/0GYxTpsYNyaNxjrhiCIca0+Ls2abNluDnmWiYwYwSsNM3YgLo7JmACJmACK4tALSQtUv9ZaeRf&#10;nR+xlcZ9W0a02VZ9vJ4vkpNhlsgsNBQlCg26rdVi+9Ztn0yrusBX//gyFyMvDFUlMqpYwTZKDGGE&#10;NSoRSQ988LV0yELTJMKCOIsQmyRPFM2FqcbCejfiyyLPbiCM9EgJX3iSI4bCGipV3rZJEgNAYgUe&#10;gUiSkEJQ+AevRm3EEbJRhBPWO1vhA9lD/CyAJKpoKytWRSpfjA6F6UukRvYRCNpAKU+NYCgiUDqC&#10;odgJCNEk9mkaCHtj4aV8qoQDY38CN95H3XAUFTjeg1gq8pF15xZ7SLXAH78PNLR4Y7p4lsc7ELZm&#10;AtNLwErT9I6dPTcBEzABE1hBBJRJlH+FXXu1xC9GDc0ikuli76Q3v+nbamvafii2CGn82a+iln6T&#10;nkMrz/xPGTELHur1X/zV//+rdsRB6Gv8RicbDfb0/GuX/0zV6z2kFvSzLhB9z7mKEc+ivZzbDqQE&#10;lujxI/GN22aNhcww/Xp9bhQDGvt8ZZsMVrE/N79y2NFo47bT3azyNKibKydk08Tusx14LP7zVJTx&#10;f/XIf9EJKaL8HzpRBGr9xn/6PRVQDJEsRKiOfn9NBSQh1ds86d2QjWqAMRZIb9xZIRK9Hqv1t/Zi&#10;z6l8MqWsva/+8bz6gnQSKZN1W+O6Eml6hK3lTdzCfj3D9dboT5XhujDeJ3DM2z73kRyOG0Ebw+V/&#10;9eZTw/WxqIXqzW/z8fSWmvYfT5y5wn8R/hKNPqaTNlvGwt9GTGDaCVhpmvYRtP8mYAImYAIrggC/&#10;/00/WTrGljT6xei27Kr+UD7x6q8jseINFSDiRLKRSNBYe82VyAs2dW5rgiAOrKHX/P13/Y8qw2Jb&#10;8g3X8Z+ksJ7uqdeoFWpOv3quuu/9weY9hmvL3Z7H+k0QXv31q9fSwWpT0bUF/Y++85vc6jt1tX+t&#10;gl/aLPDr5hpiymg52hg0MRYy8gGJQePV8Stv4W3MDX71SeWpyCTkZ8jrHoXsorwwCCj8p1gqxz7W&#10;xP5gUzmDYTyGg3QerrMFeOSyMSsUg8M6E5mmaK67cHjbZztwmo4kPhqVb7iBM1JzKBChRrKMoEMx&#10;7lAV4NB24NKYgjlxPdo1SUtlDm18Vm8aFXbEPNOOHwVj5gSfKJP3YqdW3g5cRpR5CvzYQCq0KvAy&#10;IQk96/htwXrc+1yJBFJCS2gObyO2S9WLGU4BphxjOvRTJTai6nCvo8x4n8AD3Udy+NUHgrbBPh+3&#10;AOOS74g+5PuUwT4Zc2rl1e35r2xApsipcXHIj52hxzT6MvbZ0oeSy5iACXQTsNLkGWICJmACJmAC&#10;U0CATW201mUrFuUcsYgtNpYerhusMDHFJi9SAUiX0NbaxRG/TEdJWufnyYsCN33/9+oKSXaU4YfV&#10;WRpptxdWsEqV0lYyWlr3Odj/W72mOVVXl+uFfYe1bs9xUqs+nMQ+KBC2CnGn7tqCzmNWP7qENfVd&#10;GyRjuRFvGKRMDLFGRPuIF8dYyPzg6z9QSMdxMpSajt7hvBJqiLTSTKAiOVCNO8VEeI7ywg4/9n/x&#10;fx0yE7obYTv4oJzBMK6oKO34/qUXLzJMsUGPJiEGf/bVTdmL5roLRx/7bAdO4QjzoVH5hhuvh9e9&#10;MTaqj+gndYHpqumHRiD5Rll1jLKYf33+LyUfaBcnDiUA1ptGqRg0aFrBRwqS4hAQ3Vy4JM3rzFcu&#10;6t3Y14nzYjtwFQg7V9x763fm+YkepNS/OlMvAA53gpPqkW5tUBRpdPHEiwIK7hv0qUJDup21vVHx&#10;m5Vyvk+Z8T6BB7qPgvBPvvqjDdwgcQscfOTpLEEONxaNtbRVnOaVntja1Hx0DvVjZ9AxrR0e12wZ&#10;I0CbMgETsNLkOWACJmACJmACE0QgQmyKXST4LP7RXT/KqjViH1jwsyeLfpgs1reRhtDnirqNEUkt&#10;rMewTyu6XlhgaYR0otZVUipSbBHCFfb1iALKHmIzYC7GF/iqqF9Tqo/ockBgcc6mM0WvMRgW6m7W&#10;Zhf0/Jc+8sOxLzIbJGF83XUCcuWbfI7Grmn5mrO3hCKAMDRsh1z0XYMosyoZA6qLuQpDDPPGDZUX&#10;JKNhKjws4JBpxSC+XuyNYG/kqQJBgy7gVWy9hP8YgWFNPsJzWMkTHyEp4a73/r16D6CwRsliwjAi&#10;5O9oxH/mnn9YTAY80Qzh3dzcgoXDW2IrONeIdxyxf1aokPiswWUdTmiSon7wJHYxpwCjqYihEJJQ&#10;rPJk4yf2BHb9678iL0pajefjI3fflO8+3oJVMcG0A7dqxU/g5WCrEBNDPKVkeuZ8E4Rzo8wH9TeS&#10;ATsQqSOUb0t4LCY8+qD2I3uVzxVWOtck1BOPAjE/ASu9b6CnCuWBHBNMSl9969VlisdR9xO4wFI/&#10;yuLOipPu+6jx5mXTK23iFpNQI17E08mZwoc+LkUvMJjvceY5rWjLrUH/EmlKZH/qx86CY1qPV0w2&#10;+TzG2dIxw/2WCZjAQASump+fH6iCC5uACcw2gbm5uY0bN47exwsXLqxZcyVTwMfKIXD69OlNmzat&#10;nP5Oe0/JQ9GPPbF0aVyoTHsH7b8JLAEBUrpiIy3ksFCRlqDpcTVBPqCiwxCde26gNq6mbccETMAE&#10;IHDixIn169cbxYwRcEzTjA2ou2MCJmACJmACJmACJrBEBIivUZgJAUfTKDOx/9GnP/eHwCJuxTLT&#10;Ek0aN2MCJmACK4DADCpNd99998GDB/PYceX8+SvbOvgwARMwARMwARMwARMwgTES0G8FPv7RD43R&#10;5pKZYsN17cTUvX3YkvnjhkzABEzABGaDwAwqTQzM8ePHicHrOULWoXqCcjETMAETMIFZIrDgpiqz&#10;1Fn3xQRMoCbA9tjaFoq8uWkMyPKYmoAJmIAJTCyB2VSatm3bdvjw4YmFbsdMwARMwARMYNkJkClz&#10;8vBPfe4TH45f/lp2l+yACZjAUhIgjomHAP+cN7eU2N2WCZiACawEArOpNG3YsOH6668/cuRIMYTk&#10;0BHBpOPYsWO8ywn/7969Wwl3UWDHjh2qu2fPnlx+JcwJ99EETMAETMAETMAETMAETMAETMAETMAE&#10;hiMwm0oTLHbu3ImWVGzPtG/fPsKdjh49un//fnQo3uWcwrykPCcU4JyLW7ZsQXvCwqpVq3jJsXXr&#10;1uEQu5YJmIAJmIAJmIAJmIAJmIAJmIAJmIAJrBACM6s0MX6ISp/85CdjINm56dKlSxKM1q5du27d&#10;ulOnTuVhVgHimwhiQoe6fPkysVFs+VTHRq2QyeFumoAJmIAJmIAJmIAJmIAJmIAJmIAJmMBABGZZ&#10;aZKopCy5nsfq1asVwcSxd+9eBCkFPaE99d9ivGdbLmYCJmACJmACJmACJmACJmACJmACJmACM0Zg&#10;lpUmhmr79u0RkbRp06YQnsibO3PmDCFLGs6LFy/yPwWIaaqVKWKjEK3Onj07Y2Pv7piACZiACZiA&#10;CZiACZiACZiACZiACZjAeAnMuNJEUFLeX0nbMxGgRIrcrl27eBeaN91004EDB7QjOBdVgEP7NMV2&#10;4OhN40VvayZgAiZgAiZgAiZgAiZgAiZgAiZgAiYwYwSump+fn7EuuTsmYAKjEJibm9u4ceMoFlT3&#10;woULa9asGd2OLUwRgdOnTyt61IcJmIAJmIAJmIAJmIAJ9CHANjXr16/vU9JlpojAjMc0TdFI2FUT&#10;MAETMAETMAETMAETMAETMAETMAETmHYCVpqmfQTtvwmYgAmYgAmYgAmYgAmYgAmYgAmYgAlMCgEr&#10;TZMyEvbDBEzABEzABEzABEzABEzABEzABEzABKadgJWmaR9B+28CJmACJmACJmACJmACJmACJmAC&#10;JmACk0LAStOkjIT9MAETMAETMAETMAETMAETMAETMAETMIFpJ2CladpH0P6bgAmYgAmYgAmYgAmY&#10;gAmYgAmYgAmYwKQQsNI0KSNhP0zABEzABEzABEzABEzABEzABEzABExg2glcNT8/P+19sP8mYAJj&#10;JDA3N7dx48bRDV64cGHNmjWj27GFKSJw+vTpTZs2TZHDE+jqM3PnH3nyi2de/JO//Ov//uY3vfGu&#10;W7/vQ//kBvx8/Nkvfe7zL3z+Sy9znZfveut3/vCmdT9x27vVBdX6wpmXOb/2u950963fH2/93rk/&#10;/ve/9XlVfMO3fNMPvuuan7ln8/e85e9OYN/tkgmYgAmYgAmYwAokcOLEifXr16/Ajs92lx3TNNvj&#10;696ZgAmYgAlMDQEEo5879BSCkeSkr8//xcOf/h0u8u8X/+1v87+uc3zpK39y8JGnucI5WpJq6a2X&#10;vjbPWzqnwE8f+M2oSHVdmRoidtQETMAETMAETMAETGAKCVhpmsJBs8smYAImYAKzSOBX/sNzijz6&#10;uX/6j08e/in+J0BJHSW+6b67fujT/3Kbruvi8d//Kv8//YUXpEA99M+26F0Kq4AM8jLe4iJSFNdn&#10;kZ/7ZAImYAImYAImYAImMBEErDRNxDDYCRMwARMwgRVO4I9e+W9EKgHhlo1vvePmd3HC/7/xyz+5&#10;eeNa/j3+0Q+RRqesN73L8cr8X/D/G771m/QS4QkjvEthXiaDVyyoIml3nPzu6dcCoFY4c3ffBEzA&#10;BEzABEzABExgMQjMoNJ0dzqOHTvWRo23KLhjx47FwGqbJmACJmACJjAQgS8+f0HliWmqK7JP0/2/&#10;/On3fvgTN977r/mnAl+f/3P+v33T9Qp9+vTn/uCuf36EYsqqC4NcVy3+Scz6q795LQtvIA9d2ARM&#10;wARMwARMwARMwAT6EJhBpYlu79+//+jRo7t27Tpy5Egbhccee4wChw4d6oPJZUzABEzABExguQj8&#10;2lNfZJ+m2L+pcINAp4/u+tG73vt9SpqjGNs2sXlTh7ff+s0NYtZy9c7tmoAJmIAJmIAJmIAJzBiB&#10;2VSaNEj6CaTz5698tVsfly5duvrqq2dsON0dEzABEzCBKSVwzdVvkuex7Xd05D9/4cofsthuic2Y&#10;ij4iNj247b0kzX3wh98jC08cPxMGEaGokv99/GfvmlJKdtsETMAETMAETMAETGDyCcyy0kR+3OrV&#10;q9euvbI5BXqTkuqULscJ/+/evfvgwYP1uyrAWypW1NW7Sr7jyGFTGNdFfqmxseKePXtUoCOtb/In&#10;jT00ARMwARMYO4EfeMd3Kyjp6bmvkCvHCUlw9/7CpziPZLe116zm+r/5tWdz6/uOfI6MOQUxvfud&#10;a/TWG77l7ySD52WQg/Ao2Ry7/zZoAiZgAiZgAiZgAiZgAiJw1fz8/IyxkDzEsW7dur179+ocDejB&#10;Bx9EdULiOXfu3M6dOylGkp10qMZ3t27dum3btrZ3ZRxF6cCBA2TqUQwVadWqVVgOnoXZd7zjHWp6&#10;xoC7OzNGYG5ubuPGjaN36sKFC2vWvLboHd2aLUwFgdOnTyuY1MdwBJCBDj7ydFGX35L72uU/e/jT&#10;v1PbZHvvwz//fpQmdmLK77LTE/l0KE2NBimJzdhWfDhXXcsETMAETMAETMAExkKANfX69evHYspG&#10;JofAbMY0ISFxnDlzRqCZu+TKEcGkEKTLly/nAWh7d/PmzR11t2/fzruRoEfcE81lFak2u2HDhuPH&#10;j3dsHTU508KemIAJmIAJLD2Bn7jt3WhA+nk4Dvb5vu+uH0IS4lfnYhsmVCR+SI5dwCmg7ZY++CPv&#10;4YrioXj3Peuu+cUdtyEz8VIGuRK7jHO+855bLDMt/eC6RRMwARMwARMwARNYOQRmM6ZJwUrSdIhL&#10;QvQ5fPhwsfl3xDSN8i72ZYcTlCwFN+loNMt1vCKuis3I/c3/yrnNpqunjmmarvGaKG8d0zRRw2Fn&#10;TMAETMAETMAETGDyCTimafLHaAgPZzOmSSDQmNB0iDZC0yGmqW1rpFHeDeIIW+wJleOV2sziFXl5&#10;Z8+eHWK0XMUETMAETMAETMAETMAETMAETMAETMAEJpnALCtNcEfT2bdvHyfEECEDaTdu7QKej1He&#10;DTvETMU24doRvDAb73KiHaB8mIAJmIAJmIAJmIAJmIAJmIAJmIAJmMAsEZjB7LlZGh73xQSWnoCz&#10;55ae+cy06Oy5mRlKd8QETMAETMAETMAEloaAs+eWhvMStzLjMU1LTNPNmYAJmIAJmIAJmIAJmIAJ&#10;mIAJmIAJmMBKJmClaSWPvvtuAiZgAiZgAiZgAiZgAiZgAiZgAiZgAuMkYKVpnDRtywRMwARMwARM&#10;wARMwARMwARMwARMwARWMgErTSt59N13EzABEzABEzABEzABEzABEzABEzABExgnAStN46RpWyZg&#10;AiZgAiZgAiZgAiZgAiZgAiZgAiawkglYaVrJo+++m4AJmIAJmIAJmIAJmIAJmIAJmIAJmMA4CVhp&#10;GidN2zIBEzABEzABEzABEzABEzABEzABEzCBlUzAStNKHn333QRMwARMwARMwARMwARMwARMwARM&#10;wATGScBK0zhp2pYJmIAJmIAJmIAJmIAJmIAJmIAJmIAJrGQCVppW8ui77yZgAiZgAlNG4O1vf/tV&#10;V13F/0vm9/nz52nx2WefXbIWl76hRe3gpz71KewP1Knbb7/9Ix/5yEBVFq/wRDmzeN20ZRMwARMw&#10;ARMwgTESsNI0Rpg2ZQImYAImYAKjEpCWpINFfja3f/9+Xn7jG9/48pe/LP0CGWjo9tAyoqFR7Azt&#10;wKAVl1jzgnabqMe48JaGgyOfD9qp0cvXWJYY1IJdQKbUTFtKhXRBr1zABEzABEzABExg8QhMgdJ0&#10;dzqOHTvWhwU1Bv3Q3Filp52exdo8766udzn6FOsDx2VMwARMwAQmk4AEgttuuw0tSYdUjPD2xRdf&#10;5N2xOI9K8vGPf1ytPPPMM8seQSMxoqNrwKHv999//1i639PI2972thdeeAFRL5fH1SeffJK3ehpZ&#10;CcWYP3kKFaN58803a6YxgrMdHLcSxtp9NAETMAETMIE+BKZAaaIbfCA++uqxdevWPr2avTJr166l&#10;+/w/e11zj0zABEzABESAtfr73ve+j33sYwHkiSee0B9BXclforz//e9n6T703wVEK9qSWYQANTTJ&#10;Bz0lkmvpPUTbOnz4cG73kUceKQQvBmL37t1L79vUtfjUU08x2abObTtsAiZgAiZgAiYwKIHpUJoG&#10;7ZXLm4AJmIAJmMDUESBS5t577y3cRtT47Gc/y0VCfihAIBInRNkobETaE1KUNtPhSoSWRBZekYIn&#10;+9dddx3WGgNMIqUuFC5VKVLtsgO8m3fzKbK3omL4prpKAMRPGtq8eXM0QfWc2dcnSVAt6gi3sY9x&#10;tVKnbkX5ImSp4H/PPfcAKjQ+ThiCBx54IBdTF3Qle5Itt2WQKRFPR9uMjaEcLvssmhZzWinGLo/X&#10;gv6EtzGv8AommplcrEdT/aJYodlN3R1qh03ABEzABEzABHoSmEqliTyyEydOKKmOfDoOnR85ciS6&#10;ferUqeKiEtA4duzYER8H64pRLFvrWVdm9+zZE1l+cpWL/M91fQYt3OBi7W09fpE9p17XnqsKvTt4&#10;8KDcCEQ9Z4OLmYAJmIAJLBcBaRnXXHNN4QCSkGJ5CJwhCgnhiRMCmopiqCEqo5AoVvXEjyhlibcK&#10;zYgCxOBgDX2n0HF4uW/fPlV8+OGHQ2GhpC7igDL4CE4hg+y5556TJziJ1qBzLvKWolcwqIqkoVEg&#10;iy/8neI6FXGGDD75r0AtehHN4Wd36JYS61QeOw8++GAoaDSKuqG3sJ9lOMzqerf8oW4SVqyucdLh&#10;D55Q+NFHH5XlD3zgAzFMe/furd2QWKPrYG8UkrgYveOkUTfEiIZSR87sA0U0jWO4hJN1pzRejA7D&#10;IX9ErDjy9AieVGFWaGYSHFePZkxIBzTVSH3FBEzABEzABGaSwHQoTXxqkWgSH3kff/xxPu3t2rUL&#10;PejcuXM6z7s4nTx5kot8tuaiavEZTll4W7ZskRbDlW3btsXHRw1w28U+dWXhxhtvxCVOaHr16tVn&#10;z57lnP+53ugGF2tvu2ebyhddpgqf2undzp07aXrVqlUrPOVwJu9Yd8oETMAEGgmgFOS0Oxb/oc6g&#10;jJArV9dCFEAaoCKH9AvJQJEIlo1ICeK45ZZbkG90jvAhmQY5g3MaksTz9NNP33fffSoTggX+0NBL&#10;L70UnqCFdY8m/iBOqV+Ku+ElkkohnOXEOmkZL7/8cliOxEA81OcB/qcL+vqHY8HMQZQa1CsV5qSO&#10;O4u2+LNLH0MHzGJNoxuIgDFqfMjBqyLKjJdcjDJFgFWmxwCFQhQDRIGcGnnDDTdw5cKFC/zPAKEk&#10;ygJBczFe1G3b6ZLhoHcxPeAQ2uKC44hZ6uaIs+4qftcETMAETMAETGCqCUyH0hT7NMXn5jvuuAPu&#10;mzZt4v8777wzzuPj0fbt27lI+XXr1hExREjRpUuXpFghTl2+fFmhRtr4Cb1Jo9h2sU/dmAcbNmx4&#10;/vnneYnexOcwqU78z/XaDdUqvF1wSqm8uh9d/uQnP/mOd7xDPaKt48eP57CsBW26gAmYgAmYwLIT&#10;yBKJnEEkGiJnKidMKdyp7UBOQqSITLoFN7rOUVcSPrDMXxwUKP7kccJLBIibbrpJLUbyGipDVkD6&#10;oCYAhzAc/enn/1BS6k2R9Dtx3TloRIepUUkta9as6eMDZaQc0RFJLXVAWbaz4GAVbkh/KQKRwqDm&#10;Q3RNOYaDHpGKmAc3hC0+RTCIvFRPAd4mCaESMoLhTI7Y6nZJe4rp8IZWgw6fy5uACZiACZjANBKY&#10;DqWpJnv11VcPipvwIsX4cPD95EDVB6rLp+G3vOUtfHRDb5IYJAFLn5UHMjWQk6+88gqKmKpoB3FO&#10;In1vIFMubAImYAImsMQEFPJDNFDRLqpNRxBNo5P8AUKSiCCX2Pm7rUdZcxlIDFISFqoW0THEy3Bw&#10;wstIneMcPQKbUhkWlLGyh9ofvVvWUXkEIEKNOnK+io7315iiovYF54jYnzaY/bctlxsBR/4X+WXS&#10;9aJrOhloG3g0uMijzIOLETrF7uZFPqBUIUqCtNjB6tprr2UEC2eW+DZxcyZgAiZgAiZgAlNBYFqV&#10;pgXhKs4fiefMmTME+KD4oMLk9DpdkQYU1zsuLlg3u0RsERFG+kaXc3L9+J/z2g3VKrxdsHeNBRTb&#10;r8RAHcRqEeKk9D0fJmACJmACE04AIQNdKaeGESDTU23JXVPMjg5FrNQdx3KExOqbCTQOyTrhACl1&#10;bYlUYZCUNH15g3IhBQTxIuSYHKKlRLDuIYjmlDe3YF6brOWMvO7tvVVeot5DDz2klwtGIVFG0VsR&#10;+9PWCwUKhQ/dlgs3Gm1KeKq32eo/k3PiZLFdAJ0CMuJgLWVqKItdw1ASc+8KH+qpsuDk6d8LlzQB&#10;EzABEzABE5guAtOhNMU+Tf3TwVCR+MB34MAB1BZ9YNKmTtrvSXIMb1GAl0pw09F4sWfdMMKXyShc&#10;73znO7mi84h4r01RpvZ2uGnEDk0EUrEpeGwZzknkBg5n07VMwARMwASWhgCygmJJIkEJHaen2pI9&#10;xA57DmqLaCwQulL7j6oVeVsKCFKZ7MCtt966YPiMJBjtEc7BSU6dQ7qidTWEINURXYXPvKuSKBTa&#10;/ik4dOtH2t1chQkK6xM5RZiPfiuNQyi6h1jRWwvuTQ4uvjoijEuWFwygJgAKT6KbjcoUQ5OnRNuO&#10;4G3+a4+nxrxCdYoRj8Cx/JN/TKEiwIreUTh6h83YYZ0f42MacEXuFaO5NLePWzEBEzABEzABE5gc&#10;AlfNz89Pjjf2xARMYNkJzM3Nbdy4cXQ3iKoYIkVl9HZtYRkJnD59WinDPkzABKaCAMKQfulvKry1&#10;kyZgAiZgAjNJgDSj9evXz2TXVnKnpiOmaSWPkPtuAiZgAiZgAiZgAmMnoMxKotLGbtkGTcAETMAE&#10;TMAEVjgBK00rfAK4+yZgAiZgAiZgAiuRANs2xd7tK7H/7rMJmIAJmIAJmMCiEbDStGhobdgETMAE&#10;TMAETMAEJpUA+1v1/6W8Se2E/TIBEzABEzABE5hEAlaaJnFU7JMJmIAJmIAJmIAJmIAJmIAJmIAJ&#10;mIAJTCMBK03TOGr22QRMwARMwARMwARMwARMwARMwARMwAQmkYCVpkkcFftkAiZgAiZgAiZgAiZg&#10;AiZgAiZgAiZgAtNIwErTNI6afTYBEzABEzABEzABEzABEzABEzABEzCBSSRgpWkSR8U+mYAJmIAJ&#10;mIAJmIAJmIAJmIAJmIAJmMA0ErDSNI2jZp9NwARMwARMwARMwARMwARMwARMwARMYBIJWGmaxFGx&#10;TyZgAiZgAiZgAiZgAiZgAiZgAiZgAiYwjQSsNE3jqNlnEzABEzABEzABEzABEzABEzABEzABE5hE&#10;AlOjNO159VhUhOfPn7/77rv5n1biJFqs381XFtUxGzcBEzABEzABEzABEzABEzABEzABEzCBqSAw&#10;HUoTms4rrx6SgRbpWLt27dGjR/m/0X79br5SK1OL5KTNmoAJmIAJmIAJmIAJmIAJmIAJmIAJmMDE&#10;EpgOpemZZ5656dWDk4lFacdMwARMwARMwARMwARMwARMwARMwARMYIUTmA6l6fjx45s3b37nO9/J&#10;SR6wHTt2EEzEceLECV0vrijBjYPrKkAKnq4cO3asfplDk06dOqWSR44cUd06cElX+J93d+/effDg&#10;QRqSZQ68inZX+Dxz903ABEzABEzABEzABEzABEzABEzABFYCgSlQmqQikaq2adMmyTcaGDSj66+/&#10;nnw3Dr1VX9m3b9/+/fspsGXLFmQgNKBVq1apytatW4uXxXifPHmSYlSnWHfWHsWoS8mdO3fSEBVD&#10;aeLlSphG7qMJmIAJmIAJmIAJmIAJmIAJmIAJmIAJQGA6lCby5jRanEhpQvo5c+YMyk6MYn2Fkpcu&#10;XSLUSHFJly9f3rBhA1FREaNUvCwmxPbt27mCwrVu3Trim3pOFwQs9pNS4eeff56XPSu6mAmYgAmY&#10;gAmYgAmYgAmYgAmYgAmYgAlMO4EpUJrQhogqipS3IoGuewBWr16tCCaOvXv3ag9vqijhrng5rrFE&#10;DsNhjhDIxmXZdkzABEzABEzABEzABEzABEzABEzABExgkglMutKEXkNIUahFnPCSi4hEqEgRnQTi&#10;+gopdcQ0xa5JMQzbtm0j1Ojs2bO6UryMYtp9HEGK4CminxYcxYsXL6oMW0qRQMfByYK1XMAETMAE&#10;TMAETMAETMAETMAETMAETMAEZobApCtN6DU33nhjxs1LbYR06NChiHVSSl19ZdeuXahRiofSPk0R&#10;G4XAVLwsBhWVisIHDhygJDJW95ATvkRJmqCYCrMh1IK1ZmYauSMmYAImYAImYAImYAImYAImYAIm&#10;YAImAIGr5ufnDWLsBNib/I477tA+5T5MYLoIzM3Nbdy4cXSfL1y4sGbNmtHt2MIUETh9+rSfe1M0&#10;XnbVBEzABEzABEzABJadAFEj69evX3Y37MB4CUx6TNN4e7s01rhV2BTcy62loe1WTMAETMAETMAE&#10;TMAETMAETMAETMAEJoeAlaYxjwXRTKTRPfjgg2O2a3MmYAImYAImYAImYAImYAImYAImYAImMPEE&#10;rDSNeYj4hTu2LfcOTWPGanMmYAImYAImYAImYAImYAImYAImYALTQMBK0zSMkn00ARMwARMwARMw&#10;ARMwARMwARMwARMwgWkgYKVpGkbJPpqACZiACZiACZiACZiACZiACZiACZjANBCw0jQNo2QfTcAE&#10;TMAEVgyB8+fPX3XVVc8+++xi95gmaGixWxmvfRzmuP3227vNiiH/j7H1t7/97Z/61KfGaNCmgoDZ&#10;jnEyjPG+ZsIzNLVvYxyvpXnWDYRXTw+Oj3zkIwNVHKIwjzK1NURdV5k0Aozm/v37J80r+2MCy0jA&#10;StMywnfTJmACJmACJlASYHlz//3333zzzbzBx1atQ3oqLAPRPH78+Pve976BqixvYZH5xje+8cQT&#10;T3R78txzz73tbW+r90zUGnIIwYiKL7zwwg033LC8BGay9ZXDVrfzQINI+UHXrvm+RhIaRS55+umn&#10;b7vtNjkcpsY4XtLT9awrjhE9HwhyURhi+/bt4znzsY99bGg7fQaOB9GXv/xlGuIYuqHRK9LfRj1x&#10;dMsrzcKTTz550003rbReu78m0EHASpOnhwmYgAmYgAlMCgGWXnxafeCBB+TQZz/7WWkrOhZUWLq7&#10;wTeuWWTB+LL8foXkniGIf/zjH7/nnnsaK7JYygtyVsiNa6cLFy5QfQjBSBWXBdegoIpRHrR6R3km&#10;51hWpIUdZMFB2Y7LkzHC6WPqxRdfHEjbVVBerF17hunl+xp59JZbbunjW2OZp5566rrrrtNbYWqI&#10;8QrjPH9yQCKiGIpwY9Mjej50l2HOE/juu+8e2gIVi4FrM3X48OH77rtvlIaGq8tdnGNm8Tb0xOEM&#10;ulYM+po1a0zDBEwgCFhp8mQwARMwARMwgUkhwA+YIi2FosGaZ5SFYtErrF1zzTVxka/Tx2i8P0EF&#10;HPUvr5JavLV9jmdJfO2114ZNCt966611E0RPINgNIRhNUfxXMcqDcu4oD4SxKE2FnZdeemkg/QUP&#10;x+XJGOH0MUWMzEBiMROV6aqQH0kDfaZuvq+p/v73v7+Pb41lkHtC5wpTQ4xXGEcCzl1AemvTOEb0&#10;fOguj0VTzgPX4QkjlZ9aQ/s8UEWFpOUHKXNylOitgVqf4cJtgbQz3GV3zQQWJGClaUFELmACJmAC&#10;JmACS0FAX6dH2I60lcYAHBb8kVIXuxEprkdvFQlikbazefNmRUZovYH9sJN7GLuHtAUfNbbVmOVX&#10;2Me9D3zgAzTdtt1SbJJCgdA1aE7iFP8XmzTRU0piELOx5wsYWcI1IopkIk5UoC2ZTpblBkvivEJu&#10;5I97wS1ayRFGOZgL42KoJlS+dpiL4WcOacGBDEpzoB7ljlmLWQWY1BCi4+GYfHvwwQcBmy/m7M6I&#10;koiLjWlftR3F4DR6EqaUSxWUak9yT7P/WIgJo1COgBzjThkZ11t5gmXIOQ0tF47NWSI3M0/d7FjM&#10;T9zQxKhbzOXDeQpz52oU8k0R1bMP3AsSlItdlmLSxrh03wIaUEkS2VTETGl0AlfGXt9TgkNYIgcn&#10;8kExU+FYTKHcXJhtSwPMY5TzEzPhsByj37jXW+YczUUVTmJ0Go3Hu8Wsq2/V4qmlivmpm1FwXSMl&#10;l3ipmD45xnnjRGrEkh+k6k6xpV2+o2OeUCbfO21yc8d9lJ9dOa6twKh+5YmUb4fGp27c0XlA820e&#10;vWgsWTwhY6zFQc/Vxme1KuaGUGDHIsR3PLT9lglMHQErTVM3ZHbYBEzABExgNgkcPXoUJSV2LWnL&#10;UuETMDkXyqcjACqCAli2sQInI6MOB9i9ezc7jxA5olos7PXVPepM7BISi0Ps6zt5Dqo0LvCKtvSB&#10;+9FHH1Ut9AhZ45O3djx55plnZIev8emjStbxHdjhXQqHV6rFV+70VP4XtQjZwBq1VAV6Wh5Iz+IK&#10;bwFWMwa3FcbFQoJzVdmzZ089n/A/LBBoxvI44r/a+GupI5v4oLVijjDKwVwEd2BT5fFfy2/VzQ5L&#10;UdJ1CIiGVEKKqYNgeeihh7hej3LHfUL36eC9996LBcYoIEAmZgX2cUxDSTH+19AoAoL+Pvzww/IN&#10;C5jiIoWZhLqIJBEyaHhS22FK0Io8oY9MYBXGkzDFhI8hqC3kbuaBAywWIrqN7qDXCFruMjIixpE8&#10;uM67DJnGDlMxG4VC1xmFmDzcKbE5i25Y3YB0qoCf9yQiJotaKplbLKoAUM4z5xll3Uqy3OaD7ms9&#10;Q4pdlnhQaFwYNcZlwVvg5Zdfjs3OsikFWmp0cEn3I/7EtAE750VfACVpW/yZqzqPRxYdfOSRR1Qr&#10;mgNa3IZczzlfKklH4nkiaxEfh59RFyBtz6jspzgrYZlJLhUmHmu8FXJGYbxt4NpuVT21qKUR4YQ7&#10;PZ66UJWwKBS0pcmp+46XvKsZiEucU4Zz7k3e0h3XhkUP0sjIpmSOxGEQ447GGjAFnDKw1R2qGduo&#10;zrfdR0U4Xo5rKzAy5TCu+4KDkQ2dqPGpSzfpvh5K3Cnyiipxm6sX+malLlmMGk3oFuOgVp783Pv0&#10;TpA5F2T6FTbVUGMgbdGKX5rAiiKwzEpTn0ToKMOJ7u04WaShopXFbqL2vLHFpXGjbuXYsWNc3LFj&#10;xxKjOHjwYOMn/j4DXfdiaej18S2XWcaBHtRVlzcBE1hiAiwscy4Jn8hxIL5llcrA/6wutE7jYMmn&#10;9RsHJ3xQbtxel3eLqBzWuqoSfVQcBB/T+YQdyRRa5NQciraU9Kc8Ha0rIk2PdnmJV2EzYi5qsyxm&#10;chegEVIFJ22f44svk7Xg56N/RCFFikre1Tv6XosCVGeNiieyoH4puKyNP4scWIUKxokWt+q7epqX&#10;63QHYjGOxVjIYWziZNhkbSl/pCbkDsYYFaNcE44rGsFIrdK38XjFegnLKkZzTAbw6i3+j6QbukZ/&#10;cUklmbr5+3wVxvPGTdmzHS3FsyeqIk+0GudQDpeGoPCk6GMeOJVXXY1FQINwTAB6EWOh1lnx8j8f&#10;SGI2alLRfeyw1Aw5TPqjhlig2vLjsBkiCMME2FyyMS2UmRnJaznTqsOHvPMRoEJXxbG4ATGlbnbf&#10;AnmzszAl+LzF6FBdE5iLMIlpw7uN6bFFYppGhCGOGySmcTSnwVVF/K8fbrofNY01XfWUkJ8YjxnY&#10;8YzKUyjnHmI8HmuUwbKeFbXxYhLGwHXcqjkJUXpKDJAGPTSj/MDXxXzv827OfVN/27DIbH6k44b+&#10;6GhSxR0t1LoRNLHzczJnYUff2+6jIvU45P4ao2ZO3BcKJo3uNP7VCyd5V9NAzw1x0J+5mAPqTpTM&#10;o6Zor2gCqvG3GD8bIfPXKn67A1xU93bgxY3glyawnEpTH5lp9BHqLzdESR5JfP/ZJxl+IPf6ezKQ&#10;2cUo/Nhjj+3atevQoUOLhKLRZx7lzz//PB8FFqNHo9ucouEbvbO2YAImsCwEil2ZJEboK9b4QpuP&#10;6Y2Ci5ZtWbkouhCf73WdT/CxIVReuvOdNgvIkLf4yF7bLNqiOp4rKodD3ydroUKjOVmGK4X4kp2U&#10;6ND2Yb3jZ30i9EPWtISLRWkIW/mrdTpFmZyLlD1RyfiUkiu28WeNVG82VGx4nIcgp0lSN2/OFQ5L&#10;zoixIK5HS0qt3KKDShWU/8Uot03jYgQjH0p6SqNYWexCovATFldyj08LWh+y2KMvut7YemFHS/GY&#10;Y7EMlichhImkPph17IdSDFzuTgGNSSI1RLMu9uDXvcBCGlOKkVEHFbCDA/Ikq4cx7mBEmWpjnkM5&#10;GKb4tNMWuijHpEDpPBJpO3zIOx9FPF0hYcvD7ltAjcajJkzJW/yn1/E5WTGDysxVzlGjelsoDoqZ&#10;iiHOUlo0B2cF+OT0q0yYkgqmC0p6gGiShPGOZ1S2VnBu2yavMF6MeB64jls1P7UaB0hm8SF/Baum&#10;870f74pn1GrEIoP5GUvTEp7yLVb0KE9s3WK1MNp2H1E4b1GfCdcY831BRaaEfGt76jIDFUDH9Ig4&#10;RMrrCodCtLhSlyz6SBN5d/Y89HkI4pGujuRU97hbC8t+aQIrmcCyKU1LIzOt5KEdpe+XLl26+uqr&#10;R7EwRN3PfOYzW7ZsGaKiq5iACZjADBCIJW70pXGdw8fZvIksYgQLe6rkiImaRrGC0mf3SAfLa13s&#10;R7YIn9EbtxMu2pJYQMUQxWIJqnyQSGHQeqZt+2fZyWsYJVVxsW15o57Wa6dYIeeKRdMoI1qE1NsJ&#10;6avvHA0RPrfxh3D9BVVe9itASbEAhdyWowzyWyy0IpsDV0OOyWtUlY9gn6xHdNwUBYqYaaG/qK7U&#10;Fn1gywFZvGyUQVULOUx5PY15l4Wd2hNN78ITVowRYlBYyN0sBo67I4cRZYkWg1pYMutCw+JlZLDK&#10;VExpTRUOxjRHbzFFw2wOQarh51COPEyNGiXVs6BWiGsdPkQrxURqjEzsuAXybZVNScallciQFZPI&#10;zAVUW1RXoQgXIX5tdwfTHpuROprBFs9MCV4RX5bjQzueUdlgfhLWD+SYMxEH1HiL5cFqu1WFN57k&#10;IanIIDKuhDz5kJXfAhrvxgMz3urAUgv98fAsJpUy0fT8zw/YNkGq7T6ieg4TU56vHpU1xnxf5IdP&#10;21NXHjI9IntXz424bbPiWZQsxi43ob7roVoQC02w+GtFv/JjpHFi+KIJrEACy6M0jUtmymEmcY66&#10;zzmHUsAYVP5KkZbFCS850cUoFm8VJSNsVdZkUFMkjHNy5MgRXczt1jOp8KRoXeVPnTqlhsJm2MEZ&#10;vUVGW3dzteVGb8Ng3VYNTShOnDgR7gXtxiHInPt7TkDThg0bit5pdNqYd/SiDWlUiQGFWB5ZuqnO&#10;5i+RCia1kTzi9RA0+rmg8yvweeQum4AJ5Mc+5/V24HycVVYdByt51gCKcyl+1KkgqY/F2Xis67iY&#10;8zgiW6pjLIq2tNQpmuBKLMjz+l/ZEI2H7Gixp+qRF9Pxfbv+QuUjL+HyXjOx6oOb1g8cxRpGF6UH&#10;ybIgh4rUxp8CkXiCdCX74RsvtXONFo21vBJRBvmtSB6pOxjlcwfrUeZb/cYdVfICWE5qpimnLD7/&#10;EEsSKYQF51gGZ9/oeDRXLJ6jWGGniHcoPFEtNsfBq5xaVQCJlx0Dx+igFKgkfkbmF8A5j/EiiEnR&#10;RtlUbg43YvmqGS69IEey1O7VoRwxo3irMUoxawpKX4qj2wd5XkwkOKs685kWF7wF2iRazRycZ2Iw&#10;pTWa2Z+2oeF6EejEiMSY5u2lwnPmUt6UulZyc6qjNgiLoJ4I1ZE/bc+owtus+uX0K01C/pfaWxiv&#10;jYTIlTWafKtmgZjqTKQYILqMfKmnev0zncU3BFndiLc6sOhRHEeWURgLvNVbel4pd7WQWtp+LrDt&#10;PsJCJGmqazkGMAugaij21FNumvrS+NSlfGjZIZPlrNjczbpkMWrxhy+e1TEB8lcjoZrlGaV+eTvw&#10;jnvfb61YAsugNGnRvkgHksGqVat4TnFs3bpVDyweATt37lSLq1ev1kU+SagYD0f+UtYlVZ4/pdu2&#10;beNdjCDKxCekkydPcpEUM4kURbt17wr7ResqL5s0hLXioxhucJ13ifpBfOlorsNyeJv7taCrUYDv&#10;BoWiz9gF5/6eE0iVv0DOo5P59OzFglViQG+88cZz585pEHH77NmznPM/16OnxfC1zQqVr4cgymd0&#10;jRf7sHUZEzCBlUCgLacm8tEQEbQprGjkZVvNRwIHH6b1aTiv63iZV/s86iNjqE2nKNrSsjNyZyLP&#10;hYdhZB7FYoNAKtYzXK8jiXKCAwVYrUVwRMevoVOLfql1+pJ1E17mvWZCgWIVF97mHYKCG7hYXSgF&#10;DIc5j/ivNv7YjKxD7Ag4iyUlD3LCsi0vseLvXRGulccCm5GTGMSK8lmPaBzlxt8uzGJcDsHIuW90&#10;P+dOoi/IGWlJ+KZx1KGFHOtwvmvRFYavMZezsJPjHfKcx5NIzdMXPyGuFRbybC8GDgsxcIwOQUzy&#10;TRuNqyJTK2avuqw4DkxFGqBqqTydioFWeqMIt92wqpXfzXOSt9rSQvNdRt/VaHBu9CHf18VEisEC&#10;CHNvwVugkGhjusbMgQO4wh86EpOh8WfdKMCU0LNFc5guZIE1i0RqjoGgFwE/70YUgy7BizJKQc0S&#10;T479bHtG5cmjp0dW/RSMGQ6EUpZvn8ICL2PgOm7VjJcqPOhigDQ5RaCYKtIrY4+kYiOt/FYbFs1V&#10;eqQxyum9kU3Ju9roWjdCRwpw7nvbfUQZxkVjpJTtnJKZx0ihsjHiDGWMeONTV487jQ4FIntXadE6&#10;9PeusWQxcPy10lhzAr3GZ3XWixkg+hJ/d3K/6inhKyawYglcNT8/v5Sdr2WmBZULqqgMJ3ww5d6u&#10;T+JdTnhWojGhiahfUbg4R1aIcB7Ei02bNtUlL168eODAgfCQzzqoDxivS9bt1lRzre7Wi4bkRhhc&#10;t27d9u3bi27Guz37xccjtmGqEbVBw4fGKo144yKRQf09J1wrXFq8XtQDSiAVf1RoGgmPafD444/z&#10;Z4YhAHL+Aq3oVD0r2oaA6zW6Np5LeTO2tTU3N7dx48bRPeEjb+MWp6NbtoWJJXD69Gluool1b/Id&#10;42Mun+/btvSefP8Xz0MWDMgEHbtQLV7T02uZ6RS6yfT2Yiyes+ZnTRjqUrbJ1OKPfmOW6FiatpEp&#10;IrBkt4wiy9rSDKeIWLg6+n0UPzM6jd23z6MTYM24fv360e3YwkQRWOqYJgWq5GO8OJAGQpZSGlTj&#10;wfMdmUluEMYyug8921VDQ7SuECEdfCRqa24Iy6P3vdtCT88xQkzT0HxG6QUw3/KWt4CO9D0tkjVz&#10;6jjtPq1M4BD0cdtlTMAEJoEA36MW2Q2T4NWy+5A37Fh2Z6bFAWIWGsO1psX/8frZtjtYDlIYb4u2&#10;NnUE8s5Ei+187EC32A0tjf2x3Ec9f81gaXrkVkzABMZCYKmVprE4HUZQMdjbiJexz47eIqCJyCOl&#10;QXEQP1K0yxUig7iIphACR11SuoOM8xg9c+ZMbCTU2JGi3bqMPGlrXT8Qi0tFQ7iBk0Uf6252WC48&#10;kUHpKbXZxq61VWkbAhnp7zmFMaWshzY+Y+lF44C+4x3v+OQnP6kobs4Ja+L/tuHrnhW1843oGi9q&#10;5yZNNp0wRrEzV+O4+KIJmMAsESCtIPZgmqV+Dd0XHoZK5ci/Vj60tRVVkXAJh4DFiJO20/jtkdLN&#10;hvtiaUVNp9nuLFo2zxkyvPQ5fFEPYn9oi2SrWQqjG8t9lLP/FnUIbNwETGDJCEy30sSmRYQmsSbX&#10;PjsSEbRrNSdKoEM+IGEqNpZWMdb5r7zyCsXQFCKmqbGkdvOhJJ/YSLJr+zhStMvLWiAI+42t4xXq&#10;Dw3hLZ4XDdG03NBm23U3O/rVOJlogoYyugXnXGOVeggKOz09p9b1118v3bCNT+3hEL1oHFCWMah7&#10;73znO2lC5/xfNJenR8esaHS+0c8hnF9wjFzABExgqgnwh6ZxL5Kp7tQozvOnUL8iNEurslGAuO5w&#10;BLitGu8sMlUbU+qGa8W1ppSApgHHEmQus9kTDc3Yc34s99HS8J/SKWq3TWBKCfx/LFA3kXLRpnwA&#10;AAAASUVORK5CYIJQSwMEFAAGAAgAAAAhALP+AorgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyoY9pCCHGqqgJOFRItEuK2jbdJ1HgdxW6S/j3mBMfZWc28yVeTbcVAvW8c&#10;a1CzBARx6UzDlYbP/etdCsIHZIOtY9JwIQ+r4voqx8y4kT9o2IVKxBD2GWqoQ+gyKX1Zk0U/cx1x&#10;9I6utxii7CtpehxjuG3lfZI8SIsNx4YaO9rUVJ52Z6vhbcRxPVcvw/Z03Fy+98v3r60irW9vpvUz&#10;iEBT+HuGX/yIDkVkOrgzGy9aDXFIiNfl4hFEtJ8SpUAcNMzTdAGyyOX/AcUPAAAA//8DAFBLAwQU&#10;AAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQ&#10;RfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUw&#10;jq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6&#10;hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+&#10;PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAp/bLM3AwAA2gcAAA4AAAAAAAAAAAAA&#10;AAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAGzyezUGVgEABlYBABQAAAAAAAAA&#10;AAAAAAAAnQUAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhALP+AorgAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAA1VsBAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAA&#10;ACEBAAAZAAAAAAAAAAAAAAAAAOJcAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAG&#10;AAYAfAEAANVdAQAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 429255694" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:121920;height:46020;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlLciNyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/ZasMw&#10;EEXfC/0HMYW+hESqyWY3SuiCS0mesnzAYE0sU2tkLCVx/74qFPp4ucvhrjaDa8WV+tB41vA0USCI&#10;K28arjWcjuV4CSJEZIOtZ9LwTQE26/u7FRbG33hP10OsRRrhUKAGG2NXSBkqSw7DxHfEyTv73mFM&#10;sq+l6fGWxl0rM6Xm0mHDiWCxozdL1dfh4hIkL8sF2+1lORrttka9nj7epdL68WF4eQYRaYj/4b/2&#10;p9EwzfJsNpvnU/i9lO6AXP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5S3IjckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
                 <v:rect id="Rectangle 2001486738" o:spid="_x0000_s1028" style="position:absolute;left:51450;top:5331;width:36332;height:8992;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBrHeW4ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NT8Mw&#10;DIbvSPyHyEjcWLoxjaosm/gQEldakOBmNV5TrXFKk22BX48PSDtar9/Hftbb7Ad1pCn2gQ3MZwUo&#10;4jbYnjsD783LTQkqJmSLQ2Ay8EMRtpvLizVWNpz4jY516pRAOFZowKU0VlrH1pHHOAsjsWS7MHlM&#10;Mk6dthOeBO4HvSiKlfbYs1xwONKTo3ZfH7yBz9rRIX/19rHZ5e/yY9k8L/a/xlxf5Yd7UIlyOi//&#10;t1+tASHOl+Xq7laeFifxAb35AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGsd5bjKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" strokecolor="red" strokeweight="4.5pt"/>
                 <w10:wrap type="tight" anchorx="margin"/>
               </v:group>
@@ -2769,51 +2854,55 @@
       <w:r w:rsidR="00EC0555" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">ou cannot decide </w:t>
       </w:r>
       <w:r w:rsidR="00056353" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">the additional information: </w:t>
       </w:r>
       <w:r w:rsidR="00EC0555" w:rsidRPr="00BD73CD">
         <w:t>volume</w:t>
       </w:r>
       <w:r w:rsidR="00887072" w:rsidRPr="00BD73CD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EC0555" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve"> issue</w:t>
       </w:r>
       <w:r w:rsidR="00887072" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00056353" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">year, and </w:t>
       </w:r>
       <w:r w:rsidR="00887072" w:rsidRPr="00BD73CD">
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidR="00071DBB" w:rsidRPr="00BD73CD">
-        <w:t xml:space="preserve">. These will be </w:t>
+        <w:t xml:space="preserve">. These </w:t>
+      </w:r>
+      <w:r w:rsidR="00071DBB" w:rsidRPr="00BD73CD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">will be </w:t>
       </w:r>
       <w:r w:rsidR="00887072" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">edited to the correct information </w:t>
       </w:r>
       <w:r w:rsidR="00056353" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">later </w:t>
       </w:r>
       <w:r w:rsidR="00071DBB" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">in the process. </w:t>
       </w:r>
       <w:r w:rsidR="00056353" w:rsidRPr="00BD73CD">
         <w:t>By having</w:t>
       </w:r>
       <w:r w:rsidR="002F7EFB" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00887072" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">inserted </w:t>
       </w:r>
       <w:r w:rsidR="002F7EFB" w:rsidRPr="00BD73CD">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00056353" w:rsidRPr="00BD73CD">
         <w:t>page</w:t>
       </w:r>
@@ -2952,55 +3041,51 @@
       </w:r>
       <w:r w:rsidR="00D36275" w:rsidRPr="00D36275">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>more detail on where</w:t>
       </w:r>
       <w:r w:rsidR="00D36275" w:rsidRPr="00D36275">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="008331D0">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">There should always be contact information for at least one of the authors. The contact author </w:t>
       </w:r>
       <w:r w:rsidR="002D776A" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">is for readers to contact and </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
-        <w:t xml:space="preserve">does not </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">have to be the </w:t>
+        <w:t xml:space="preserve">does not have to be the </w:t>
       </w:r>
       <w:r w:rsidR="0048023A" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">same as the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">author that the </w:t>
       </w:r>
       <w:r w:rsidR="007120BD" w:rsidRPr="008365C6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>IQ</w:t>
       </w:r>
       <w:r w:rsidR="007120BD" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">editor is </w:t>
       </w:r>
       <w:r w:rsidR="0048023A" w:rsidRPr="00B22759">
         <w:t>corresponding</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> with. It is the responsibility of the corresponding author to inform co-authors</w:t>
@@ -3400,50 +3485,51 @@
       <w:r w:rsidR="0032471E" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE37F5" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">authors </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">are asked to use only numeric endnotes and to keep them to a minimum. The Endnotes </w:t>
       </w:r>
       <w:r w:rsidR="00CE37F5" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">section </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>should follow the References</w:t>
       </w:r>
       <w:r w:rsidR="00CE37F5" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> section</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002D776A" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">If you by mistake have made footnotes these </w:t>
       </w:r>
       <w:r w:rsidR="00CE37F5" w:rsidRPr="00B22759">
+        <w:lastRenderedPageBreak/>
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidR="009B2B83" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D776A" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidR="0097503B" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">Microsoft </w:t>
       </w:r>
       <w:r w:rsidR="002D776A" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">Word </w:t>
       </w:r>
       <w:r w:rsidR="00676F14" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidR="00552C1C" w:rsidRPr="00B22759">
         <w:t>transformed</w:t>
       </w:r>
       <w:r w:rsidR="009B2B83" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE37F5" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">into </w:t>
@@ -3487,91 +3573,100 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">References </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E34C0AA" w14:textId="2059ABB6" w:rsidR="00A67AF7" w:rsidRPr="00B22759" w:rsidRDefault="00A67AF7" w:rsidP="00B22759">
       <w:r w:rsidRPr="00897526">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Bibliographic </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>citations should be consistent in style following the Harvard</w:t>
       </w:r>
       <w:r w:rsidR="00CE37F5" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">standard (author, year) in the text paragraphs. </w:t>
       </w:r>
       <w:r w:rsidR="00B97B4D" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">You can google many instructions for this standard e.g. the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00B97B4D">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B97B4D">
+        <w:instrText>HYPERLINK "http://www.staffs.ac.uk/support_depts/infoservices/learning_support/refzone/harvard/"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B97B4D">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B97B4D" w:rsidRPr="00B22759">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97B4D">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidR="00B97B4D" w:rsidRPr="00B22759">
         <w:endnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00B97B4D" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> from the University of Stafford came up </w:t>
       </w:r>
       <w:r w:rsidR="00676F14" w:rsidRPr="00B22759">
         <w:t>first on</w:t>
       </w:r>
       <w:r w:rsidR="00B97B4D" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> the result list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1D263B" w14:textId="144B6769" w:rsidR="008179FB" w:rsidRPr="00B22759" w:rsidRDefault="008179FB" w:rsidP="00B22759">
       <w:r w:rsidRPr="00B22759">
         <w:t>References in the text ar</w:t>
       </w:r>
       <w:r w:rsidR="006C6843" w:rsidRPr="00B22759">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> given </w:t>
       </w:r>
       <w:r w:rsidR="006C6843" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>author(s) and year e.g. (Frankfurt, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F760963" w14:textId="39709556" w:rsidR="008179FB" w:rsidRPr="00B22759" w:rsidRDefault="00EE0D0E" w:rsidP="00B22759">
       <w:r w:rsidRPr="00B22759">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If a reference is </w:t>
       </w:r>
       <w:r w:rsidR="00AE4D4F" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">considered as </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">a proper </w:t>
       </w:r>
       <w:r w:rsidR="00AE4D4F" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">article, </w:t>
       </w:r>
       <w:r w:rsidR="0093565D" w:rsidRPr="00B22759">
         <w:t>but on</w:t>
       </w:r>
       <w:r w:rsidR="00AE4D4F" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">ly available on </w:t>
       </w:r>
       <w:r w:rsidR="0093565D" w:rsidRPr="00B22759">
         <w:t>the web</w:t>
       </w:r>
       <w:r w:rsidR="00AE4D4F" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>it should be l</w:t>
@@ -3640,51 +3735,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22759">
         <w:t>Wherever possible, references must be accompanied by a digital object identifier (DOI) link (i.e., http://dx.doi.org/</w:t>
       </w:r>
       <w:r w:rsidR="002F4733" w:rsidRPr="00B22759">
         <w:t>10.xxxx/xx.xxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
       <w:r w:rsidR="007517DC" w:rsidRPr="00B22759">
         <w:t>If needed, a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>uthors are encouraged to use the DOI lookup service offered by CrossRef</w:t>
       </w:r>
       <w:r w:rsidR="002F4733">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="002F4733" w:rsidRPr="00EA3B1E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://www.crossref.org/guestquery</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009F10CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097FDCE7" w14:textId="77777777" w:rsidR="00DD27D8" w:rsidRPr="00897526" w:rsidRDefault="00DD27D8" w:rsidP="00B22759">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33409616" w14:textId="32027AB4" w:rsidR="009B2B83" w:rsidRDefault="009B2B83" w:rsidP="009B2B83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -3792,91 +3887,101 @@
       <w:r w:rsidR="00661622" w:rsidRPr="00B22759">
         <w:t>, instead use DOIs</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3E3C96" w14:textId="242A2887" w:rsidR="009B2B83" w:rsidRDefault="009B2B83" w:rsidP="00B22759">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">A link in the text </w:t>
       </w:r>
       <w:r w:rsidR="00190112" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">can </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">be embedded as </w:t>
       </w:r>
       <w:r w:rsidR="00186721" w:rsidRPr="00B22759">
         <w:t>’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00B22759">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Minutes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00186721" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">‘ </w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">in the text. Here however, we will need more information because the </w:t>
       </w:r>
       <w:r w:rsidRPr="008365C6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>IQ</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> might be printed. Therefore there should be a note number</w:t>
       </w:r>
       <w:r w:rsidR="002F5BD6" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> like:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00186721" w:rsidRPr="00B22759">
         <w:t>’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00B22759">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Minutes</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidR="00186721" w:rsidRPr="00B22759">
         <w:endnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="00186721" w:rsidRPr="00B22759">
         <w:t xml:space="preserve">’, </w:t>
       </w:r>
       <w:r w:rsidR="00676F14" w:rsidRPr="00B22759">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00190112" w:rsidRPr="00B22759">
         <w:t>End</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t>note</w:t>
       </w:r>
       <w:r w:rsidR="008D5CDC" w:rsidRPr="00B22759">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0071299F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -3890,51 +3995,51 @@
       </w:r>
       <w:r w:rsidRPr="0071299F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> the full link e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00186721">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00B97B4D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0071299F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00DD2EC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00186721">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00186721" w:rsidRPr="0071299F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="323472D3" w14:textId="77777777" w:rsidR="003F3260" w:rsidRPr="009B2B83" w:rsidRDefault="003F3260" w:rsidP="00B22759">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -4063,50 +4168,51 @@
       <w:r w:rsidR="00CF59F0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, delaying publication.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27798023" w14:textId="77777777" w:rsidR="00963855" w:rsidRPr="00963855" w:rsidRDefault="00963855" w:rsidP="00963855">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DA72355" w14:textId="64B50B9F" w:rsidR="00A67AF7" w:rsidRPr="00897526" w:rsidRDefault="00A67AF7" w:rsidP="00897526">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897526">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Illustrations, tables and figures </w:t>
       </w:r>
       <w:r w:rsidR="00EA1C84">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(and how to add Alt-Text)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74573C3C" w14:textId="753AD5B5" w:rsidR="00974B2B" w:rsidRPr="00B22759" w:rsidRDefault="00A67AF7" w:rsidP="00B22759">
       <w:r w:rsidRPr="00897526">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Word file m</w:t>
       </w:r>
       <w:r w:rsidR="008C1140">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ay include </w:t>
       </w:r>
       <w:r w:rsidR="008C1140" w:rsidRPr="00B22759">
         <w:t>graphics and tables</w:t>
       </w:r>
@@ -4116,51 +4222,50 @@
     </w:p>
     <w:p w14:paraId="6D25665B" w14:textId="2E0234FE" w:rsidR="00052B6D" w:rsidRPr="00B22759" w:rsidRDefault="00052B6D" w:rsidP="00B22759">
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve">Tables are often made with Word-tables and placed at appropriate places in the text. You can also make tables outside of Word and include as graphics. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B06DEA9" w14:textId="622309C6" w:rsidR="008C1140" w:rsidRPr="00B22759" w:rsidRDefault="008C1140" w:rsidP="00B22759">
       <w:r w:rsidRPr="00B22759">
         <w:t>Illustrations, figures, and</w:t>
       </w:r>
       <w:r w:rsidR="00052B6D" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> other graphics</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> are placed within the text</w:t>
       </w:r>
       <w:r w:rsidR="008D39B4" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> – embedded graphics -</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> at the appropriate points (rather than at the end). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119C9BEE" w14:textId="1D3485D3" w:rsidR="00184CDC" w:rsidRPr="00B22759" w:rsidRDefault="00137A87" w:rsidP="00B22759">
       <w:r w:rsidRPr="00B22759">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Authors </w:t>
       </w:r>
       <w:r w:rsidR="00BD1206" w:rsidRPr="00B22759">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> add alt-text for the benefit of vision-impaired readers to all figures, tables, and other illustrations.  (Alt-text enables screen-reading software to describe the effect or point of inserted objects.)  To add such descriptions, right-click on the item, select Edit Alt-Text directly (or Table Properties for tables, then the Alt-text tab), and type in no more than three sentences about what the illustration adds to the text.  For tables, the table title should also be included.  If an item is only decorative, simply enter the word Decorative or, on Macs, click that checkbox.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AECD5F" w14:textId="6EF68FF2" w:rsidR="002F5BD6" w:rsidRPr="00B22759" w:rsidRDefault="009E4E7A" w:rsidP="00B22759">
       <w:r>
         <w:t>Images</w:t>
       </w:r>
       <w:r w:rsidR="00397BAC">
         <w:t xml:space="preserve"> and figures</w:t>
       </w:r>
       <w:r w:rsidR="002F5BD6" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> are presented in color. Be aware</w:t>
       </w:r>
       <w:r>
         <w:t>, though,</w:t>
       </w:r>
       <w:r w:rsidR="002F5BD6" w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> that some readers </w:t>
       </w:r>
@@ -4363,58 +4468,60 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">including </w:t>
       </w:r>
       <w:r w:rsidR="003E09D6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the italicized word </w:t>
       </w:r>
       <w:r w:rsidR="003E09D6" w:rsidRPr="003E09D6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="003E09D6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003E09D6" w:rsidRPr="003E09D6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Notes</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003E09D6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> if there </w:t>
       </w:r>
       <w:r w:rsidR="00765911">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="003E09D6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>more than one)</w:t>
       </w:r>
       <w:r w:rsidR="00EC22D1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, followed by an italicized colon</w:t>
       </w:r>
       <w:r w:rsidR="00AA5667">
@@ -4634,50 +4741,51 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the table notes and then change the font size and paragraph spacing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D960398" w14:textId="77777777" w:rsidR="00660158" w:rsidRDefault="00660158" w:rsidP="00B22759">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CA70FD5" w14:textId="1D5A0A33" w:rsidR="00CF59F0" w:rsidRDefault="0080344E" w:rsidP="00897526">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendices</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763234E1" w14:textId="0A2F63D1" w:rsidR="0080344E" w:rsidRDefault="0080344E" w:rsidP="0080344E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Content that is material to an article but </w:t>
       </w:r>
       <w:r w:rsidR="00615B92">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">would overwhelm the text may be included as a separate appendix.  </w:t>
       </w:r>
       <w:r w:rsidR="00D11275">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -4874,51 +4982,50 @@
       <w:r w:rsidR="00500957">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>them</w:t>
       </w:r>
       <w:r w:rsidR="00C22854">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BDF857" w14:textId="6D1951D2" w:rsidR="00AE65C1" w:rsidRDefault="00AE65C1" w:rsidP="0080344E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D43DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Appendices must be incorporated into the same file as the article text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="009240E3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This is to keep such material together with the article </w:t>
       </w:r>
       <w:r w:rsidR="00BC0754">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in case</w:t>
       </w:r>
       <w:r w:rsidR="009240E3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> it is downloaded and shared in some way oth</w:t>
@@ -5033,257 +5140,294 @@
         </w:rPr>
         <w:t>. Authors retain copyright of the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A75CAE9" w14:textId="77777777" w:rsidR="009840EC" w:rsidRPr="00B22759" w:rsidRDefault="009840EC" w:rsidP="00B22759"/>
     <w:p w14:paraId="66356055" w14:textId="0176776C" w:rsidR="004A1DB3" w:rsidRPr="004A1DB3" w:rsidRDefault="004A1DB3" w:rsidP="004A1DB3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Review process</w:t>
       </w:r>
       <w:r w:rsidRPr="00897526">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A085D6" w14:textId="0EC89267" w:rsidR="004A1DB3" w:rsidRPr="00B22759" w:rsidRDefault="000344EB" w:rsidP="00B22759">
-[...12 lines deleted...]
-      <w:r w:rsidR="006F4E7C" w:rsidRPr="00B22759">
+    <w:p w14:paraId="472178E1" w14:textId="77777777" w:rsidR="0047712F" w:rsidRDefault="004F7F09" w:rsidP="00B22759">
+      <w:r w:rsidRPr="004F7F09">
+        <w:t xml:space="preserve">The review process is designed to provide authors with constructive feedback to improve their article. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95B58" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve">Review notes may also include suggestions for changes to the language as a service to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95B58">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00A67AF7" w:rsidRPr="00B22759">
-[...2 lines deleted...]
-      <w:r w:rsidR="006F4E7C" w:rsidRPr="00B22759">
+      <w:r w:rsidR="00C95B58" w:rsidRPr="00B22759">
+        <w:t>especially</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95B58">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A67AF7" w:rsidRPr="00B22759">
-[...53 lines deleted...]
-        <w:t xml:space="preserve">When getting ready to upload your revised file, </w:t>
+      <w:r w:rsidR="00C95B58" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve"> non-native English writers.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95B58">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619811A3" w14:textId="07C3BC70" w:rsidR="004F7F09" w:rsidRDefault="00D93A44" w:rsidP="00B22759">
+      <w:r>
+        <w:t xml:space="preserve">As </w:t>
+      </w:r>
+      <w:r w:rsidR="0047712F">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4499E">
+        <w:t>process reviewers’ suggestions</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3312E">
+        <w:t xml:space="preserve"> and revise your paper</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4499E">
+        <w:t>, p</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F09" w:rsidRPr="004F7F09">
+        <w:t xml:space="preserve">lease </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">write </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F09" w:rsidRPr="004F7F09">
+        <w:t>a separate letter, apart from your manuscript, explaining how you addressed the reviewers’ comments. We understand that some suggestions may not be feasible at your current stage of research—this letter offers an opportunity to clarify why certain comments were not fully implemented or were addressed differently than recommended. Minor grammatical corrections (e.g., spelling and punctuation) do not need to be mentioned. For</w:t>
+      </w:r>
+      <w:r w:rsidR="00372A16">
+        <w:t xml:space="preserve"> larger</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F09" w:rsidRPr="004F7F09">
+        <w:t xml:space="preserve"> revisions </w:t>
+      </w:r>
+      <w:r w:rsidR="00372A16">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F09" w:rsidRPr="004F7F09">
+        <w:t xml:space="preserve">made in full, you may simply list the </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F09">
+        <w:t xml:space="preserve">requested </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F09" w:rsidRPr="004F7F09">
+        <w:t>change and note “Done.”</w:t>
+      </w:r>
+      <w:r w:rsidR="007061B8">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697C6146" w14:textId="77777777" w:rsidR="005E33AA" w:rsidRDefault="00CA5B54" w:rsidP="00B22759">
+      <w:r>
+        <w:t>When getting ready to upload your revised file</w:t>
+      </w:r>
+      <w:r w:rsidR="006020AD">
+        <w:t xml:space="preserve"> together with your letter</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00096195">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">please rename it in this </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00096195" w:rsidRPr="00096195">
+        <w:t xml:space="preserve">please rename </w:t>
+      </w:r>
+      <w:r w:rsidR="00291D19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>format</w:t>
-[...19 lines deleted...]
-        <w:rPr>
+        <w:t>the paper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096195">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>IASSIST Quarterly</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A464FB">
+        <w:t xml:space="preserve"> in this format</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">:  change -v1 at the end of the filename to -Rev.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7EB9CB" w14:textId="676D5C57" w:rsidR="000A7106" w:rsidRDefault="007F10CE" w:rsidP="00B22759">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1DB3" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve">o upload </w:t>
+      </w:r>
+      <w:r w:rsidR="002541FB">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1DB3" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve"> revised version of your </w:t>
+      </w:r>
+      <w:r w:rsidR="002541FB">
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, please do</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1DB3" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1DB3" w:rsidRPr="00B01BE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1DB3" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve"> start a new submission</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BE1">
+        <w:t xml:space="preserve">, but rather use the link in the editor’s email to </w:t>
+      </w:r>
+      <w:r w:rsidR="00944314">
+        <w:t>upload revisions</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1DB3" w:rsidRPr="00B22759">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5B54">
+        <w:t xml:space="preserve">  Alternatively, you may </w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:t xml:space="preserve">log into your account (aka “dashboard”) on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>IASSIST Quarterly</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:t> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>IQ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A464FB">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:t>) website</w:t>
+      </w:r>
+      <w:r w:rsidR="00220D89">
+        <w:t xml:space="preserve"> using the link at the upper right</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:t>.  In the My Queue tab, click View to the right of the relevant submission.  Navigate to the “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Review</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:t xml:space="preserve">” tab (within the default </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Workflow </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:t>tab). Scroll down to the “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Revisions”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A464FB">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:t> panel and click “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Upload File”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A464FB">
-[...3 lines deleted...]
-    <w:p w14:paraId="5E7EB9CB" w14:textId="2022D935" w:rsidR="000A7106" w:rsidRPr="00B22759" w:rsidRDefault="00A67AF7" w:rsidP="00B22759">
+      <w:r w:rsidR="00A464FB" w:rsidRPr="00A464FB">
+        <w:t xml:space="preserve"> to upload your revised file. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326F68F0" w14:textId="21A29ECA" w:rsidR="00C6563E" w:rsidRPr="00B22759" w:rsidRDefault="00C6563E" w:rsidP="00B22759">
+      <w:r>
+        <w:t xml:space="preserve">You will need to upload the letter separately.  When asked what </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5329">
+        <w:t>kind</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of file it is, select Other.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3324F492" w14:textId="5521D8EE" w:rsidR="001A751B" w:rsidRPr="003606FB" w:rsidRDefault="001A751B" w:rsidP="00B22759">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B22759">
-        <w:t>Review notes may also include suggestions for changes to the language</w:t>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00B22759">
+        <w:lastRenderedPageBreak/>
         <w:t>Be aware that information mails from the Open Journal System - and from the editor</w:t>
       </w:r>
       <w:r w:rsidR="000A49E6">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> - might be </w:t>
       </w:r>
       <w:r w:rsidR="000A49E6">
         <w:t>routed</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22759">
         <w:t xml:space="preserve"> your spam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> box. So please inspect that. </w:t>
       </w:r>
       <w:r w:rsidR="003607A2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Editors always send duplicate messages directly as well </w:t>
@@ -5512,58 +5656,51 @@
         </w:rPr>
         <w:t xml:space="preserve">might include </w:t>
       </w:r>
       <w:r w:rsidR="00F66CD2">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>broken</w:t>
       </w:r>
       <w:r w:rsidR="004F5870">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D61AB">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>hyperlinks, unlinked DOIs</w:t>
       </w:r>
       <w:r w:rsidR="00F66CD2">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t>misspelled author names, incomplete citations, etc.)</w:t>
+        <w:t>, misspelled author names, incomplete citations, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="0089681A">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve">  There are too many citation managers for us to provide directions here, but </w:t>
       </w:r>
       <w:r w:rsidR="00875891">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve">you may Google ”unlink references” together with the name of the software you are using </w:t>
       </w:r>
       <w:r w:rsidR="00B66FC8">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>to fin</w:t>
       </w:r>
       <w:r w:rsidR="00C66D61">
         <w:rPr>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>d the proper procedure</w:t>
       </w:r>
@@ -5593,51 +5730,51 @@
       </w:r>
       <w:r w:rsidR="005A7CC0" w:rsidRPr="001862A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t xml:space="preserve"> include a citation for the data source in the Reference list</w:t>
       </w:r>
       <w:r w:rsidRPr="001862A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210E90A1" w14:textId="73142560" w:rsidR="00EE0D0E" w:rsidRDefault="00EE0D0E" w:rsidP="007222B4">
       <w:pPr>
         <w:pStyle w:val="Reference"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE0D0E">
         <w:t xml:space="preserve">Bosak, Jon (1997) ‘XML, Java, and the future of the Web’, (Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00FF65FE" w:rsidRPr="00527682">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.xml.com/pub/a/w3j/s3.bosak.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE0D0E">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CF3F03" w14:textId="77777777" w:rsidR="009B2B83" w:rsidRDefault="003A76B2" w:rsidP="00F20AC0">
       <w:pPr>
         <w:pStyle w:val="Reference"/>
       </w:pPr>
       <w:r w:rsidRPr="003A76B2">
         <w:t>Frankfurt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003A76B2">
         <w:t xml:space="preserve">Harry G. </w:t>
       </w:r>
       <w:r>
@@ -5668,77 +5805,77 @@
     </w:p>
     <w:p w14:paraId="05997757" w14:textId="25B7C56C" w:rsidR="002F5BD6" w:rsidRDefault="002F5BD6" w:rsidP="003A76B2">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="161D8F36" w14:textId="070BCF55" w:rsidR="00052B6D" w:rsidRPr="00052B6D" w:rsidRDefault="00052B6D" w:rsidP="00052B6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2381"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00052B6D" w:rsidRPr="00052B6D" w:rsidSect="003F2E2F">
-      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52473E03" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
+    <w:p w14:paraId="6DE2B483" w14:textId="77777777" w:rsidR="005817F5" w:rsidRDefault="005817F5" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E503721" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
+    <w:p w14:paraId="408FA5E7" w14:textId="77777777" w:rsidR="005817F5" w:rsidRDefault="005817F5" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="59AFC42C" w14:textId="0061946B" w:rsidR="0071299F" w:rsidRDefault="00AD7865" w:rsidP="002F5BD6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0071299F">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -6446,61 +6583,61 @@
         <w:t>https://doi.org/do.be/doo</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="000A38C4" w:rsidRPr="00663BC6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0F5CA96D" w14:textId="77777777" w:rsidR="00E44B34" w:rsidRPr="00663BC6" w:rsidRDefault="00E44B34">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E40918C" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
+    <w:p w14:paraId="397D1F15" w14:textId="77777777" w:rsidR="005817F5" w:rsidRDefault="005817F5" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1172BDB6" w14:textId="77777777" w:rsidR="004674D7" w:rsidRDefault="004674D7" w:rsidP="00855C56">
+    <w:p w14:paraId="710EA81D" w14:textId="77777777" w:rsidR="005817F5" w:rsidRDefault="005817F5" w:rsidP="00855C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06D96ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8BCA7A0"/>
     <w:lvl w:ilvl="0" w:tplc="0406000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7246,50 +7383,51 @@
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA463F"/>
     <w:rsid w:val="000006E4"/>
+    <w:rsid w:val="000051CF"/>
     <w:rsid w:val="000344EB"/>
     <w:rsid w:val="00043D7A"/>
     <w:rsid w:val="00052B6D"/>
     <w:rsid w:val="00055046"/>
     <w:rsid w:val="00056353"/>
     <w:rsid w:val="00066053"/>
     <w:rsid w:val="00071DBB"/>
     <w:rsid w:val="000737A8"/>
     <w:rsid w:val="00075F96"/>
     <w:rsid w:val="00085398"/>
     <w:rsid w:val="00085AF9"/>
     <w:rsid w:val="00092F5A"/>
     <w:rsid w:val="00096195"/>
     <w:rsid w:val="000A38C4"/>
     <w:rsid w:val="000A4395"/>
     <w:rsid w:val="000A49E6"/>
     <w:rsid w:val="000A6232"/>
     <w:rsid w:val="000A7106"/>
     <w:rsid w:val="000B36B1"/>
     <w:rsid w:val="000B3FD0"/>
     <w:rsid w:val="000B5542"/>
     <w:rsid w:val="000E01F8"/>
     <w:rsid w:val="001127A4"/>
     <w:rsid w:val="0011319D"/>
     <w:rsid w:val="001163D9"/>
@@ -7302,285 +7440,312 @@
     <w:rsid w:val="00151DAF"/>
     <w:rsid w:val="00155038"/>
     <w:rsid w:val="00161AD2"/>
     <w:rsid w:val="00167AEE"/>
     <w:rsid w:val="0017109C"/>
     <w:rsid w:val="0017403F"/>
     <w:rsid w:val="00184CDC"/>
     <w:rsid w:val="001862A7"/>
     <w:rsid w:val="00186721"/>
     <w:rsid w:val="00190112"/>
     <w:rsid w:val="00190D39"/>
     <w:rsid w:val="001932DC"/>
     <w:rsid w:val="001944EF"/>
     <w:rsid w:val="00195236"/>
     <w:rsid w:val="00196DFD"/>
     <w:rsid w:val="001A7076"/>
     <w:rsid w:val="001A751B"/>
     <w:rsid w:val="001B2536"/>
     <w:rsid w:val="001B5EDA"/>
     <w:rsid w:val="001D4157"/>
     <w:rsid w:val="001E377A"/>
     <w:rsid w:val="001F087B"/>
     <w:rsid w:val="001F1534"/>
     <w:rsid w:val="002116FB"/>
     <w:rsid w:val="00220ABF"/>
+    <w:rsid w:val="00220D89"/>
     <w:rsid w:val="00221A56"/>
     <w:rsid w:val="00236511"/>
     <w:rsid w:val="00242CEE"/>
+    <w:rsid w:val="002462C7"/>
     <w:rsid w:val="00246B35"/>
+    <w:rsid w:val="002541FB"/>
     <w:rsid w:val="00255868"/>
+    <w:rsid w:val="0026002F"/>
     <w:rsid w:val="00274805"/>
     <w:rsid w:val="002801EC"/>
     <w:rsid w:val="00281249"/>
     <w:rsid w:val="0028248A"/>
     <w:rsid w:val="002905EE"/>
+    <w:rsid w:val="00291D19"/>
     <w:rsid w:val="00293D0F"/>
+    <w:rsid w:val="00296C63"/>
     <w:rsid w:val="002A1751"/>
     <w:rsid w:val="002A1F18"/>
     <w:rsid w:val="002A3654"/>
     <w:rsid w:val="002A4113"/>
     <w:rsid w:val="002B0FED"/>
     <w:rsid w:val="002B112B"/>
     <w:rsid w:val="002C3835"/>
     <w:rsid w:val="002C3F45"/>
     <w:rsid w:val="002D61AB"/>
     <w:rsid w:val="002D689A"/>
     <w:rsid w:val="002D776A"/>
     <w:rsid w:val="002E0BC8"/>
     <w:rsid w:val="002E69C1"/>
     <w:rsid w:val="002F12AE"/>
     <w:rsid w:val="002F4733"/>
     <w:rsid w:val="002F4F00"/>
     <w:rsid w:val="002F5BD6"/>
     <w:rsid w:val="002F6185"/>
     <w:rsid w:val="002F7EFB"/>
     <w:rsid w:val="00302172"/>
     <w:rsid w:val="00311BFE"/>
     <w:rsid w:val="0031715A"/>
     <w:rsid w:val="0031747F"/>
     <w:rsid w:val="0032138C"/>
     <w:rsid w:val="0032471E"/>
     <w:rsid w:val="00326273"/>
     <w:rsid w:val="00330C06"/>
     <w:rsid w:val="0035706B"/>
     <w:rsid w:val="003606FB"/>
     <w:rsid w:val="003607A2"/>
     <w:rsid w:val="00366D91"/>
+    <w:rsid w:val="00372A16"/>
     <w:rsid w:val="00374642"/>
     <w:rsid w:val="00375C75"/>
     <w:rsid w:val="00384EA0"/>
     <w:rsid w:val="003863EE"/>
     <w:rsid w:val="00390520"/>
     <w:rsid w:val="00390C61"/>
+    <w:rsid w:val="00397576"/>
     <w:rsid w:val="00397BAC"/>
     <w:rsid w:val="003A76B2"/>
     <w:rsid w:val="003D11B0"/>
     <w:rsid w:val="003D3E18"/>
     <w:rsid w:val="003E09D6"/>
     <w:rsid w:val="003F2E2F"/>
     <w:rsid w:val="003F3260"/>
     <w:rsid w:val="00400B62"/>
     <w:rsid w:val="00405ACC"/>
+    <w:rsid w:val="00407296"/>
     <w:rsid w:val="004212C6"/>
     <w:rsid w:val="0042162F"/>
     <w:rsid w:val="00422136"/>
     <w:rsid w:val="00436712"/>
     <w:rsid w:val="004438BE"/>
     <w:rsid w:val="004456F1"/>
     <w:rsid w:val="00445899"/>
     <w:rsid w:val="0045025C"/>
     <w:rsid w:val="004517C2"/>
     <w:rsid w:val="004555B7"/>
     <w:rsid w:val="00456FDF"/>
     <w:rsid w:val="0046711D"/>
     <w:rsid w:val="004674D7"/>
     <w:rsid w:val="00471399"/>
     <w:rsid w:val="004744B5"/>
     <w:rsid w:val="00474939"/>
     <w:rsid w:val="00476F33"/>
+    <w:rsid w:val="0047712F"/>
     <w:rsid w:val="0048023A"/>
+    <w:rsid w:val="004822A5"/>
+    <w:rsid w:val="00482E39"/>
     <w:rsid w:val="0049026E"/>
     <w:rsid w:val="00493C4F"/>
     <w:rsid w:val="0049547A"/>
     <w:rsid w:val="004A1DB3"/>
     <w:rsid w:val="004B404F"/>
     <w:rsid w:val="004D2668"/>
     <w:rsid w:val="004D44FA"/>
     <w:rsid w:val="004D4860"/>
     <w:rsid w:val="004E3BDB"/>
     <w:rsid w:val="004F441C"/>
     <w:rsid w:val="004F5870"/>
+    <w:rsid w:val="004F5D40"/>
     <w:rsid w:val="004F70C1"/>
+    <w:rsid w:val="004F7F09"/>
     <w:rsid w:val="00500957"/>
     <w:rsid w:val="00502288"/>
     <w:rsid w:val="005204CD"/>
     <w:rsid w:val="005230B1"/>
     <w:rsid w:val="00524164"/>
     <w:rsid w:val="005323F4"/>
     <w:rsid w:val="00537A8F"/>
     <w:rsid w:val="0054022C"/>
     <w:rsid w:val="00552C1C"/>
+    <w:rsid w:val="0055386C"/>
     <w:rsid w:val="00563F1D"/>
     <w:rsid w:val="00565472"/>
     <w:rsid w:val="00574EC9"/>
     <w:rsid w:val="00580BE7"/>
+    <w:rsid w:val="005817F5"/>
     <w:rsid w:val="005834DD"/>
     <w:rsid w:val="005919B9"/>
     <w:rsid w:val="00593E88"/>
     <w:rsid w:val="005942A2"/>
+    <w:rsid w:val="00595573"/>
     <w:rsid w:val="005A1743"/>
     <w:rsid w:val="005A7CC0"/>
     <w:rsid w:val="005B0E6A"/>
+    <w:rsid w:val="005B1DC9"/>
     <w:rsid w:val="005B3CC3"/>
+    <w:rsid w:val="005B7295"/>
     <w:rsid w:val="005D1D51"/>
     <w:rsid w:val="005D43DB"/>
     <w:rsid w:val="005D50D8"/>
     <w:rsid w:val="005E2FAD"/>
+    <w:rsid w:val="005E33AA"/>
     <w:rsid w:val="005E763C"/>
     <w:rsid w:val="005F4A21"/>
     <w:rsid w:val="005F697A"/>
+    <w:rsid w:val="006020AD"/>
     <w:rsid w:val="00612E48"/>
     <w:rsid w:val="00615B92"/>
     <w:rsid w:val="0061796E"/>
     <w:rsid w:val="006267F2"/>
     <w:rsid w:val="00630FDF"/>
     <w:rsid w:val="0064672F"/>
     <w:rsid w:val="0064786C"/>
     <w:rsid w:val="00651E3C"/>
     <w:rsid w:val="00654E92"/>
     <w:rsid w:val="00656E9B"/>
     <w:rsid w:val="00660158"/>
     <w:rsid w:val="00661622"/>
     <w:rsid w:val="00663BC6"/>
     <w:rsid w:val="00664899"/>
     <w:rsid w:val="0066617A"/>
     <w:rsid w:val="006737CF"/>
     <w:rsid w:val="00674188"/>
     <w:rsid w:val="00676F14"/>
     <w:rsid w:val="00677D29"/>
     <w:rsid w:val="00681CE6"/>
     <w:rsid w:val="00683B35"/>
     <w:rsid w:val="00691F34"/>
     <w:rsid w:val="00695B2B"/>
     <w:rsid w:val="006A43E8"/>
     <w:rsid w:val="006A4608"/>
     <w:rsid w:val="006A66C5"/>
     <w:rsid w:val="006A7067"/>
     <w:rsid w:val="006C39DC"/>
     <w:rsid w:val="006C6843"/>
     <w:rsid w:val="006F4E7C"/>
     <w:rsid w:val="006F5A96"/>
     <w:rsid w:val="006F6485"/>
+    <w:rsid w:val="007061B8"/>
     <w:rsid w:val="007100E6"/>
     <w:rsid w:val="007120BD"/>
     <w:rsid w:val="0071288C"/>
     <w:rsid w:val="0071299F"/>
     <w:rsid w:val="00717837"/>
     <w:rsid w:val="007222B4"/>
     <w:rsid w:val="00724A5C"/>
     <w:rsid w:val="00731860"/>
     <w:rsid w:val="0073441E"/>
+    <w:rsid w:val="00735B07"/>
     <w:rsid w:val="007364F5"/>
     <w:rsid w:val="007517DC"/>
     <w:rsid w:val="0075357E"/>
     <w:rsid w:val="00757F91"/>
     <w:rsid w:val="00764BED"/>
     <w:rsid w:val="00764DE7"/>
     <w:rsid w:val="00765911"/>
     <w:rsid w:val="00777926"/>
     <w:rsid w:val="00782EE9"/>
     <w:rsid w:val="00786C65"/>
     <w:rsid w:val="00793FEF"/>
     <w:rsid w:val="007A1786"/>
     <w:rsid w:val="007A3A78"/>
     <w:rsid w:val="007A4A2A"/>
     <w:rsid w:val="007B5B43"/>
     <w:rsid w:val="007B5D19"/>
     <w:rsid w:val="007C5021"/>
     <w:rsid w:val="007C77EE"/>
     <w:rsid w:val="007E0681"/>
     <w:rsid w:val="007E3B05"/>
+    <w:rsid w:val="007F10CE"/>
     <w:rsid w:val="007F3A14"/>
     <w:rsid w:val="0080344E"/>
     <w:rsid w:val="00813CB1"/>
     <w:rsid w:val="008179FB"/>
     <w:rsid w:val="00826411"/>
     <w:rsid w:val="00826BB3"/>
     <w:rsid w:val="008331D0"/>
     <w:rsid w:val="00834120"/>
     <w:rsid w:val="008365C6"/>
     <w:rsid w:val="00843E83"/>
     <w:rsid w:val="0084561B"/>
     <w:rsid w:val="0085014E"/>
     <w:rsid w:val="00855C56"/>
     <w:rsid w:val="00856D2A"/>
     <w:rsid w:val="0086120C"/>
     <w:rsid w:val="0086269C"/>
     <w:rsid w:val="00863392"/>
     <w:rsid w:val="008666C1"/>
     <w:rsid w:val="008677D9"/>
     <w:rsid w:val="0087564F"/>
     <w:rsid w:val="00875891"/>
     <w:rsid w:val="00877753"/>
     <w:rsid w:val="00884574"/>
     <w:rsid w:val="00885B04"/>
     <w:rsid w:val="0088640B"/>
     <w:rsid w:val="00887072"/>
     <w:rsid w:val="008948B8"/>
     <w:rsid w:val="00894910"/>
     <w:rsid w:val="00894EC7"/>
     <w:rsid w:val="0089681A"/>
     <w:rsid w:val="00897526"/>
     <w:rsid w:val="008A2043"/>
     <w:rsid w:val="008A5E65"/>
     <w:rsid w:val="008B0610"/>
     <w:rsid w:val="008C1140"/>
     <w:rsid w:val="008C1BB4"/>
     <w:rsid w:val="008D39B4"/>
     <w:rsid w:val="008D4C18"/>
     <w:rsid w:val="008D5CDC"/>
     <w:rsid w:val="008E1A70"/>
     <w:rsid w:val="00906EF0"/>
     <w:rsid w:val="00907050"/>
     <w:rsid w:val="00914D96"/>
     <w:rsid w:val="009240E3"/>
     <w:rsid w:val="00925784"/>
     <w:rsid w:val="0093122A"/>
     <w:rsid w:val="009313BE"/>
+    <w:rsid w:val="009320AD"/>
     <w:rsid w:val="00933B61"/>
     <w:rsid w:val="0093565D"/>
     <w:rsid w:val="00944314"/>
     <w:rsid w:val="0094768A"/>
+    <w:rsid w:val="00951544"/>
     <w:rsid w:val="00951929"/>
     <w:rsid w:val="009525A1"/>
     <w:rsid w:val="00963855"/>
     <w:rsid w:val="00963945"/>
     <w:rsid w:val="00967AAF"/>
     <w:rsid w:val="00970B4F"/>
     <w:rsid w:val="00974B2B"/>
     <w:rsid w:val="0097503B"/>
+    <w:rsid w:val="00980F58"/>
     <w:rsid w:val="00982878"/>
     <w:rsid w:val="009840EC"/>
     <w:rsid w:val="00984FCE"/>
     <w:rsid w:val="0099074B"/>
     <w:rsid w:val="00990BFD"/>
     <w:rsid w:val="009A4B9B"/>
     <w:rsid w:val="009B2B83"/>
     <w:rsid w:val="009B798F"/>
     <w:rsid w:val="009C33DF"/>
     <w:rsid w:val="009D1612"/>
     <w:rsid w:val="009E100F"/>
     <w:rsid w:val="009E1410"/>
     <w:rsid w:val="009E3C86"/>
     <w:rsid w:val="009E4E7A"/>
     <w:rsid w:val="009F03B0"/>
     <w:rsid w:val="009F0CA7"/>
     <w:rsid w:val="009F10CE"/>
     <w:rsid w:val="009F2053"/>
     <w:rsid w:val="00A00E5B"/>
     <w:rsid w:val="00A14262"/>
     <w:rsid w:val="00A15961"/>
     <w:rsid w:val="00A24BEC"/>
     <w:rsid w:val="00A33EF0"/>
     <w:rsid w:val="00A367D7"/>
     <w:rsid w:val="00A43EAF"/>
@@ -7594,160 +7759,182 @@
     <w:rsid w:val="00A80FB7"/>
     <w:rsid w:val="00A82E5C"/>
     <w:rsid w:val="00AA5667"/>
     <w:rsid w:val="00AB7F99"/>
     <w:rsid w:val="00AD06BD"/>
     <w:rsid w:val="00AD2FFA"/>
     <w:rsid w:val="00AD35A4"/>
     <w:rsid w:val="00AD38DD"/>
     <w:rsid w:val="00AD7865"/>
     <w:rsid w:val="00AE4D4F"/>
     <w:rsid w:val="00AE5053"/>
     <w:rsid w:val="00AE65C1"/>
     <w:rsid w:val="00AF1C1F"/>
     <w:rsid w:val="00AF42B0"/>
     <w:rsid w:val="00B01BE1"/>
     <w:rsid w:val="00B02264"/>
     <w:rsid w:val="00B04EB7"/>
     <w:rsid w:val="00B05B8B"/>
     <w:rsid w:val="00B0764C"/>
     <w:rsid w:val="00B15F04"/>
     <w:rsid w:val="00B22759"/>
     <w:rsid w:val="00B3004F"/>
     <w:rsid w:val="00B3759F"/>
     <w:rsid w:val="00B3760B"/>
     <w:rsid w:val="00B52762"/>
+    <w:rsid w:val="00B55044"/>
     <w:rsid w:val="00B620EF"/>
     <w:rsid w:val="00B62D1D"/>
     <w:rsid w:val="00B66FC8"/>
     <w:rsid w:val="00B82E74"/>
     <w:rsid w:val="00B90401"/>
     <w:rsid w:val="00B97B4D"/>
     <w:rsid w:val="00BA41D8"/>
     <w:rsid w:val="00BA6DA5"/>
     <w:rsid w:val="00BB201D"/>
     <w:rsid w:val="00BB3E99"/>
     <w:rsid w:val="00BC0754"/>
     <w:rsid w:val="00BC0E8D"/>
+    <w:rsid w:val="00BC57E6"/>
     <w:rsid w:val="00BD1206"/>
     <w:rsid w:val="00BD73CD"/>
     <w:rsid w:val="00BD7E74"/>
     <w:rsid w:val="00BE1F4C"/>
     <w:rsid w:val="00BE4C7F"/>
     <w:rsid w:val="00C00B5D"/>
     <w:rsid w:val="00C00EF1"/>
     <w:rsid w:val="00C032E5"/>
     <w:rsid w:val="00C21D8B"/>
     <w:rsid w:val="00C22854"/>
     <w:rsid w:val="00C26092"/>
     <w:rsid w:val="00C3326F"/>
     <w:rsid w:val="00C42EA0"/>
     <w:rsid w:val="00C553A9"/>
     <w:rsid w:val="00C55600"/>
     <w:rsid w:val="00C60E69"/>
+    <w:rsid w:val="00C6563E"/>
     <w:rsid w:val="00C66D61"/>
     <w:rsid w:val="00C70E6F"/>
+    <w:rsid w:val="00C75264"/>
     <w:rsid w:val="00C7696F"/>
     <w:rsid w:val="00C813F5"/>
     <w:rsid w:val="00C8585A"/>
     <w:rsid w:val="00C85BE0"/>
     <w:rsid w:val="00C92B9B"/>
     <w:rsid w:val="00C94A85"/>
+    <w:rsid w:val="00C95B58"/>
+    <w:rsid w:val="00CA5B54"/>
     <w:rsid w:val="00CC024B"/>
     <w:rsid w:val="00CC6D99"/>
     <w:rsid w:val="00CD226B"/>
     <w:rsid w:val="00CE1AF7"/>
     <w:rsid w:val="00CE240F"/>
     <w:rsid w:val="00CE37F5"/>
     <w:rsid w:val="00CE57C9"/>
     <w:rsid w:val="00CE7FDC"/>
     <w:rsid w:val="00CF59F0"/>
     <w:rsid w:val="00CF6177"/>
     <w:rsid w:val="00D01B6C"/>
     <w:rsid w:val="00D04364"/>
     <w:rsid w:val="00D0469B"/>
     <w:rsid w:val="00D11275"/>
+    <w:rsid w:val="00D20BC2"/>
     <w:rsid w:val="00D36275"/>
     <w:rsid w:val="00D4754A"/>
     <w:rsid w:val="00D50935"/>
     <w:rsid w:val="00D52FF6"/>
     <w:rsid w:val="00D5489A"/>
     <w:rsid w:val="00D57428"/>
     <w:rsid w:val="00D70A77"/>
     <w:rsid w:val="00D71B52"/>
+    <w:rsid w:val="00D75BB0"/>
     <w:rsid w:val="00D75EB1"/>
     <w:rsid w:val="00D860E0"/>
+    <w:rsid w:val="00D93A44"/>
     <w:rsid w:val="00D95F82"/>
     <w:rsid w:val="00DA3D3E"/>
+    <w:rsid w:val="00DA6A61"/>
+    <w:rsid w:val="00DB5329"/>
     <w:rsid w:val="00DC3CCC"/>
     <w:rsid w:val="00DC3E74"/>
     <w:rsid w:val="00DD00C9"/>
     <w:rsid w:val="00DD27D8"/>
     <w:rsid w:val="00DD2EC9"/>
     <w:rsid w:val="00DE5F5D"/>
     <w:rsid w:val="00DF651F"/>
+    <w:rsid w:val="00E00F48"/>
     <w:rsid w:val="00E01EB4"/>
     <w:rsid w:val="00E17588"/>
     <w:rsid w:val="00E211E1"/>
+    <w:rsid w:val="00E21E33"/>
     <w:rsid w:val="00E31BA4"/>
+    <w:rsid w:val="00E3312E"/>
+    <w:rsid w:val="00E339CB"/>
+    <w:rsid w:val="00E34280"/>
     <w:rsid w:val="00E42B26"/>
+    <w:rsid w:val="00E4499E"/>
     <w:rsid w:val="00E44B34"/>
     <w:rsid w:val="00E45B4D"/>
+    <w:rsid w:val="00E50134"/>
     <w:rsid w:val="00E530D0"/>
     <w:rsid w:val="00E55660"/>
     <w:rsid w:val="00E71BBA"/>
     <w:rsid w:val="00E72C14"/>
     <w:rsid w:val="00E7794E"/>
     <w:rsid w:val="00E95FB8"/>
     <w:rsid w:val="00EA1458"/>
     <w:rsid w:val="00EA1C84"/>
     <w:rsid w:val="00EA2325"/>
     <w:rsid w:val="00EA282A"/>
+    <w:rsid w:val="00EB451A"/>
     <w:rsid w:val="00EC0555"/>
     <w:rsid w:val="00EC22D1"/>
     <w:rsid w:val="00ED0C3F"/>
     <w:rsid w:val="00ED0C6E"/>
     <w:rsid w:val="00EE0D0E"/>
     <w:rsid w:val="00EE306B"/>
     <w:rsid w:val="00EE5622"/>
     <w:rsid w:val="00EE5BC3"/>
     <w:rsid w:val="00EF1110"/>
     <w:rsid w:val="00F00F9B"/>
+    <w:rsid w:val="00F016A5"/>
     <w:rsid w:val="00F135D5"/>
     <w:rsid w:val="00F165B9"/>
     <w:rsid w:val="00F17BB4"/>
     <w:rsid w:val="00F20AC0"/>
     <w:rsid w:val="00F23E2D"/>
     <w:rsid w:val="00F248C1"/>
     <w:rsid w:val="00F25480"/>
     <w:rsid w:val="00F254F6"/>
     <w:rsid w:val="00F270ED"/>
     <w:rsid w:val="00F45BFE"/>
+    <w:rsid w:val="00F63A43"/>
     <w:rsid w:val="00F66ABE"/>
     <w:rsid w:val="00F66CD2"/>
     <w:rsid w:val="00F71D82"/>
     <w:rsid w:val="00F825AE"/>
+    <w:rsid w:val="00F82D52"/>
     <w:rsid w:val="00F94993"/>
     <w:rsid w:val="00F97A95"/>
     <w:rsid w:val="00FA0B09"/>
     <w:rsid w:val="00FA463F"/>
     <w:rsid w:val="00FC4912"/>
     <w:rsid w:val="00FC65FE"/>
     <w:rsid w:val="00FF0B48"/>
     <w:rsid w:val="00FF65FE"/>
     <w:rsid w:val="00FF7EFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="da-DK" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -8212,50 +8399,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BD7E74"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -8500,51 +8688,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179269791">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:editor.iassistquarterly@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffs.ac.uk/support_depts/infoservices/learning_support/refzone/harvard/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openicpsr.org/openicpsr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xml.com/pub/a/w3j/s3.bosak.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crossref.org/guestquery" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iassistquarterly.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:editor.iassistquarterly@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crossref.org/guestquery" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xml.com/pub/a/w3j/s3.bosak.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openicpsr.org/openicpsr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iassistquarterly.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.staffs.ac.uk/support_depts/infoservices/learning_support/refzone/harvard/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michele_hayslett@unc.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oschwart@princeton.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ddialliance.org/DDI/committee-info/minutes/2003-02-08.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/do.be/doo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kontortema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -8811,54 +8999,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="3df647c9-4739-45e3-b751-835e4943c7bc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000495138423DB5E4A865EB5CC64CECA3E" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3391d86171018bd74a1e1f78cf330669">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="73b32362-1278-4af1-9d93-8e814056b109" xmlns:ns4="3df647c9-4739-45e3-b751-835e4943c7bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e2d8bdea04c4ef722ee188f0f69d1655" ns3:_="" ns4:_="">
     <xsd:import namespace="73b32362-1278-4af1-9d93-8e814056b109"/>
     <xsd:import namespace="3df647c9-4739-45e3-b751-835e4943c7bc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
@@ -9067,142 +9272,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BB54FD8-622C-441A-B86D-47F30C024675}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08EA384C-4AB8-475D-8A7C-CD01EDEFF0E5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3df647c9-4739-45e3-b751-835e4943c7bc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F31B10-0730-CB40-9A9D-6D81C765EEC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DDBCD19-05A6-4DF9-AD19-BD8447138D0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="73b32362-1278-4af1-9d93-8e814056b109"/>
     <ds:schemaRef ds:uri="3df647c9-4739-45e3-b751-835e4943c7bc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>15858</Characters>
+  <Pages>9</Pages>
+  <Words>2907</Words>
+  <Characters>16570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>132</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>138</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Instructions for authors of the IASSIST Quarterly</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Syddansk Universitet - Samfundsvidenskab</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18602</CharactersWithSpaces>
+  <CharactersWithSpaces>19439</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Instructions for authors of the IASSIST Quarterly</dc:title>
   <dc:creator>Karsten Boye Rasmussen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000495138423DB5E4A865EB5CC64CECA3E</vt:lpwstr>
   </property>
 </Properties>